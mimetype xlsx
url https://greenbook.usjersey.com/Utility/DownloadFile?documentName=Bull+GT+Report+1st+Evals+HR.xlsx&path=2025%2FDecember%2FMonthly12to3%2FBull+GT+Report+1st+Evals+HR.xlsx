--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\djones\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5D0E63DD-3779-4399-B880-72597BE9A03E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{48A155B2-303A-4AFA-86D1-647A58D80945}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bull GT Report 1st Evals HR" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Bull GT Report 1st Evals HR'!$A$2:$AE$2</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="715" uniqueCount="284">
-[...1 lines deleted...]
-    <t>Herd Register or Generation Count 5 - 6 and BBR 100: New Genotyped Bulls Ranked by GJPI™ January 2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="974" uniqueCount="374">
+  <si>
+    <t>Herd Register or Generation Count 5 - 6 and BBR 100: New Genotyped Bulls Ranked by GJPI™ March 2026</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Reg #</t>
   </si>
   <si>
     <t>Birth
 Date</t>
   </si>
   <si>
     <t>PJA</t>
   </si>
   <si>
     <t>BBR</t>
   </si>
   <si>
     <t>JH1</t>
   </si>
   <si>
     <t>JNS</t>
   </si>
   <si>
     <t>Poll</t>
@@ -101,872 +101,1148 @@
   <si>
     <t>PTA
 Type</t>
   </si>
   <si>
     <t>JUI</t>
   </si>
   <si>
     <t>GFI</t>
   </si>
   <si>
     <t>Sire
 ShortName</t>
   </si>
   <si>
     <t>MGS
 ShortName</t>
   </si>
   <si>
     <t>Owner</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
-    <t>JX ABS CF 8583 COLYER {6}-ET</t>
-[...2 lines deleted...]
-    <t>JE840003299014786</t>
+    <t>ABS CF 8692 DELMAR-PP-ET</t>
+  </si>
+  <si>
+    <t>JE840003299014895</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>JNS-TF</t>
   </si>
   <si>
+    <t>PP</t>
+  </si>
+  <si>
+    <t>JX-DUBLIN{6}</t>
+  </si>
+  <si>
+    <t>JX-DEALER{6}</t>
+  </si>
+  <si>
+    <t>ABS GLOBAL INC</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>JX AVI-LANCHE CLARITY JINJIN {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003307825517</t>
+  </si>
+  <si>
     <t/>
   </si>
   <si>
+    <t>JX-CLARITY{5}</t>
+  </si>
+  <si>
+    <t>JAMMER</t>
+  </si>
+  <si>
+    <t>DUPAT ODESZA 91554-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762915</t>
+  </si>
+  <si>
+    <t>ODESZA</t>
+  </si>
+  <si>
+    <t>BLIZZARD</t>
+  </si>
+  <si>
+    <t>WICKSTROM JERSEY FARMS INC</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>JX S-S-I VICTORY WYNDHAM 3987 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003322558061</t>
+  </si>
+  <si>
+    <t>JNSC</t>
+  </si>
+  <si>
+    <t>JX-WYNDHAM{5}</t>
+  </si>
+  <si>
+    <t>JX-DYNASTAR{4}</t>
+  </si>
+  <si>
+    <t>SELECT SIRES INC - SIRE DEPT</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>AHLEM ARMO 26900-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250839</t>
+  </si>
+  <si>
+    <t>JX-ARMO{6}</t>
+  </si>
+  <si>
+    <t>VJ KANTONA</t>
+  </si>
+  <si>
+    <t>AHLEM FARMS PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>JX AVI-LANCHE CLARITY TAJINE {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003307825500</t>
+  </si>
+  <si>
+    <t>JX-DUDE{6}</t>
+  </si>
+  <si>
+    <t>JX PEAK 401996 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471297</t>
+  </si>
+  <si>
+    <t>JX-ALTAPINPOINT{5}</t>
+  </si>
+  <si>
+    <t>JX-ALTAFOREFRONT{5}</t>
+  </si>
+  <si>
+    <t>PEAK GENETICS</t>
+  </si>
+  <si>
+    <t>KASH-IN ZANDLE 73788-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051741</t>
+  </si>
+  <si>
+    <t>ZANDLE</t>
+  </si>
+  <si>
+    <t>NICKLAUS</t>
+  </si>
+  <si>
+    <t>KASH-IN JERSEYS</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91544 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762905</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91565 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762926</t>
+  </si>
+  <si>
+    <t>JX-CHATHAM{4}</t>
+  </si>
+  <si>
+    <t>JX PEAK 401987 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471288</t>
+  </si>
+  <si>
+    <t>ABS AVJ 3076 THIESSE-ET</t>
+  </si>
+  <si>
+    <t>JE840003307825521</t>
+  </si>
+  <si>
+    <t>JX-TENACITY{6}</t>
+  </si>
+  <si>
+    <t>JX-DELL{6}</t>
+  </si>
+  <si>
+    <t>DUPAT ODESZA 91556-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762917</t>
+  </si>
+  <si>
+    <t>JX VICTORY WYNDHAM 3955 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003322558503</t>
+  </si>
+  <si>
+    <t>VICTORY FARMS LLC</t>
+  </si>
+  <si>
+    <t>SD</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91542 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762903</t>
+  </si>
+  <si>
+    <t>JX-CABAL{5}</t>
+  </si>
+  <si>
+    <t>JX ABS AVJ 3068 CONTI {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003307825513</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91552 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762913</t>
+  </si>
+  <si>
+    <t>JX VICTORY ZANDLE 3972 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003322558110</t>
+  </si>
+  <si>
+    <t>ABS CF 8592 DUNLAP-ET</t>
+  </si>
+  <si>
+    <t>JE840003299014795</t>
+  </si>
+  <si>
+    <t>JX-DEPLOY{6}</t>
+  </si>
+  <si>
+    <t>JX KASH-IN WYNDHAM 73784 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051737</t>
+  </si>
+  <si>
+    <t>MICHIGAN</t>
+  </si>
+  <si>
+    <t>JX PEAK 401977 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471278</t>
+  </si>
+  <si>
+    <t>JX PEAK 401984 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471285</t>
+  </si>
+  <si>
+    <t>HUDSONBAY</t>
+  </si>
+  <si>
+    <t>JX VICTORY ZANDLE 3986 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003322558006</t>
+  </si>
+  <si>
+    <t>PEAK 401976-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471277</t>
+  </si>
+  <si>
+    <t>JX-ZIPLINE{6}</t>
+  </si>
+  <si>
+    <t>DUPAT ODESZA 91562-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762923</t>
+  </si>
+  <si>
+    <t>JX PEAK 401979 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471280</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91549 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762910</t>
+  </si>
+  <si>
+    <t>JX VICTORY MATEO 3968 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003322558108</t>
+  </si>
+  <si>
+    <t>MATEO</t>
+  </si>
+  <si>
+    <t>PEAK 401974-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471275</t>
+  </si>
+  <si>
+    <t>JX KASH-IN ALTAFARVA 73782 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051735</t>
+  </si>
+  <si>
+    <t>JX-ALTAFARVA{6}</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91541 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762902</t>
+  </si>
+  <si>
+    <t>PEAK 401981-ET</t>
+  </si>
+  <si>
+    <t>JE840003290471282</t>
+  </si>
+  <si>
+    <t>PRIMUS ZANDLE CLARION-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003285654164</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>SEISMIC</t>
+  </si>
+  <si>
+    <t>JERSEYLAND SIRES</t>
+  </si>
+  <si>
+    <t>JX KASH-IN WYNDHAM 73778 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051732</t>
+  </si>
+  <si>
+    <t>AHLEM ZIPLINE 26869-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250808</t>
+  </si>
+  <si>
+    <t>JX-BAZZAR{5}</t>
+  </si>
+  <si>
+    <t>JX DUPAT NICKLAUS 91546 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762907</t>
+  </si>
+  <si>
+    <t>AHLEM ARMO 26862-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250801</t>
+  </si>
+  <si>
+    <t>JX-WAYLON{6}</t>
+  </si>
+  <si>
+    <t>S-S-I VICTORY CHARLTON 3988-ET</t>
+  </si>
+  <si>
+    <t>JE840003322558059</t>
+  </si>
+  <si>
+    <t>CHARLTON</t>
+  </si>
+  <si>
+    <t>DABO</t>
+  </si>
+  <si>
+    <t>JX KASH-IN GOLDEN 73777 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051731</t>
+  </si>
+  <si>
+    <t>JX-GOLDEN{5}</t>
+  </si>
+  <si>
+    <t>JX DUPAT WYNDHAM 91564 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762925</t>
+  </si>
+  <si>
+    <t>S-S-I VICTORY OZZIE 3993-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003319954227</t>
+  </si>
+  <si>
+    <t>OZZIE</t>
+  </si>
+  <si>
+    <t>JX-MILBANK{6}</t>
+  </si>
+  <si>
+    <t>JX AHLEM COZY 26897 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250836</t>
+  </si>
+  <si>
+    <t>JX-COZY{5}</t>
+  </si>
+  <si>
+    <t>JX-THRASHER{6}</t>
+  </si>
+  <si>
+    <t>JX AHLEM DEPOSIT 26903 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250842</t>
+  </si>
+  <si>
+    <t>JX-DEPOSIT{5}</t>
+  </si>
+  <si>
+    <t>JX AHLEM ZIPLINE 26870 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250809</t>
+  </si>
+  <si>
+    <t>JX AHLEM COZY 26899 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250838</t>
+  </si>
+  <si>
+    <t>JX DUPAT ALTAFOREFRONT 91555 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762916</t>
+  </si>
+  <si>
+    <t>PINE-TREE 1215 JURIAN 1481-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000076381481</t>
+  </si>
+  <si>
+    <t>JURIAN</t>
+  </si>
+  <si>
+    <t>JX-DINER{6}</t>
+  </si>
+  <si>
+    <t>STEINER, MATTHEW</t>
+  </si>
+  <si>
+    <t>AHLEM COZY 26848 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250787</t>
+  </si>
+  <si>
     <t>JX-CRISPIN{5}</t>
   </si>
   <si>
-    <t>JX-DEALER{6}</t>
-[...77 lines deleted...]
-    <t>MARTIN DAIRY LLC</t>
+    <t>JX KASH-IN ALTAFARVA 73789 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051742</t>
+  </si>
+  <si>
+    <t>KASH-IN ZANDLE 73790-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051743</t>
+  </si>
+  <si>
+    <t>JX AHLEM COZY 26896 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250835</t>
+  </si>
+  <si>
+    <t>JX-ELVIS{6}</t>
+  </si>
+  <si>
+    <t>DUPAT ELS 91543</t>
+  </si>
+  <si>
+    <t>JE840003294762904</t>
+  </si>
+  <si>
+    <t>JX-ELS{6}</t>
+  </si>
+  <si>
+    <t>JX-CORBIN{5}</t>
+  </si>
+  <si>
+    <t>S-S-I VICTORY REDBULL 3945-ET</t>
+  </si>
+  <si>
+    <t>JE840003319954332</t>
+  </si>
+  <si>
+    <t>REDBULL</t>
+  </si>
+  <si>
+    <t>JX AHLEM DEPOSIT 26901 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250840</t>
+  </si>
+  <si>
+    <t>JX ALL LYNNS CRISPIN JFK {6}</t>
+  </si>
+  <si>
+    <t>JEUSA000175285295</t>
+  </si>
+  <si>
+    <t>JX-JFK{5}</t>
+  </si>
+  <si>
+    <t>ALLEN, DAVID</t>
+  </si>
+  <si>
+    <t>AHLEM ZIPLINE 26865-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250804</t>
+  </si>
+  <si>
+    <t>KASH-IN ZANDLE 73787-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051740</t>
+  </si>
+  <si>
+    <t>JX KASH-IN WYNDHAM 73781 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051734</t>
+  </si>
+  <si>
+    <t>COLONEL</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL STROUD 484-ET</t>
+  </si>
+  <si>
+    <t>JE840003252217006</t>
+  </si>
+  <si>
+    <t>JX-STROUD{6}</t>
+  </si>
+  <si>
+    <t>AHLEM, GRANT</t>
+  </si>
+  <si>
+    <t>JX KASH-IN CAPER 73779 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051733</t>
+  </si>
+  <si>
+    <t>JX-CAPER{5}</t>
+  </si>
+  <si>
+    <t>BECKS{6}</t>
+  </si>
+  <si>
+    <t>JX AHLEM 26898 {6}</t>
+  </si>
+  <si>
+    <t>JE840003285250837</t>
+  </si>
+  <si>
+    <t>JX-COLLEGE{6}</t>
+  </si>
+  <si>
+    <t>VOLANT</t>
+  </si>
+  <si>
+    <t>AHLEM ARMO 26846-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250785</t>
+  </si>
+  <si>
+    <t>AHLEM CHIEF 26908</t>
+  </si>
+  <si>
+    <t>JE840003285250847</t>
+  </si>
+  <si>
+    <t>JX-CHIEF{6}</t>
+  </si>
+  <si>
+    <t>JX AHLEM DEPOSIT 26863 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250802</t>
+  </si>
+  <si>
+    <t>AHLEM GROK 26914-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250853</t>
+  </si>
+  <si>
+    <t>GROK</t>
+  </si>
+  <si>
+    <t>JX ALL LYNNS CRISPIN JASON {6}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175285307</t>
+  </si>
+  <si>
+    <t>GRADUATE</t>
+  </si>
+  <si>
+    <t>JX AHLEM DEPOSIT 26867 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250806</t>
+  </si>
+  <si>
+    <t>AHLEM ARMO 26849-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250788</t>
+  </si>
+  <si>
+    <t>AHLEM DOMINGO 26906-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250845</t>
+  </si>
+  <si>
+    <t>DOMINGO</t>
+  </si>
+  <si>
+    <t>KASH-IN ZANDLE 73786-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051739</t>
+  </si>
+  <si>
+    <t>JX ALL LYNNS CRISPIN DAWSON {6}</t>
+  </si>
+  <si>
+    <t>JEUSA000175285240</t>
+  </si>
+  <si>
+    <t>VJ GUTZ</t>
+  </si>
+  <si>
+    <t>JX DUPAT ALTAFOREFRONT 91559 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762920</t>
+  </si>
+  <si>
+    <t>DUPAT STROUD 91548</t>
+  </si>
+  <si>
+    <t>JE840003294762909</t>
+  </si>
+  <si>
+    <t>GEPPETTO{6}</t>
+  </si>
+  <si>
+    <t>DUPAT CURVE 91545-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762906</t>
+  </si>
+  <si>
+    <t>JX-CURVE{6}</t>
+  </si>
+  <si>
+    <t>PINE-TREE 1215 FORTE 1480-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000076381480</t>
+  </si>
+  <si>
+    <t>JX-ALTAFORTE{6}</t>
+  </si>
+  <si>
+    <t>ALL LYNNS VOLANT KANE</t>
+  </si>
+  <si>
+    <t>JEUSA000175285222</t>
+  </si>
+  <si>
+    <t>JX-ZINC{5}</t>
+  </si>
+  <si>
+    <t>ALLEN DAVID &amp; TOMMY</t>
+  </si>
+  <si>
+    <t>AHLEM DOMINGO 26905-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250844</t>
+  </si>
+  <si>
+    <t>LUCKY HILL MATEO MR. GRINCH</t>
+  </si>
+  <si>
+    <t>JE840003251822671</t>
+  </si>
+  <si>
+    <t>CRAZE</t>
+  </si>
+  <si>
+    <t>LUCKY HILL FARM</t>
+  </si>
+  <si>
+    <t>VT</t>
+  </si>
+  <si>
+    <t>AHLEM ARMO 26861-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250800</t>
+  </si>
+  <si>
+    <t>JX ALL LYNNS CRISPIN BILLY {6}</t>
+  </si>
+  <si>
+    <t>JEUSA000175285277</t>
+  </si>
+  <si>
+    <t>VJ STENO</t>
+  </si>
+  <si>
+    <t>SUNBOW PITMASTER</t>
+  </si>
+  <si>
+    <t>JEUSA000175286607</t>
+  </si>
+  <si>
+    <t>SUNBOW JERSEYS</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>AHLEM ARMO 26850-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250789</t>
+  </si>
+  <si>
+    <t>AHLEM SILVERADO 26913-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003285250852</t>
+  </si>
+  <si>
+    <t>SILVERADO</t>
+  </si>
+  <si>
+    <t>AHLEM DENAHI 26895</t>
+  </si>
+  <si>
+    <t>JE840003285250834</t>
+  </si>
+  <si>
+    <t>DENAHI</t>
+  </si>
+  <si>
+    <t>BILLYJOEL</t>
+  </si>
+  <si>
+    <t>DUPAT REDBULL 91561-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762922</t>
+  </si>
+  <si>
+    <t>UNCOMMON</t>
+  </si>
+  <si>
+    <t>ALL LYNNS CHIEFTAIN HARLEY</t>
+  </si>
+  <si>
+    <t>JEUSA000175285268</t>
+  </si>
+  <si>
+    <t>VJ LUXPLUS</t>
+  </si>
+  <si>
+    <t>JX SUNSET CANYON 3986 1968 5967 {6}-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175289477</t>
+  </si>
+  <si>
+    <t>JX-JUDSON P{5}</t>
+  </si>
+  <si>
+    <t>STEVE</t>
+  </si>
+  <si>
+    <t>SILVA, ERIC LEONARD</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
-    <t>JX S-S-I VICTORY WYNDHAM 3820 {6}-ET</t>
-[...170 lines deleted...]
-    <t>VIKING GENETICS</t>
+    <t>ALL LYNNS VOLANT HARRY {6}</t>
+  </si>
+  <si>
+    <t>JEUSA000175285286</t>
+  </si>
+  <si>
+    <t>JX-WORLD CUP{4}</t>
+  </si>
+  <si>
+    <t>JX KASH-IN DUTTON 73791 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051744</t>
+  </si>
+  <si>
+    <t>DUTTON</t>
+  </si>
+  <si>
+    <t>FIRSTCUT</t>
+  </si>
+  <si>
+    <t>DUPAT REDBULL 91553-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762914</t>
+  </si>
+  <si>
+    <t>CLEVER</t>
+  </si>
+  <si>
+    <t>JX KASH-IN DUTTON 73783 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003315051736</t>
+  </si>
+  <si>
+    <t>DUPAT COLLEGE 91540</t>
+  </si>
+  <si>
+    <t>JE840003294762901</t>
+  </si>
+  <si>
+    <t>JX-ARCHIE{5}</t>
+  </si>
+  <si>
+    <t>SUNBOW GOLD STANDARD</t>
+  </si>
+  <si>
+    <t>JEUSA000175286616</t>
+  </si>
+  <si>
+    <t>JX-STRICKER{6}</t>
+  </si>
+  <si>
+    <t>PILGRIM</t>
+  </si>
+  <si>
+    <t>DUPAT UNCOMMON 91551-ET</t>
+  </si>
+  <si>
+    <t>JE840003294762912</t>
+  </si>
+  <si>
+    <t>PETER</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON 2760 1219 5960</t>
+  </si>
+  <si>
+    <t>JEUSA000175289413</t>
+  </si>
+  <si>
+    <t>OLIVER</t>
+  </si>
+  <si>
+    <t>CHROME</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON 2760 1219 5961-P</t>
+  </si>
+  <si>
+    <t>JEUSA000175289422</t>
+  </si>
+  <si>
+    <t>OK-STATE GHOST TWICE</t>
+  </si>
+  <si>
+    <t>JE840003296031856</t>
+  </si>
+  <si>
+    <t>GHOST</t>
+  </si>
+  <si>
+    <t>VICTORIOUS</t>
+  </si>
+  <si>
+    <t>OKLAHOMA STATE UNIVERSITY</t>
+  </si>
+  <si>
+    <t>OK</t>
+  </si>
+  <si>
+    <t>KILGUS BOONE COLT</t>
+  </si>
+  <si>
+    <t>JE840003280017452</t>
+  </si>
+  <si>
+    <t>BOONE</t>
+  </si>
+  <si>
+    <t>ASKN</t>
+  </si>
+  <si>
+    <t>KILGUS DAIRY &amp; KILGUS, CARLA, KAMBER &amp; RYKER</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
-    <t>JX PEAK 401937 {6}-P-ET</t>
-[...440 lines deleted...]
-    <t>MICHEAL HEATH &amp; KELLY BARBEE &amp; DOUG MARTIN</t>
+    <t>LYDIAS VICTORIOUS LAYTON-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175289226</t>
+  </si>
+  <si>
+    <t>ACTION</t>
+  </si>
+  <si>
+    <t>MOORE, HEATHER</t>
+  </si>
+  <si>
+    <t>PACIFIC EDGE DIVAS LADEEDAH-ET</t>
+  </si>
+  <si>
+    <t>JE840003313663114</t>
+  </si>
+  <si>
+    <t>LOLALALA</t>
+  </si>
+  <si>
+    <t>PREMIER</t>
+  </si>
+  <si>
+    <t>ROCHA, BRENT L</t>
+  </si>
+  <si>
+    <t>LOST-BROOKE CF GOLDRAK FOREIGNER</t>
+  </si>
+  <si>
+    <t>JE840003294708267</t>
+  </si>
+  <si>
+    <t>GOLDORAK</t>
+  </si>
+  <si>
+    <t>COLTON</t>
+  </si>
+  <si>
+    <t>CRESTBROOKE, LOST ELM &amp; FISHER CYBIL</t>
+  </si>
+  <si>
+    <t>PACIFIC EDGE JUSTIFICATION-ET</t>
+  </si>
+  <si>
+    <t>JE840003313663116</t>
+  </si>
+  <si>
+    <t>JOEL</t>
+  </si>
+  <si>
+    <t>SV GIGAWATT HANSEN</t>
+  </si>
+  <si>
+    <t>JEUSA000175290961</t>
+  </si>
+  <si>
+    <t>GIGAWATT</t>
+  </si>
+  <si>
+    <t>BONTINO</t>
+  </si>
+  <si>
+    <t>SPRING VALLEY FARM JERSEYS</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>PLEASANT VALLEY FAVOR</t>
+  </si>
+  <si>
+    <t>JEUSA000175283444</t>
+  </si>
+  <si>
+    <t>MARTIN, JILL C</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
-    <t>JANIES TEXAS JAMESON</t>
-[...26 lines deleted...]
-    <t>GOURLEY, PATRICK MARVIN</t>
+    <t>BUDJON-VAIL JOEL STEVIE-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067538397</t>
+  </si>
+  <si>
+    <t>TEQUILA</t>
+  </si>
+  <si>
+    <t>DILEY JERSEYS, WILLIAMS JERSEYS &amp; ALBRIGHT, LAUREN &amp; LUKE</t>
   </si>
   <si>
     <t>PTA
 MILK</t>
   </si>
   <si>
     <t>PTA
 FAT</t>
   </si>
   <si>
     <t>PTA
 PROT</t>
   </si>
   <si>
     <t>PTA
 SCS</t>
   </si>
   <si>
     <t>PTA
 PL</t>
   </si>
   <si>
     <t>PTA
 DPR</t>
   </si>
   <si>
     <t>PTA
 LIV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-10409]m/d/yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-10409]##,##0"/>
     <numFmt numFmtId="166" formatCode="[$-10409]#0.0"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF1C3A70"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1C3A70"/>
         <bgColor rgb="FF1C3A70"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD3D3D3"/>
         <bgColor rgb="FFD3D3D3"/>
       </patternFill>
     </fill>
     <fill>
@@ -981,94 +1257,97 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF696969"/>
       </left>
       <right style="thin">
         <color rgb="FF696969"/>
       </right>
       <top style="thin">
         <color rgb="FF696969"/>
       </top>
       <bottom style="thin">
         <color rgb="FF696969"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00696969"/>
       <rgbColor rgb="001C3A70"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1402,90 +1681,88 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AE78"/>
+  <dimension ref="A1:AE108"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="12.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="26.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="30.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="5.85546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="7.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="5.140625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="5.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="9.140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="8.7109375" bestFit="1" customWidth="1"/>
     <col min="19" max="20" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="6.5703125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="6.28515625" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="6.5703125" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="5.28515625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="5.42578125" bestFit="1" customWidth="1"/>
-    <col min="28" max="28" width="14.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="30" max="30" width="34" bestFit="1" customWidth="1"/>
+    <col min="28" max="29" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="42.5703125" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="4.7109375" bestFit="1" customWidth="1"/>
-    <col min="32" max="32" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
@@ -1514,7175 +1791,9901 @@
       <c r="D2" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="3" t="s">
-        <v>277</v>
+        <v>367</v>
       </c>
       <c r="M2" s="3" t="s">
-        <v>278</v>
+        <v>368</v>
       </c>
       <c r="N2" s="3" t="s">
-        <v>279</v>
+        <v>369</v>
       </c>
       <c r="O2" s="3" t="s">
-        <v>280</v>
+        <v>370</v>
       </c>
       <c r="P2" s="3" t="s">
-        <v>281</v>
+        <v>371</v>
       </c>
       <c r="Q2" s="3" t="s">
-        <v>282</v>
+        <v>372</v>
       </c>
       <c r="R2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="S2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="T2" s="3" t="s">
-        <v>283</v>
+        <v>373</v>
       </c>
       <c r="U2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="V2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="W2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="X2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Y2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="Z2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="AA2" s="3" t="s">
         <v>20</v>
       </c>
       <c r="AB2" s="3" t="s">
         <v>21</v>
       </c>
       <c r="AC2" s="3" t="s">
         <v>22</v>
       </c>
       <c r="AD2" s="3" t="s">
         <v>23</v>
       </c>
       <c r="AE2" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C3" s="7">
-        <v>45957</v>
+        <v>46011</v>
       </c>
       <c r="D3" s="4">
         <v>97</v>
       </c>
       <c r="E3" s="4">
         <v>100</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="4"/>
       <c r="J3" s="4">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="K3" s="4">
+        <v>70</v>
+      </c>
+      <c r="L3" s="8">
+        <v>1219</v>
+      </c>
+      <c r="M3" s="4">
         <v>73</v>
       </c>
-      <c r="L3" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="N3" s="4">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="O3" s="4">
-        <v>2.84</v>
+        <v>2.81</v>
       </c>
       <c r="P3" s="4">
-        <v>5.5</v>
+        <v>3.3</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.4</v>
+        <v>-0.5</v>
       </c>
       <c r="R3" s="4">
-        <v>2.2000000000000002</v>
+        <v>0.1</v>
       </c>
       <c r="S3" s="4">
-        <v>1.7</v>
+        <v>0.9</v>
       </c>
       <c r="T3" s="4">
-        <v>0.4</v>
+        <v>-0.7</v>
       </c>
       <c r="U3" s="4">
-        <v>649</v>
+        <v>669</v>
       </c>
       <c r="V3" s="4">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="W3" s="4">
-        <v>569</v>
+        <v>615</v>
       </c>
       <c r="X3" s="4">
         <v>637</v>
       </c>
       <c r="Y3" s="4">
-        <v>-0.5</v>
+        <v>0.3</v>
       </c>
       <c r="Z3" s="9">
-        <v>8.9499999999999993</v>
+        <v>9.68</v>
       </c>
       <c r="AA3" s="4">
-        <v>7.8</v>
+        <v>8.4</v>
       </c>
       <c r="AB3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="AC3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="AD3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="AE3" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C4" s="7">
-        <v>45955</v>
+        <v>46028</v>
       </c>
       <c r="D4" s="4">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E4" s="4">
         <v>100</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I4" s="4"/>
       <c r="J4" s="4">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="K4" s="4">
         <v>71</v>
       </c>
       <c r="L4" s="8">
-        <v>646</v>
+        <v>995</v>
       </c>
       <c r="M4" s="4">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="N4" s="4">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="O4" s="4">
-        <v>2.65</v>
+        <v>2.8</v>
       </c>
       <c r="P4" s="4">
-        <v>7.4</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.3</v>
+        <v>0.3</v>
       </c>
       <c r="R4" s="4">
-        <v>2.1</v>
+        <v>1.4</v>
       </c>
       <c r="S4" s="4">
-        <v>2.6</v>
+        <v>0.5</v>
       </c>
       <c r="T4" s="4">
-        <v>3.1</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="U4" s="4">
-        <v>531</v>
+        <v>631</v>
       </c>
       <c r="V4" s="4">
-        <v>542</v>
+        <v>648</v>
       </c>
       <c r="W4" s="4">
-        <v>512</v>
+        <v>594</v>
       </c>
       <c r="X4" s="4">
-        <v>462</v>
+        <v>588</v>
       </c>
       <c r="Y4" s="4">
-        <v>0.1</v>
+        <v>0.5</v>
       </c>
       <c r="Z4" s="9">
-        <v>15.19</v>
+        <v>14.47</v>
       </c>
       <c r="AA4" s="4">
-        <v>9</v>
+        <v>7.8</v>
       </c>
       <c r="AB4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="AC4" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD4" s="4" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="AE4" s="4" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="B5" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="7">
-        <v>45958</v>
+        <v>45996</v>
       </c>
       <c r="D5" s="4">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E5" s="4">
         <v>100</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I5" s="4"/>
       <c r="J5" s="4">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="K5" s="4">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L5" s="8">
-        <v>599</v>
+        <v>759</v>
       </c>
       <c r="M5" s="4">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="N5" s="4">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="O5" s="4">
-        <v>2.89</v>
+        <v>2.94</v>
       </c>
       <c r="P5" s="4">
-        <v>6.5</v>
+        <v>4.5</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.2000000000000002</v>
+        <v>2</v>
       </c>
       <c r="R5" s="4">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="S5" s="4">
+        <v>2.7</v>
+      </c>
+      <c r="T5" s="4">
+        <v>1.4</v>
+      </c>
+      <c r="U5" s="4">
+        <v>542</v>
+      </c>
+      <c r="V5" s="4">
+        <v>557</v>
+      </c>
+      <c r="W5" s="4">
+        <v>510</v>
+      </c>
+      <c r="X5" s="4">
+        <v>530</v>
+      </c>
+      <c r="Y5" s="4">
         <v>0.9</v>
       </c>
-      <c r="T5" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="Z5" s="9">
-        <v>20.38</v>
+        <v>16.88</v>
       </c>
       <c r="AA5" s="4">
-        <v>8.1999999999999993</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="AB5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="AC5" s="4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="AD5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="AE5" s="4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="7">
-        <v>45957</v>
+        <v>46041</v>
       </c>
       <c r="D6" s="4">
         <v>97</v>
       </c>
       <c r="E6" s="4">
         <v>100</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I6" s="4"/>
       <c r="J6" s="4">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="K6" s="4">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L6" s="8">
-        <v>288</v>
+        <v>593</v>
       </c>
       <c r="M6" s="4">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="N6" s="4">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="O6" s="4">
-        <v>2.82</v>
+        <v>2.88</v>
       </c>
       <c r="P6" s="4">
-        <v>6.3</v>
+        <v>5.4</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.4</v>
+        <v>1.6</v>
       </c>
       <c r="R6" s="4">
-        <v>3.6</v>
+        <v>2</v>
       </c>
       <c r="S6" s="4">
-        <v>1.9</v>
+        <v>-0.7</v>
       </c>
       <c r="T6" s="4">
-        <v>2</v>
+        <v>1.4</v>
       </c>
       <c r="U6" s="4">
-        <v>540</v>
+        <v>566</v>
       </c>
       <c r="V6" s="4">
-        <v>554</v>
+        <v>585</v>
       </c>
       <c r="W6" s="4">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="X6" s="4">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="Y6" s="4">
-        <v>0.5</v>
+        <v>1</v>
       </c>
       <c r="Z6" s="9">
-        <v>18.559999999999999</v>
+        <v>21.34</v>
       </c>
       <c r="AA6" s="4">
         <v>7.9</v>
       </c>
       <c r="AB6" s="4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="AC6" s="4" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="AD6" s="4" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="AE6" s="4" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C7" s="7">
-        <v>45952</v>
+        <v>46012</v>
       </c>
       <c r="D7" s="4">
         <v>98</v>
       </c>
       <c r="E7" s="4">
         <v>100</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I7" s="4"/>
       <c r="J7" s="4">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="K7" s="4">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L7" s="8">
-        <v>918</v>
+        <v>160</v>
       </c>
       <c r="M7" s="4">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="N7" s="4">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="O7" s="4">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="P7" s="4">
-        <v>4.7</v>
+        <v>6</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.5</v>
+        <v>1.8</v>
       </c>
       <c r="R7" s="4">
+        <v>3.3</v>
+      </c>
+      <c r="S7" s="4">
+        <v>3.4</v>
+      </c>
+      <c r="T7" s="4">
         <v>1.7</v>
       </c>
-      <c r="S7" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="U7" s="4">
-        <v>510</v>
+        <v>597</v>
       </c>
       <c r="V7" s="4">
-        <v>526</v>
+        <v>629</v>
       </c>
       <c r="W7" s="4">
-        <v>476</v>
+        <v>527</v>
       </c>
       <c r="X7" s="4">
-        <v>468</v>
+        <v>599</v>
       </c>
       <c r="Y7" s="4">
         <v>0.5</v>
       </c>
       <c r="Z7" s="9">
-        <v>14.65</v>
+        <v>19.38</v>
       </c>
       <c r="AA7" s="4">
         <v>8.9</v>
       </c>
       <c r="AB7" s="4" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="AC7" s="4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="AD7" s="4" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AE7" s="4" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C8" s="10">
-        <v>45953</v>
+        <v>46023</v>
       </c>
       <c r="D8" s="5">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E8" s="5">
         <v>100</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5">
-        <v>182</v>
+        <v>194</v>
       </c>
       <c r="K8" s="5">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L8" s="11">
-        <v>594</v>
+        <v>559</v>
       </c>
       <c r="M8" s="5">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="N8" s="5">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="O8" s="5">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
       <c r="P8" s="5">
-        <v>4.3</v>
+        <v>3.5</v>
       </c>
       <c r="Q8" s="5">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R8" s="5">
-        <v>1.1000000000000001</v>
+        <v>1.2</v>
       </c>
       <c r="S8" s="5">
-        <v>1.3</v>
+        <v>2.1</v>
       </c>
       <c r="T8" s="5">
-        <v>1.1000000000000001</v>
+        <v>1.6</v>
       </c>
       <c r="U8" s="5">
-        <v>551</v>
+        <v>600</v>
       </c>
       <c r="V8" s="5">
-        <v>573</v>
+        <v>634</v>
       </c>
       <c r="W8" s="5">
-        <v>504</v>
+        <v>522</v>
       </c>
       <c r="X8" s="5">
-        <v>533</v>
+        <v>566</v>
       </c>
       <c r="Y8" s="5">
         <v>0.7</v>
       </c>
       <c r="Z8" s="12">
-        <v>17.38</v>
+        <v>17.29</v>
       </c>
       <c r="AA8" s="5">
-        <v>9</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="AB8" s="5" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="AC8" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AD8" s="5" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="AE8" s="5" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C9" s="10">
-        <v>45952</v>
+        <v>46045</v>
       </c>
       <c r="D9" s="5">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E9" s="5">
         <v>100</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="K9" s="5">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L9" s="11">
-        <v>762</v>
+        <v>455</v>
       </c>
       <c r="M9" s="5">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="N9" s="5">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="O9" s="5">
-        <v>2.9</v>
+        <v>2.87</v>
       </c>
       <c r="P9" s="5">
-        <v>3.7</v>
+        <v>5.6</v>
       </c>
       <c r="Q9" s="5">
-        <v>0.7</v>
+        <v>-0.3</v>
       </c>
       <c r="R9" s="5">
-        <v>1.4</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="S9" s="5">
-        <v>1.2</v>
+        <v>0.8</v>
       </c>
       <c r="T9" s="5">
-        <v>1.5</v>
+        <v>1</v>
       </c>
       <c r="U9" s="5">
-        <v>591</v>
+        <v>547</v>
       </c>
       <c r="V9" s="5">
-        <v>610</v>
+        <v>577</v>
       </c>
       <c r="W9" s="5">
-        <v>548</v>
+        <v>479</v>
       </c>
       <c r="X9" s="5">
-        <v>568</v>
+        <v>477</v>
       </c>
       <c r="Y9" s="5">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="Z9" s="12">
-        <v>13.55</v>
+        <v>19.559999999999999</v>
       </c>
       <c r="AA9" s="5">
-        <v>8.5</v>
+        <v>9</v>
       </c>
       <c r="AB9" s="5" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="AC9" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AD9" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="AE9" s="5" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C10" s="10">
-        <v>45979</v>
+        <v>46014</v>
       </c>
       <c r="D10" s="5">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E10" s="5">
         <v>100</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="K10" s="5">
         <v>71</v>
       </c>
       <c r="L10" s="11">
-        <v>948</v>
+        <v>142</v>
       </c>
       <c r="M10" s="5">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N10" s="5">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="O10" s="5">
-        <v>2.76</v>
+        <v>2.75</v>
       </c>
       <c r="P10" s="5">
-        <v>5.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="Q10" s="5">
-        <v>0</v>
+        <v>0.8</v>
       </c>
       <c r="R10" s="5">
-        <v>1</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="S10" s="5">
-        <v>1.3</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="T10" s="5">
-        <v>2</v>
+        <v>0.3</v>
       </c>
       <c r="U10" s="5">
-        <v>664</v>
+        <v>531</v>
       </c>
       <c r="V10" s="5">
-        <v>674</v>
+        <v>569</v>
       </c>
       <c r="W10" s="5">
-        <v>644</v>
+        <v>444</v>
       </c>
       <c r="X10" s="5">
-        <v>608</v>
+        <v>499</v>
       </c>
       <c r="Y10" s="5">
-        <v>0.3</v>
+        <v>0.8</v>
       </c>
       <c r="Z10" s="12">
-        <v>12.9</v>
+        <v>16.63</v>
       </c>
       <c r="AA10" s="5">
-        <v>8.8000000000000007</v>
+        <v>8.6</v>
       </c>
       <c r="AB10" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="AC10" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="AD10" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="AE10" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C11" s="10">
-        <v>45957</v>
+        <v>45974</v>
       </c>
       <c r="D11" s="5">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E11" s="5">
         <v>100</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="K11" s="5">
         <v>72</v>
       </c>
       <c r="L11" s="11">
-        <v>249</v>
+        <v>958</v>
       </c>
       <c r="M11" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="N11" s="5">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="O11" s="5">
-        <v>2.89</v>
+        <v>2.94</v>
       </c>
       <c r="P11" s="5">
-        <v>4.5999999999999996</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="Q11" s="5">
-        <v>2.4</v>
+        <v>1.9</v>
       </c>
       <c r="R11" s="5">
-        <v>3</v>
+        <v>3.7</v>
       </c>
       <c r="S11" s="5">
-        <v>1.7</v>
+        <v>2.9</v>
       </c>
       <c r="T11" s="5">
-        <v>2.5</v>
+        <v>1.2</v>
       </c>
       <c r="U11" s="5">
-        <v>422</v>
+        <v>539</v>
       </c>
       <c r="V11" s="5">
-        <v>442</v>
+        <v>539</v>
       </c>
       <c r="W11" s="5">
-        <v>377</v>
+        <v>539</v>
       </c>
       <c r="X11" s="5">
-        <v>395</v>
+        <v>523</v>
       </c>
       <c r="Y11" s="5">
         <v>0.6</v>
       </c>
       <c r="Z11" s="12">
-        <v>18.72</v>
+        <v>17</v>
       </c>
       <c r="AA11" s="5">
-        <v>9.3000000000000007</v>
+        <v>9.1</v>
       </c>
       <c r="AB11" s="5" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="AC11" s="5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="AD11" s="5" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="AE11" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C12" s="10">
-        <v>45984</v>
+        <v>46018</v>
       </c>
       <c r="D12" s="5">
         <v>96</v>
       </c>
       <c r="E12" s="5">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="K12" s="5">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="L12" s="11">
-        <v>956</v>
+        <v>808</v>
       </c>
       <c r="M12" s="5">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="N12" s="5">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="O12" s="5">
-        <v>2.92</v>
+        <v>2.9</v>
       </c>
       <c r="P12" s="5">
-        <v>3.9</v>
+        <v>5.4</v>
       </c>
       <c r="Q12" s="5">
-        <v>-0.8</v>
+        <v>0.1</v>
       </c>
       <c r="R12" s="5">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="S12" s="5">
-        <v>1.4</v>
+        <v>0.6</v>
       </c>
       <c r="T12" s="5">
-        <v>1.3</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="U12" s="5">
-        <v>663</v>
+        <v>559</v>
       </c>
       <c r="V12" s="5">
-        <v>680</v>
+        <v>566</v>
       </c>
       <c r="W12" s="5">
-        <v>623</v>
+        <v>543</v>
       </c>
       <c r="X12" s="5">
-        <v>622</v>
+        <v>489</v>
       </c>
       <c r="Y12" s="5">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="Z12" s="12">
-        <v>9.49</v>
+        <v>18.829999999999998</v>
       </c>
       <c r="AA12" s="5">
-        <v>8.5</v>
+        <v>6.9</v>
       </c>
       <c r="AB12" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC12" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="AC12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD12" s="5" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="AE12" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
         <v>75</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C13" s="13">
-        <v>45947</v>
+        <v>46042</v>
       </c>
       <c r="D13" s="6">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I13" s="6"/>
       <c r="J13" s="6">
-        <v>177</v>
+        <v>192</v>
       </c>
       <c r="K13" s="6">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="L13" s="14">
-        <v>580</v>
+        <v>654</v>
       </c>
       <c r="M13" s="6">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="N13" s="6">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="O13" s="6">
-        <v>2.96</v>
+        <v>2.82</v>
       </c>
       <c r="P13" s="6">
-        <v>3.9</v>
+        <v>6.5</v>
       </c>
       <c r="Q13" s="6">
-        <v>1.7</v>
+        <v>0.6</v>
       </c>
       <c r="R13" s="6">
-        <v>2.5</v>
+        <v>1.5</v>
       </c>
       <c r="S13" s="6">
-        <v>2.2000000000000002</v>
+        <v>0.4</v>
       </c>
       <c r="T13" s="6">
-        <v>0.7</v>
+        <v>1.4</v>
       </c>
       <c r="U13" s="6">
-        <v>487</v>
+        <v>539</v>
       </c>
       <c r="V13" s="6">
-        <v>511</v>
+        <v>557</v>
       </c>
       <c r="W13" s="6">
-        <v>431</v>
+        <v>499</v>
       </c>
       <c r="X13" s="6">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="Y13" s="6">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="Z13" s="15">
-        <v>16.34</v>
+        <v>19.739999999999998</v>
       </c>
       <c r="AA13" s="6">
-        <v>9.6</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="AC13" s="6" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="AE13" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C14" s="13">
-        <v>45986</v>
+        <v>46028</v>
       </c>
       <c r="D14" s="6">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E14" s="6">
         <v>100</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I14" s="6"/>
       <c r="J14" s="6">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="K14" s="6">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L14" s="14">
-        <v>1000</v>
+        <v>740</v>
       </c>
       <c r="M14" s="6">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="N14" s="6">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="O14" s="6">
-        <v>2.92</v>
+        <v>2.9</v>
       </c>
       <c r="P14" s="6">
-        <v>4.5</v>
+        <v>3.5</v>
       </c>
       <c r="Q14" s="6">
-        <v>0</v>
+        <v>0.7</v>
       </c>
       <c r="R14" s="6">
-        <v>1.7</v>
+        <v>1.2</v>
       </c>
       <c r="S14" s="6">
-        <v>1.7</v>
+        <v>1</v>
       </c>
       <c r="T14" s="6">
-        <v>1.8</v>
+        <v>0.6</v>
       </c>
       <c r="U14" s="6">
-        <v>689</v>
+        <v>543</v>
       </c>
       <c r="V14" s="6">
-        <v>702</v>
+        <v>563</v>
       </c>
       <c r="W14" s="6">
-        <v>660</v>
+        <v>497</v>
       </c>
       <c r="X14" s="6">
-        <v>669</v>
+        <v>511</v>
       </c>
       <c r="Y14" s="6">
-        <v>-0.1</v>
+        <v>0.6</v>
       </c>
       <c r="Z14" s="15">
-        <v>8.51</v>
+        <v>17.34</v>
       </c>
       <c r="AA14" s="6">
-        <v>8.1999999999999993</v>
+        <v>8.6</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="AC14" s="6" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="AE14" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
         <v>81</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C15" s="13">
-        <v>45969</v>
+        <v>45997</v>
       </c>
       <c r="D15" s="6">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E15" s="6">
         <v>100</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I15" s="6"/>
       <c r="J15" s="6">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="K15" s="6">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="L15" s="14">
-        <v>721</v>
+        <v>828</v>
       </c>
       <c r="M15" s="6">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="N15" s="6">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="O15" s="6">
-        <v>2.86</v>
+        <v>2.92</v>
       </c>
       <c r="P15" s="6">
-        <v>4.5999999999999996</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="Q15" s="6">
-        <v>0.3</v>
+        <v>0.8</v>
       </c>
       <c r="R15" s="6">
-        <v>1.9</v>
+        <v>2.4</v>
       </c>
       <c r="S15" s="6">
-        <v>1.1000000000000001</v>
+        <v>2.5</v>
       </c>
       <c r="T15" s="6">
-        <v>1.9</v>
+        <v>1.4</v>
       </c>
       <c r="U15" s="6">
-        <v>456</v>
+        <v>559</v>
       </c>
       <c r="V15" s="6">
-        <v>482</v>
+        <v>571</v>
       </c>
       <c r="W15" s="6">
-        <v>397</v>
+        <v>533</v>
       </c>
       <c r="X15" s="6">
-        <v>398</v>
+        <v>520</v>
       </c>
       <c r="Y15" s="6">
-        <v>-0.3</v>
+        <v>1.5</v>
       </c>
       <c r="Z15" s="15">
-        <v>11.01</v>
+        <v>19.95</v>
       </c>
       <c r="AA15" s="6">
-        <v>7.3</v>
+        <v>10.1</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A16" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="13">
-        <v>45961</v>
+        <v>46018</v>
       </c>
       <c r="D16" s="6">
         <v>97</v>
       </c>
       <c r="E16" s="6">
         <v>100</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I16" s="6"/>
       <c r="J16" s="6">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="K16" s="6">
         <v>71</v>
       </c>
       <c r="L16" s="14">
-        <v>215</v>
+        <v>905</v>
       </c>
       <c r="M16" s="6">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="N16" s="6">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="O16" s="6">
-        <v>2.83</v>
+        <v>2.86</v>
       </c>
       <c r="P16" s="6">
-        <v>5.3</v>
+        <v>4.5</v>
       </c>
       <c r="Q16" s="6">
-        <v>1.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="R16" s="6">
-        <v>3</v>
+        <v>2.6</v>
       </c>
       <c r="S16" s="6">
-        <v>3.4</v>
+        <v>1.4</v>
       </c>
       <c r="T16" s="6">
         <v>1.8</v>
       </c>
       <c r="U16" s="6">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="V16" s="6">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="W16" s="6">
-        <v>493</v>
+        <v>520</v>
       </c>
       <c r="X16" s="6">
-        <v>536</v>
+        <v>518</v>
       </c>
       <c r="Y16" s="6">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="Z16" s="15">
-        <v>9.58</v>
+        <v>12</v>
       </c>
       <c r="AA16" s="6">
-        <v>8</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AC16" s="6" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="AD16" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE16" s="6" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
         <v>87</v>
       </c>
       <c r="B17" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C17" s="13">
-        <v>45957</v>
+        <v>45974</v>
       </c>
       <c r="D17" s="6">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I17" s="6"/>
       <c r="J17" s="6">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="K17" s="6">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L17" s="14">
-        <v>741</v>
+        <v>579</v>
       </c>
       <c r="M17" s="6">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="N17" s="6">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="O17" s="6">
-        <v>2.81</v>
+        <v>2.89</v>
       </c>
       <c r="P17" s="6">
-        <v>5</v>
+        <v>7.6</v>
       </c>
       <c r="Q17" s="6">
-        <v>1.2</v>
+        <v>2.1</v>
       </c>
       <c r="R17" s="6">
-        <v>1.9</v>
+        <v>2.6</v>
       </c>
       <c r="S17" s="6">
-        <v>1.6</v>
+        <v>1.7</v>
       </c>
       <c r="T17" s="6">
-        <v>0.7</v>
+        <v>2.8</v>
       </c>
       <c r="U17" s="6">
-        <v>498</v>
+        <v>674</v>
       </c>
       <c r="V17" s="6">
-        <v>509</v>
+        <v>684</v>
       </c>
       <c r="W17" s="6">
-        <v>476</v>
+        <v>652</v>
       </c>
       <c r="X17" s="6">
-        <v>471</v>
+        <v>639</v>
       </c>
       <c r="Y17" s="6">
-        <v>0.6</v>
+        <v>0.1</v>
       </c>
       <c r="Z17" s="15">
-        <v>15.22</v>
+        <v>14.15</v>
       </c>
       <c r="AA17" s="6">
-        <v>8.6</v>
+        <v>7.7</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AC17" s="6" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="AE17" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C18" s="10">
-        <v>45959</v>
+        <v>46026</v>
       </c>
       <c r="D18" s="5">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E18" s="5">
         <v>100</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="K18" s="5">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="L18" s="11">
-        <v>515</v>
+        <v>909</v>
       </c>
       <c r="M18" s="5">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="N18" s="5">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="O18" s="5">
-        <v>2.99</v>
+        <v>2.88</v>
       </c>
       <c r="P18" s="5">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
       <c r="Q18" s="5">
-        <v>1.5</v>
+        <v>0.8</v>
       </c>
       <c r="R18" s="5">
-        <v>1.8</v>
+        <v>1.4</v>
       </c>
       <c r="S18" s="5">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="T18" s="5">
-        <v>2.1</v>
+        <v>0.3</v>
       </c>
       <c r="U18" s="5">
-        <v>475</v>
+        <v>591</v>
       </c>
       <c r="V18" s="5">
-        <v>499</v>
+        <v>611</v>
       </c>
       <c r="W18" s="5">
-        <v>420</v>
+        <v>544</v>
       </c>
       <c r="X18" s="5">
-        <v>448</v>
+        <v>572</v>
       </c>
       <c r="Y18" s="5">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="Z18" s="12">
-        <v>15.6</v>
+        <v>12.44</v>
       </c>
       <c r="AA18" s="5">
         <v>8.3000000000000007</v>
       </c>
       <c r="AB18" s="5" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="AC18" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="AD18" s="5" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="AE18" s="5" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C19" s="10">
-        <v>45952</v>
+        <v>45994</v>
       </c>
       <c r="D19" s="5">
         <v>97</v>
       </c>
       <c r="E19" s="5">
         <v>100</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5">
-        <v>170</v>
+        <v>188</v>
       </c>
       <c r="K19" s="5">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="L19" s="11">
-        <v>15</v>
+        <v>430</v>
       </c>
       <c r="M19" s="5">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="N19" s="5">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="O19" s="5">
+        <v>2.74</v>
+      </c>
+      <c r="P19" s="5">
+        <v>6.8</v>
+      </c>
+      <c r="Q19" s="5">
         <v>2.8</v>
       </c>
-      <c r="P19" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="R19" s="5">
-        <v>2.9</v>
+        <v>3.3</v>
       </c>
       <c r="S19" s="5">
-        <v>3.3</v>
+        <v>1.2</v>
       </c>
       <c r="T19" s="5">
-        <v>1.6</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="U19" s="5">
-        <v>455</v>
+        <v>617</v>
       </c>
       <c r="V19" s="5">
-        <v>477</v>
+        <v>632</v>
       </c>
       <c r="W19" s="5">
-        <v>407</v>
+        <v>585</v>
       </c>
       <c r="X19" s="5">
-        <v>453</v>
+        <v>607</v>
       </c>
       <c r="Y19" s="5">
-        <v>0.3</v>
+        <v>-0.4</v>
       </c>
       <c r="Z19" s="12">
-        <v>16.309999999999999</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="AA19" s="5">
-        <v>8.4</v>
+        <v>7.4</v>
       </c>
       <c r="AB19" s="5" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="AC19" s="5" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="AD19" s="5" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="AE19" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C20" s="10">
-        <v>45957</v>
+        <v>46041</v>
       </c>
       <c r="D20" s="5">
         <v>98</v>
       </c>
       <c r="E20" s="5">
         <v>100</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="K20" s="5">
+        <v>71</v>
+      </c>
+      <c r="L20" s="11">
+        <v>559</v>
+      </c>
+      <c r="M20" s="5">
+        <v>42</v>
+      </c>
+      <c r="N20" s="5">
+        <v>21</v>
+      </c>
+      <c r="O20" s="5">
+        <v>2.8</v>
+      </c>
+      <c r="P20" s="5">
+        <v>5.7</v>
+      </c>
+      <c r="Q20" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="R20" s="5">
+        <v>2.7</v>
+      </c>
+      <c r="S20" s="5">
+        <v>2.5</v>
+      </c>
+      <c r="T20" s="5">
+        <v>2.8</v>
+      </c>
+      <c r="U20" s="5">
+        <v>547</v>
+      </c>
+      <c r="V20" s="5">
+        <v>557</v>
+      </c>
+      <c r="W20" s="5">
+        <v>527</v>
+      </c>
+      <c r="X20" s="5">
+        <v>512</v>
+      </c>
+      <c r="Y20" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="Z20" s="12">
+        <v>18.2</v>
+      </c>
+      <c r="AA20" s="5">
+        <v>8.6</v>
+      </c>
+      <c r="AB20" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC20" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="L20" s="11">
-[...52 lines deleted...]
-      </c>
       <c r="AD20" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE20" s="5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C21" s="10">
-        <v>45969</v>
+        <v>45962</v>
       </c>
       <c r="D21" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E21" s="5">
         <v>100</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="K21" s="5">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="L21" s="11">
-        <v>734</v>
+        <v>993</v>
       </c>
       <c r="M21" s="5">
+        <v>44</v>
+      </c>
+      <c r="N21" s="5">
         <v>43</v>
       </c>
-      <c r="N21" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="O21" s="5">
-        <v>2.87</v>
+        <v>2.88</v>
       </c>
       <c r="P21" s="5">
-        <v>4.5</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="Q21" s="5">
-        <v>-0.2</v>
+        <v>1.2</v>
       </c>
       <c r="R21" s="5">
-        <v>1.1000000000000001</v>
+        <v>1.4</v>
       </c>
       <c r="S21" s="5">
-        <v>1.9</v>
+        <v>1.2</v>
       </c>
       <c r="T21" s="5">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="U21" s="5">
-        <v>502</v>
+        <v>537</v>
       </c>
       <c r="V21" s="5">
-        <v>526</v>
+        <v>558</v>
       </c>
       <c r="W21" s="5">
-        <v>448</v>
+        <v>490</v>
       </c>
       <c r="X21" s="5">
-        <v>452</v>
+        <v>514</v>
       </c>
       <c r="Y21" s="5">
         <v>0.1</v>
       </c>
       <c r="Z21" s="12">
-        <v>11.36</v>
+        <v>10.91</v>
       </c>
       <c r="AA21" s="5">
-        <v>8.5</v>
+        <v>9</v>
       </c>
       <c r="AB21" s="5" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="AC21" s="5" t="s">
-        <v>83</v>
+        <v>59</v>
       </c>
       <c r="AD21" s="5" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="AE21" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C22" s="10">
-        <v>45950</v>
+        <v>46011</v>
       </c>
       <c r="D22" s="5">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E22" s="5">
         <v>100</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="K22" s="5">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="L22" s="11">
-        <v>78</v>
+        <v>468</v>
       </c>
       <c r="M22" s="5">
         <v>41</v>
       </c>
       <c r="N22" s="5">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O22" s="5">
-        <v>2.89</v>
+        <v>2.65</v>
       </c>
       <c r="P22" s="5">
-        <v>4.8</v>
+        <v>5.4</v>
       </c>
       <c r="Q22" s="5">
-        <v>1.5</v>
+        <v>1.3</v>
       </c>
       <c r="R22" s="5">
-        <v>2.4</v>
+        <v>2.5</v>
       </c>
       <c r="S22" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="T22" s="5">
         <v>1.2</v>
       </c>
-      <c r="T22" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="U22" s="5">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="V22" s="5">
-        <v>516</v>
+        <v>496</v>
       </c>
       <c r="W22" s="5">
-        <v>398</v>
+        <v>444</v>
       </c>
       <c r="X22" s="5">
-        <v>453</v>
+        <v>438</v>
       </c>
       <c r="Y22" s="5">
-        <v>-0.4</v>
+        <v>0.4</v>
       </c>
       <c r="Z22" s="12">
-        <v>9.16</v>
+        <v>17.34</v>
       </c>
       <c r="AA22" s="5">
-        <v>7</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="AB22" s="5" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="AC22" s="5" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="AD22" s="5" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="AE22" s="5" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="B23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="13">
-        <v>45956</v>
+        <v>46036</v>
       </c>
       <c r="D23" s="6">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E23" s="6">
         <v>100</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I23" s="6"/>
       <c r="J23" s="6">
-        <v>163</v>
+        <v>185</v>
       </c>
       <c r="K23" s="6">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L23" s="14">
-        <v>417</v>
+        <v>614</v>
       </c>
       <c r="M23" s="6">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="N23" s="6">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="O23" s="6">
-        <v>2.88</v>
+        <v>2.73</v>
       </c>
       <c r="P23" s="6">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
       <c r="Q23" s="6">
-        <v>2.4</v>
+        <v>-0.7</v>
       </c>
       <c r="R23" s="6">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="S23" s="6">
-        <v>1.6</v>
+        <v>1.9</v>
       </c>
       <c r="T23" s="6">
-        <v>0.6</v>
+        <v>0.9</v>
       </c>
       <c r="U23" s="6">
-        <v>373</v>
+        <v>577</v>
       </c>
       <c r="V23" s="6">
-        <v>382</v>
+        <v>599</v>
       </c>
       <c r="W23" s="6">
-        <v>355</v>
+        <v>530</v>
       </c>
       <c r="X23" s="6">
-        <v>347</v>
+        <v>504</v>
       </c>
       <c r="Y23" s="6">
-        <v>1.1000000000000001</v>
+        <v>0.2</v>
       </c>
       <c r="Z23" s="15">
-        <v>20.62</v>
+        <v>15.2</v>
       </c>
       <c r="AA23" s="6">
-        <v>7.7</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>105</v>
+        <v>62</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B24" s="6" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C24" s="13">
-        <v>45945</v>
+        <v>46041</v>
       </c>
       <c r="D24" s="6">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E24" s="6">
         <v>100</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I24" s="6"/>
       <c r="J24" s="6">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="K24" s="6">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="L24" s="14">
-        <v>834</v>
+        <v>777</v>
       </c>
       <c r="M24" s="6">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N24" s="6">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="O24" s="6">
-        <v>2.91</v>
+        <v>2.86</v>
       </c>
       <c r="P24" s="6">
-        <v>3.2</v>
+        <v>5.3</v>
       </c>
       <c r="Q24" s="6">
-        <v>0.6</v>
+        <v>-0.2</v>
       </c>
       <c r="R24" s="6">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="S24" s="6">
-        <v>0.6</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="T24" s="6">
-        <v>1.1000000000000001</v>
+        <v>1.7</v>
       </c>
       <c r="U24" s="6">
-        <v>437</v>
+        <v>532</v>
       </c>
       <c r="V24" s="6">
-        <v>462</v>
+        <v>550</v>
       </c>
       <c r="W24" s="6">
-        <v>381</v>
+        <v>492</v>
       </c>
       <c r="X24" s="6">
-        <v>395</v>
+        <v>472</v>
       </c>
       <c r="Y24" s="6">
-        <v>0.5</v>
+        <v>0.4</v>
       </c>
       <c r="Z24" s="15">
-        <v>14.9</v>
+        <v>16.239999999999998</v>
       </c>
       <c r="AA24" s="6">
         <v>9.1</v>
       </c>
       <c r="AB24" s="6" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="AC24" s="6" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="AD24" s="6" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="AE24" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="B25" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="13">
-        <v>45956</v>
+        <v>46041</v>
       </c>
       <c r="D25" s="6">
         <v>98</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I25" s="6"/>
       <c r="J25" s="6">
-        <v>162</v>
+        <v>182</v>
       </c>
       <c r="K25" s="6">
         <v>71</v>
       </c>
       <c r="L25" s="14">
-        <v>1373</v>
+        <v>1032</v>
       </c>
       <c r="M25" s="6">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="N25" s="6">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="O25" s="6">
-        <v>2.91</v>
+        <v>2.87</v>
       </c>
       <c r="P25" s="6">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
       <c r="Q25" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="R25" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="S25" s="6">
+        <v>3</v>
+      </c>
+      <c r="T25" s="6">
         <v>0.6</v>
       </c>
-      <c r="R25" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="U25" s="6">
-        <v>489</v>
+        <v>516</v>
       </c>
       <c r="V25" s="6">
-        <v>486</v>
+        <v>519</v>
       </c>
       <c r="W25" s="6">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="X25" s="6">
-        <v>452</v>
+        <v>512</v>
       </c>
       <c r="Y25" s="6">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="Z25" s="15">
-        <v>9.74</v>
+        <v>14.9</v>
       </c>
       <c r="AA25" s="6">
-        <v>8.5</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="AB25" s="6" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="AC25" s="6" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="AD25" s="6" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="AE25" s="6" t="s">
-        <v>52</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="B26" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="13">
-        <v>45997</v>
+        <v>46036</v>
       </c>
       <c r="D26" s="6">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E26" s="6">
         <v>100</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I26" s="6"/>
       <c r="J26" s="6">
-        <v>159</v>
+        <v>182</v>
       </c>
       <c r="K26" s="6">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="L26" s="14">
-        <v>1209</v>
+        <v>653</v>
       </c>
       <c r="M26" s="6">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="N26" s="6">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="O26" s="6">
-        <v>2.94</v>
+        <v>2.84</v>
       </c>
       <c r="P26" s="6">
-        <v>3.1</v>
+        <v>4.3</v>
       </c>
       <c r="Q26" s="6">
-        <v>-1.2</v>
+        <v>0.2</v>
       </c>
       <c r="R26" s="6">
-        <v>-0.3</v>
+        <v>1.3</v>
       </c>
       <c r="S26" s="6">
-        <v>0.1</v>
+        <v>0.6</v>
       </c>
       <c r="T26" s="6">
-        <v>0.2</v>
+        <v>1.5</v>
       </c>
       <c r="U26" s="6">
-        <v>648</v>
+        <v>561</v>
       </c>
       <c r="V26" s="6">
-        <v>655</v>
+        <v>581</v>
       </c>
       <c r="W26" s="6">
-        <v>630</v>
+        <v>518</v>
       </c>
       <c r="X26" s="6">
-        <v>617</v>
+        <v>511</v>
       </c>
       <c r="Y26" s="6">
-        <v>0.4</v>
+        <v>-0.2</v>
       </c>
       <c r="Z26" s="15">
-        <v>10.54</v>
+        <v>11.5</v>
       </c>
       <c r="AA26" s="6">
-        <v>8.5</v>
+        <v>8.1</v>
       </c>
       <c r="AB26" s="6" t="s">
-        <v>77</v>
+        <v>111</v>
       </c>
       <c r="AC26" s="6" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="AD26" s="6" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="AE26" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C27" s="13">
-        <v>45977</v>
+        <v>46005</v>
       </c>
       <c r="D27" s="6">
         <v>99</v>
       </c>
       <c r="E27" s="6">
         <v>100</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I27" s="6"/>
       <c r="J27" s="6">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="K27" s="6">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L27" s="14">
-        <v>49</v>
+        <v>618</v>
       </c>
       <c r="M27" s="6">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N27" s="6">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="O27" s="6">
-        <v>2.91</v>
+        <v>2.85</v>
       </c>
       <c r="P27" s="6">
-        <v>3.2</v>
+        <v>4.8</v>
       </c>
       <c r="Q27" s="6">
-        <v>2.2999999999999998</v>
+        <v>0.3</v>
       </c>
       <c r="R27" s="6">
-        <v>2.5</v>
+        <v>1.2</v>
       </c>
       <c r="S27" s="6">
-        <v>1.7</v>
+        <v>2.1</v>
       </c>
       <c r="T27" s="6">
-        <v>-0.4</v>
+        <v>1.3</v>
       </c>
       <c r="U27" s="6">
-        <v>376</v>
+        <v>519</v>
       </c>
       <c r="V27" s="6">
-        <v>401</v>
+        <v>537</v>
       </c>
       <c r="W27" s="6">
-        <v>319</v>
+        <v>479</v>
       </c>
       <c r="X27" s="6">
-        <v>394</v>
+        <v>469</v>
       </c>
       <c r="Y27" s="6">
-        <v>-0.1</v>
+        <v>1.6</v>
       </c>
       <c r="Z27" s="15">
-        <v>16.53</v>
+        <v>22.59</v>
       </c>
       <c r="AA27" s="6">
-        <v>5.7</v>
+        <v>9.1</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>114</v>
+        <v>41</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>116</v>
+        <v>43</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>117</v>
+        <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C28" s="10">
-        <v>45963</v>
+        <v>46037</v>
       </c>
       <c r="D28" s="5">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E28" s="5">
         <v>100</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="K28" s="5">
         <v>70</v>
       </c>
       <c r="L28" s="11">
-        <v>662</v>
+        <v>879</v>
       </c>
       <c r="M28" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="N28" s="5">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="O28" s="5">
-        <v>3.01</v>
+        <v>2.79</v>
       </c>
       <c r="P28" s="5">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="Q28" s="5">
+        <v>-0.3</v>
+      </c>
+      <c r="R28" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="S28" s="5">
+        <v>0.5</v>
+      </c>
+      <c r="T28" s="5">
         <v>2.5</v>
       </c>
-      <c r="Q28" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="U28" s="5">
-        <v>465</v>
+        <v>587</v>
       </c>
       <c r="V28" s="5">
-        <v>485</v>
+        <v>600</v>
       </c>
       <c r="W28" s="5">
-        <v>419</v>
+        <v>562</v>
       </c>
       <c r="X28" s="5">
-        <v>437</v>
+        <v>526</v>
       </c>
       <c r="Y28" s="5">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="Z28" s="12">
-        <v>13.34</v>
+        <v>14.59</v>
       </c>
       <c r="AA28" s="5">
-        <v>7.8</v>
+        <v>7.6</v>
       </c>
       <c r="AB28" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="AC28" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="AC28" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD28" s="5" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="AE28" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C29" s="10">
-        <v>45840</v>
+        <v>45989</v>
       </c>
       <c r="D29" s="5">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E29" s="5">
         <v>100</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="K29" s="5">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="L29" s="11">
-        <v>345</v>
+        <v>764</v>
       </c>
       <c r="M29" s="5">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="N29" s="5">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="O29" s="5">
-        <v>2.94</v>
+        <v>2.84</v>
       </c>
       <c r="P29" s="5">
-        <v>3.7</v>
+        <v>5.4</v>
       </c>
       <c r="Q29" s="5">
-        <v>-0.1</v>
+        <v>1.6</v>
       </c>
       <c r="R29" s="5">
+        <v>2.7</v>
+      </c>
+      <c r="S29" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="T29" s="5">
         <v>0.8</v>
       </c>
-      <c r="S29" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="U29" s="5">
-        <v>482</v>
+        <v>516</v>
       </c>
       <c r="V29" s="5">
-        <v>506</v>
+        <v>529</v>
       </c>
       <c r="W29" s="5">
-        <v>428</v>
+        <v>488</v>
       </c>
       <c r="X29" s="5">
-        <v>438</v>
+        <v>492</v>
       </c>
       <c r="Y29" s="5">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="Z29" s="12">
-        <v>13.01</v>
+        <v>13.76</v>
       </c>
       <c r="AA29" s="5">
-        <v>8.3000000000000007</v>
+        <v>8.1</v>
       </c>
       <c r="AB29" s="5" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="AC29" s="5" t="s">
-        <v>123</v>
+        <v>89</v>
       </c>
       <c r="AD29" s="5" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="AE29" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="C30" s="10">
-        <v>45943</v>
+        <v>46031</v>
       </c>
       <c r="D30" s="5">
         <v>97</v>
       </c>
       <c r="E30" s="5">
         <v>100</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="K30" s="5">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L30" s="11">
-        <v>671</v>
+        <v>1128</v>
       </c>
       <c r="M30" s="5">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N30" s="5">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="O30" s="5">
-        <v>2.91</v>
+        <v>2.86</v>
       </c>
       <c r="P30" s="5">
-        <v>2.8</v>
+        <v>5</v>
       </c>
       <c r="Q30" s="5">
-        <v>-0.1</v>
+        <v>-0.3</v>
       </c>
       <c r="R30" s="5">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="S30" s="5">
-        <v>2.4</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="T30" s="5">
-        <v>-0.9</v>
+        <v>2</v>
       </c>
       <c r="U30" s="5">
-        <v>348</v>
+        <v>484</v>
       </c>
       <c r="V30" s="5">
-        <v>360</v>
+        <v>489</v>
       </c>
       <c r="W30" s="5">
-        <v>323</v>
+        <v>476</v>
       </c>
       <c r="X30" s="5">
-        <v>322</v>
+        <v>414</v>
       </c>
       <c r="Y30" s="5">
-        <v>1</v>
+        <v>0.9</v>
       </c>
       <c r="Z30" s="12">
-        <v>22.09</v>
+        <v>21.12</v>
       </c>
       <c r="AA30" s="5">
-        <v>9</v>
+        <v>9.1</v>
       </c>
       <c r="AB30" s="5" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="AC30" s="5" t="s">
-        <v>127</v>
+        <v>74</v>
       </c>
       <c r="AD30" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE30" s="5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="C31" s="10">
-        <v>45926</v>
+        <v>46032</v>
       </c>
       <c r="D31" s="5">
         <v>96</v>
       </c>
       <c r="E31" s="5">
         <v>100</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="K31" s="5">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L31" s="11">
-        <v>110</v>
+        <v>825</v>
       </c>
       <c r="M31" s="5">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="N31" s="5">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="O31" s="5">
-        <v>2.84</v>
+        <v>2.81</v>
       </c>
       <c r="P31" s="5">
-        <v>5.3</v>
+        <v>5.9</v>
       </c>
       <c r="Q31" s="5">
-        <v>-0.2</v>
+        <v>0.1</v>
       </c>
       <c r="R31" s="5">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="S31" s="5">
-        <v>1.1000000000000001</v>
+        <v>1.4</v>
       </c>
       <c r="T31" s="5">
         <v>1.4</v>
       </c>
       <c r="U31" s="5">
-        <v>501</v>
+        <v>565</v>
       </c>
       <c r="V31" s="5">
-        <v>519</v>
+        <v>579</v>
       </c>
       <c r="W31" s="5">
-        <v>460</v>
+        <v>535</v>
       </c>
       <c r="X31" s="5">
-        <v>457</v>
+        <v>503</v>
       </c>
       <c r="Y31" s="5">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="Z31" s="12">
-        <v>18.329999999999998</v>
+        <v>15.93</v>
       </c>
       <c r="AA31" s="5">
-        <v>8.3000000000000007</v>
+        <v>9.6</v>
       </c>
       <c r="AB31" s="5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="AC31" s="5" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="AD31" s="5" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="AE31" s="5" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="C32" s="10">
-        <v>45950</v>
+        <v>46009</v>
       </c>
       <c r="D32" s="5">
         <v>97</v>
       </c>
       <c r="E32" s="5">
         <v>100</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="K32" s="5">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L32" s="11">
-        <v>508</v>
+        <v>969</v>
       </c>
       <c r="M32" s="5">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="N32" s="5">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="O32" s="5">
-        <v>2.91</v>
+        <v>2.82</v>
       </c>
       <c r="P32" s="5">
-        <v>2.6</v>
+        <v>5.2</v>
       </c>
       <c r="Q32" s="5">
-        <v>-1.3</v>
+        <v>-0.9</v>
       </c>
       <c r="R32" s="5">
-        <v>-0.7</v>
+        <v>0.2</v>
       </c>
       <c r="S32" s="5">
-        <v>0.7</v>
+        <v>0.2</v>
       </c>
       <c r="T32" s="5">
-        <v>0</v>
+        <v>1.8</v>
       </c>
       <c r="U32" s="5">
-        <v>418</v>
+        <v>575</v>
       </c>
       <c r="V32" s="5">
-        <v>436</v>
+        <v>583</v>
       </c>
       <c r="W32" s="5">
-        <v>376</v>
+        <v>559</v>
       </c>
       <c r="X32" s="5">
-        <v>367</v>
+        <v>492</v>
       </c>
       <c r="Y32" s="5">
-        <v>1.2</v>
+        <v>-0.2</v>
       </c>
       <c r="Z32" s="12">
-        <v>24.28</v>
+        <v>14.23</v>
       </c>
       <c r="AA32" s="5">
-        <v>8.5</v>
+        <v>8.4</v>
       </c>
       <c r="AB32" s="5" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="AC32" s="5" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="AD32" s="5" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="AE32" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="33" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A33" s="6" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="C33" s="13">
-        <v>45947</v>
+        <v>45973</v>
       </c>
       <c r="D33" s="6">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I33" s="6"/>
       <c r="J33" s="6">
-        <v>151</v>
+        <v>179</v>
       </c>
       <c r="K33" s="6">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L33" s="14">
-        <v>288</v>
+        <v>718</v>
       </c>
       <c r="M33" s="6">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="N33" s="6">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="O33" s="6">
-        <v>2.89</v>
+        <v>2.98</v>
       </c>
       <c r="P33" s="6">
-        <v>3.6</v>
+        <v>5.2</v>
       </c>
       <c r="Q33" s="6">
-        <v>0.8</v>
+        <v>1</v>
       </c>
       <c r="R33" s="6">
-        <v>0.7</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="S33" s="6">
-        <v>1.4</v>
+        <v>2.8</v>
       </c>
       <c r="T33" s="6">
-        <v>0</v>
+        <v>1.6</v>
       </c>
       <c r="U33" s="6">
-        <v>385</v>
+        <v>540</v>
       </c>
       <c r="V33" s="6">
-        <v>404</v>
+        <v>552</v>
       </c>
       <c r="W33" s="6">
-        <v>340</v>
+        <v>511</v>
       </c>
       <c r="X33" s="6">
-        <v>363</v>
+        <v>506</v>
       </c>
       <c r="Y33" s="6">
         <v>0.6</v>
       </c>
       <c r="Z33" s="15">
-        <v>18.420000000000002</v>
+        <v>17.57</v>
       </c>
       <c r="AA33" s="6">
-        <v>8.8000000000000007</v>
+        <v>9</v>
       </c>
       <c r="AB33" s="6" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="AC33" s="6" t="s">
-        <v>94</v>
+        <v>42</v>
       </c>
       <c r="AD33" s="6" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="AE33" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A34" s="6" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="B34" s="6" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="C34" s="13">
-        <v>45959</v>
+        <v>46037</v>
       </c>
       <c r="D34" s="6">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E34" s="6">
         <v>100</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I34" s="6"/>
       <c r="J34" s="6">
-        <v>151</v>
+        <v>176</v>
       </c>
       <c r="K34" s="6">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L34" s="14">
-        <v>606</v>
+        <v>1021</v>
       </c>
       <c r="M34" s="6">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="N34" s="6">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="O34" s="6">
-        <v>2.76</v>
+        <v>2.82</v>
       </c>
       <c r="P34" s="6">
-        <v>4.2</v>
+        <v>5.8</v>
       </c>
       <c r="Q34" s="6">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="R34" s="6">
-        <v>1.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="S34" s="6">
-        <v>2.5</v>
+        <v>1.2</v>
       </c>
       <c r="T34" s="6">
-        <v>-0.4</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="U34" s="6">
-        <v>410</v>
+        <v>562</v>
       </c>
       <c r="V34" s="6">
-        <v>414</v>
+        <v>568</v>
       </c>
       <c r="W34" s="6">
-        <v>403</v>
+        <v>552</v>
       </c>
       <c r="X34" s="6">
-        <v>397</v>
+        <v>505</v>
       </c>
       <c r="Y34" s="6">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="Z34" s="15">
-        <v>16.239999999999998</v>
+        <v>14.58</v>
       </c>
       <c r="AA34" s="6">
-        <v>7.6</v>
+        <v>9.3000000000000007</v>
       </c>
       <c r="AB34" s="6" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="AC34" s="6" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="AD34" s="6" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="AE34" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A35" s="6" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C35" s="13">
-        <v>45966</v>
+        <v>45691</v>
       </c>
       <c r="D35" s="6">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E35" s="6">
         <v>100</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="I35" s="6"/>
       <c r="J35" s="6">
-        <v>150</v>
+        <v>171</v>
       </c>
       <c r="K35" s="6">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L35" s="14">
-        <v>123</v>
+        <v>177</v>
       </c>
       <c r="M35" s="6">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="N35" s="6">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="O35" s="6">
         <v>2.8</v>
       </c>
       <c r="P35" s="6">
-        <v>4.4000000000000004</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="Q35" s="6">
-        <v>1.4</v>
+        <v>1.5</v>
       </c>
       <c r="R35" s="6">
-        <v>1.7</v>
+        <v>2.1</v>
       </c>
       <c r="S35" s="6">
-        <v>1.1000000000000001</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="T35" s="6">
-        <v>0.2</v>
+        <v>1.8</v>
       </c>
       <c r="U35" s="6">
-        <v>357</v>
+        <v>429</v>
       </c>
       <c r="V35" s="6">
-        <v>368</v>
+        <v>448</v>
       </c>
       <c r="W35" s="6">
-        <v>332</v>
+        <v>387</v>
       </c>
       <c r="X35" s="6">
-        <v>335</v>
+        <v>397</v>
       </c>
       <c r="Y35" s="6">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="Z35" s="15">
-        <v>14.62</v>
+        <v>21.57</v>
       </c>
       <c r="AA35" s="6">
-        <v>8.9</v>
+        <v>7.4</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>140</v>
+        <v>67</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>94</v>
+        <v>134</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="36" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A36" s="6" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C36" s="13">
-        <v>45958</v>
+        <v>46001</v>
       </c>
       <c r="D36" s="6">
         <v>97</v>
       </c>
       <c r="E36" s="6">
         <v>100</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H36" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I36" s="6"/>
       <c r="J36" s="6">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="K36" s="6">
         <v>71</v>
       </c>
       <c r="L36" s="14">
-        <v>517</v>
+        <v>499</v>
       </c>
       <c r="M36" s="6">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="N36" s="6">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="O36" s="6">
-        <v>2.89</v>
+        <v>2.78</v>
       </c>
       <c r="P36" s="6">
-        <v>3.6</v>
+        <v>5.7</v>
       </c>
       <c r="Q36" s="6">
-        <v>-1.4</v>
+        <v>0.5</v>
       </c>
       <c r="R36" s="6">
-        <v>-1.1000000000000001</v>
+        <v>1.3</v>
       </c>
       <c r="S36" s="6">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="T36" s="6">
-        <v>0.6</v>
+        <v>2</v>
       </c>
       <c r="U36" s="6">
-        <v>456</v>
+        <v>541</v>
       </c>
       <c r="V36" s="6">
-        <v>490</v>
+        <v>557</v>
       </c>
       <c r="W36" s="6">
-        <v>378</v>
+        <v>508</v>
       </c>
       <c r="X36" s="6">
-        <v>371</v>
+        <v>500</v>
       </c>
       <c r="Y36" s="6">
-        <v>-0.3</v>
+        <v>1</v>
       </c>
       <c r="Z36" s="15">
-        <v>6.27</v>
+        <v>17</v>
       </c>
       <c r="AA36" s="6">
-        <v>8.3000000000000007</v>
+        <v>9.4</v>
       </c>
       <c r="AB36" s="6" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AC36" s="6" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="AD36" s="6" t="s">
-        <v>143</v>
+        <v>69</v>
       </c>
       <c r="AE36" s="6" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A37" s="6" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C37" s="13">
-        <v>45965</v>
+        <v>46021</v>
       </c>
       <c r="D37" s="6">
         <v>98</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I37" s="6"/>
       <c r="J37" s="6">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="K37" s="6">
         <v>72</v>
       </c>
       <c r="L37" s="14">
-        <v>433</v>
+        <v>1511</v>
       </c>
       <c r="M37" s="6">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="N37" s="6">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="O37" s="6">
-        <v>2.85</v>
+        <v>2.95</v>
       </c>
       <c r="P37" s="6">
-        <v>3.6</v>
+        <v>3.1</v>
       </c>
       <c r="Q37" s="6">
-        <v>-0.6</v>
+        <v>-0.7</v>
       </c>
       <c r="R37" s="6">
-        <v>-0.5</v>
+        <v>0.6</v>
       </c>
       <c r="S37" s="6">
-        <v>0.9</v>
+        <v>-0.1</v>
       </c>
       <c r="T37" s="6">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="U37" s="6">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="V37" s="6">
-        <v>526</v>
+        <v>498</v>
       </c>
       <c r="W37" s="6">
-        <v>423</v>
+        <v>483</v>
       </c>
       <c r="X37" s="6">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="Y37" s="6">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="Z37" s="15">
-        <v>9.1199999999999992</v>
+        <v>11.88</v>
       </c>
       <c r="AA37" s="6">
-        <v>9</v>
+        <v>8.4</v>
       </c>
       <c r="AB37" s="6" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="AC37" s="6" t="s">
-        <v>77</v>
+        <v>140</v>
       </c>
       <c r="AD37" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE37" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="38" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C38" s="10">
-        <v>45948</v>
+        <v>45986</v>
       </c>
       <c r="D38" s="5">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E38" s="5">
         <v>100</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I38" s="5"/>
       <c r="J38" s="5">
-        <v>148</v>
+        <v>165</v>
       </c>
       <c r="K38" s="5">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="L38" s="11">
-        <v>-17</v>
+        <v>1003</v>
       </c>
       <c r="M38" s="5">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N38" s="5">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="O38" s="5">
-        <v>2.89</v>
+        <v>2.94</v>
       </c>
       <c r="P38" s="5">
-        <v>4.5</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="Q38" s="5">
-        <v>1.7</v>
+        <v>0.1</v>
       </c>
       <c r="R38" s="5">
-        <v>1.7</v>
+        <v>-0.1</v>
       </c>
       <c r="S38" s="5">
-        <v>2.5</v>
+        <v>0.5</v>
       </c>
       <c r="T38" s="5">
-        <v>1.3</v>
+        <v>0.7</v>
       </c>
       <c r="U38" s="5">
-        <v>411</v>
+        <v>512</v>
       </c>
       <c r="V38" s="5">
-        <v>436</v>
+        <v>534</v>
       </c>
       <c r="W38" s="5">
-        <v>352</v>
+        <v>460</v>
       </c>
       <c r="X38" s="5">
-        <v>399</v>
+        <v>475</v>
       </c>
       <c r="Y38" s="5">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="Z38" s="12">
-        <v>15.44</v>
+        <v>11.2</v>
       </c>
       <c r="AA38" s="5">
-        <v>9.1999999999999993</v>
+        <v>8.5</v>
       </c>
       <c r="AB38" s="5" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="AC38" s="5" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="AD38" s="5" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="AE38" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="C39" s="10">
-        <v>45952</v>
+        <v>46015</v>
       </c>
       <c r="D39" s="5">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E39" s="5">
         <v>100</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="K39" s="5">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L39" s="11">
-        <v>446</v>
+        <v>841</v>
       </c>
       <c r="M39" s="5">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="N39" s="5">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="O39" s="5">
-        <v>2.74</v>
+        <v>2.86</v>
       </c>
       <c r="P39" s="5">
-        <v>4.2</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="Q39" s="5">
+        <v>-0.2</v>
+      </c>
+      <c r="R39" s="5">
         <v>0.1</v>
       </c>
-      <c r="R39" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="S39" s="5">
-        <v>1.2</v>
+        <v>0.8</v>
       </c>
       <c r="T39" s="5">
-        <v>0.6</v>
+        <v>0.2</v>
       </c>
       <c r="U39" s="5">
-        <v>333</v>
+        <v>482</v>
       </c>
       <c r="V39" s="5">
-        <v>341</v>
+        <v>496</v>
       </c>
       <c r="W39" s="5">
-        <v>319</v>
+        <v>452</v>
       </c>
       <c r="X39" s="5">
-        <v>290</v>
+        <v>430</v>
       </c>
       <c r="Y39" s="5">
-        <v>0.4</v>
+        <v>0.9</v>
       </c>
       <c r="Z39" s="12">
-        <v>18.97</v>
+        <v>17.95</v>
       </c>
       <c r="AA39" s="5">
-        <v>8.9</v>
+        <v>8.6</v>
       </c>
       <c r="AB39" s="5" t="s">
-        <v>152</v>
+        <v>54</v>
       </c>
       <c r="AC39" s="5" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="AD39" s="5" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE39" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C40" s="10">
-        <v>45935</v>
+        <v>46041</v>
       </c>
       <c r="D40" s="5">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E40" s="5">
         <v>100</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I40" s="5"/>
       <c r="J40" s="5">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="K40" s="5">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L40" s="11">
-        <v>242</v>
+        <v>603</v>
       </c>
       <c r="M40" s="5">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="N40" s="5">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="O40" s="5">
-        <v>2.85</v>
+        <v>2.76</v>
       </c>
       <c r="P40" s="5">
-        <v>2.9</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="Q40" s="5">
-        <v>-0.7</v>
+        <v>1.7</v>
       </c>
       <c r="R40" s="5">
-        <v>-0.1</v>
+        <v>2.8</v>
       </c>
       <c r="S40" s="5">
-        <v>-0.8</v>
+        <v>1.2</v>
       </c>
       <c r="T40" s="5">
-        <v>0.3</v>
+        <v>1.9</v>
       </c>
       <c r="U40" s="5">
-        <v>442</v>
+        <v>386</v>
       </c>
       <c r="V40" s="5">
-        <v>470</v>
+        <v>398</v>
       </c>
       <c r="W40" s="5">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="X40" s="5">
-        <v>408</v>
+        <v>358</v>
       </c>
       <c r="Y40" s="5">
-        <v>0.6</v>
+        <v>-0.6</v>
       </c>
       <c r="Z40" s="12">
-        <v>15.39</v>
+        <v>11.49</v>
       </c>
       <c r="AA40" s="5">
-        <v>8.8000000000000007</v>
+        <v>8.1</v>
       </c>
       <c r="AB40" s="5" t="s">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="AC40" s="5" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="AD40" s="5" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="AE40" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C41" s="10">
-        <v>45983</v>
+        <v>45999</v>
       </c>
       <c r="D41" s="5">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E41" s="5">
         <v>100</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I41" s="5"/>
       <c r="J41" s="5">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="K41" s="5">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L41" s="11">
-        <v>-20</v>
+        <v>218</v>
       </c>
       <c r="M41" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N41" s="5">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="O41" s="5">
-        <v>2.97</v>
+        <v>2.85</v>
       </c>
       <c r="P41" s="5">
-        <v>2.5</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="Q41" s="5">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="R41" s="5">
-        <v>2.2000000000000002</v>
+        <v>1.4</v>
       </c>
       <c r="S41" s="5">
-        <v>1.9</v>
+        <v>0.8</v>
       </c>
       <c r="T41" s="5">
-        <v>-0.5</v>
+        <v>0.9</v>
       </c>
       <c r="U41" s="5">
-        <v>386</v>
+        <v>435</v>
       </c>
       <c r="V41" s="5">
-        <v>411</v>
+        <v>452</v>
       </c>
       <c r="W41" s="5">
-        <v>326</v>
+        <v>399</v>
       </c>
       <c r="X41" s="5">
-        <v>407</v>
+        <v>396</v>
       </c>
       <c r="Y41" s="5">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="Z41" s="12">
-        <v>18.399999999999999</v>
+        <v>18.61</v>
       </c>
       <c r="AA41" s="5">
-        <v>6.8</v>
+        <v>8.9</v>
       </c>
       <c r="AB41" s="5" t="s">
-        <v>114</v>
+        <v>152</v>
       </c>
       <c r="AC41" s="5" t="s">
-        <v>115</v>
+        <v>89</v>
       </c>
       <c r="AD41" s="5" t="s">
-        <v>116</v>
+        <v>69</v>
       </c>
       <c r="AE41" s="5" t="s">
-        <v>117</v>
+        <v>44</v>
       </c>
     </row>
     <row r="42" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="C42" s="10">
-        <v>45952</v>
+        <v>46018</v>
       </c>
       <c r="D42" s="5">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E42" s="5">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="K42" s="5">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L42" s="11">
-        <v>142</v>
+        <v>867</v>
       </c>
       <c r="M42" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N42" s="5">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="O42" s="5">
-        <v>2.95</v>
+        <v>2.89</v>
       </c>
       <c r="P42" s="5">
-        <v>3.4</v>
+        <v>5</v>
       </c>
       <c r="Q42" s="5">
-        <v>0.2</v>
+        <v>0.5</v>
       </c>
       <c r="R42" s="5">
-        <v>-0.3</v>
+        <v>1.3</v>
       </c>
       <c r="S42" s="5">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="T42" s="5">
-        <v>0.6</v>
+        <v>1.7</v>
       </c>
       <c r="U42" s="5">
-        <v>369</v>
+        <v>518</v>
       </c>
       <c r="V42" s="5">
-        <v>395</v>
+        <v>510</v>
       </c>
       <c r="W42" s="5">
-        <v>308</v>
+        <v>542</v>
       </c>
       <c r="X42" s="5">
-        <v>323</v>
+        <v>481</v>
       </c>
       <c r="Y42" s="5">
-        <v>0.4</v>
+        <v>0.9</v>
       </c>
       <c r="Z42" s="12">
-        <v>17.73</v>
+        <v>20.39</v>
       </c>
       <c r="AA42" s="5">
-        <v>9.1</v>
+        <v>6.2</v>
       </c>
       <c r="AB42" s="5" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="AC42" s="5" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="AD42" s="5" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="AE42" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A43" s="6" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B43" s="6" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C43" s="13">
-        <v>45959</v>
+        <v>46046</v>
       </c>
       <c r="D43" s="6">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E43" s="6">
         <v>100</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>162</v>
+        <v>28</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="I43" s="6"/>
       <c r="J43" s="6">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="K43" s="6">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="L43" s="14">
-        <v>757</v>
+        <v>624</v>
       </c>
       <c r="M43" s="6">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="N43" s="6">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="O43" s="6">
-        <v>2.97</v>
+        <v>2.69</v>
       </c>
       <c r="P43" s="6">
-        <v>2.8</v>
+        <v>4.7</v>
       </c>
       <c r="Q43" s="6">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="R43" s="6">
-        <v>-0.3</v>
+        <v>1.9</v>
       </c>
       <c r="S43" s="6">
-        <v>0.9</v>
+        <v>-0.5</v>
       </c>
       <c r="T43" s="6">
-        <v>-1.4</v>
+        <v>0.4</v>
       </c>
       <c r="U43" s="6">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="V43" s="6">
-        <v>457</v>
+        <v>471</v>
       </c>
       <c r="W43" s="6">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="X43" s="6">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="Y43" s="6">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="Z43" s="15">
-        <v>15.3</v>
+        <v>14.33</v>
       </c>
       <c r="AA43" s="6">
         <v>8.9</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>94</v>
+        <v>158</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A44" s="6" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B44" s="6" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="C44" s="13">
-        <v>45951</v>
+        <v>46004</v>
       </c>
       <c r="D44" s="6">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E44" s="6">
         <v>100</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I44" s="6"/>
       <c r="J44" s="6">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="K44" s="6">
         <v>73</v>
       </c>
       <c r="L44" s="14">
-        <v>-242</v>
+        <v>23</v>
       </c>
       <c r="M44" s="6">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="N44" s="6">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="O44" s="6">
-        <v>2.88</v>
+        <v>2.75</v>
       </c>
       <c r="P44" s="6">
-        <v>3.5</v>
+        <v>5</v>
       </c>
       <c r="Q44" s="6">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
       <c r="R44" s="6">
-        <v>0.5</v>
+        <v>1.4</v>
       </c>
       <c r="S44" s="6">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="T44" s="6">
-        <v>0</v>
+        <v>0.7</v>
       </c>
       <c r="U44" s="6">
-        <v>312</v>
+        <v>412</v>
       </c>
       <c r="V44" s="6">
-        <v>343</v>
+        <v>436</v>
       </c>
       <c r="W44" s="6">
-        <v>241</v>
+        <v>360</v>
       </c>
       <c r="X44" s="6">
-        <v>284</v>
+        <v>380</v>
       </c>
       <c r="Y44" s="6">
         <v>0.7</v>
       </c>
       <c r="Z44" s="15">
-        <v>17.47</v>
+        <v>18.559999999999999</v>
       </c>
       <c r="AA44" s="6">
-        <v>9.3000000000000007</v>
+        <v>8.6</v>
       </c>
       <c r="AB44" s="6" t="s">
-        <v>93</v>
+        <v>161</v>
       </c>
       <c r="AC44" s="6" t="s">
-        <v>94</v>
+        <v>162</v>
       </c>
       <c r="AD44" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE44" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="45" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A45" s="6" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B45" s="6" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C45" s="13">
-        <v>45956</v>
+        <v>46023</v>
       </c>
       <c r="D45" s="6">
         <v>97</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I45" s="6"/>
       <c r="J45" s="6">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="K45" s="6">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L45" s="14">
-        <v>638</v>
+        <v>950</v>
       </c>
       <c r="M45" s="6">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="N45" s="6">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="O45" s="6">
-        <v>2.85</v>
+        <v>2.87</v>
       </c>
       <c r="P45" s="6">
-        <v>4.3</v>
+        <v>3.4</v>
       </c>
       <c r="Q45" s="6">
-        <v>-0.3</v>
+        <v>-1.7</v>
       </c>
       <c r="R45" s="6">
-        <v>0.4</v>
+        <v>-1.7</v>
       </c>
       <c r="S45" s="6">
-        <v>2.1</v>
+        <v>0.3</v>
       </c>
       <c r="T45" s="6">
-        <v>0.4</v>
+        <v>-0.4</v>
       </c>
       <c r="U45" s="6">
-        <v>401</v>
+        <v>529</v>
       </c>
       <c r="V45" s="6">
-        <v>412</v>
+        <v>554</v>
       </c>
       <c r="W45" s="6">
-        <v>376</v>
+        <v>473</v>
       </c>
       <c r="X45" s="6">
-        <v>357</v>
+        <v>459</v>
       </c>
       <c r="Y45" s="6">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="Z45" s="15">
-        <v>16.28</v>
+        <v>9.52</v>
       </c>
       <c r="AA45" s="6">
-        <v>9.5</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="AB45" s="6" t="s">
-        <v>36</v>
+        <v>165</v>
       </c>
       <c r="AC45" s="6" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="AD45" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE45" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B46" s="6" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C46" s="13">
-        <v>45948</v>
+        <v>46022</v>
       </c>
       <c r="D46" s="6">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E46" s="6">
         <v>100</v>
       </c>
       <c r="F46" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I46" s="6"/>
       <c r="J46" s="6">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="K46" s="6">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L46" s="14">
-        <v>295</v>
+        <v>894</v>
       </c>
       <c r="M46" s="6">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="N46" s="6">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="O46" s="6">
-        <v>2.81</v>
+        <v>2.77</v>
       </c>
       <c r="P46" s="6">
-        <v>3.3</v>
+        <v>5.3</v>
       </c>
       <c r="Q46" s="6">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="R46" s="6">
-        <v>1.6</v>
+        <v>0.5</v>
       </c>
       <c r="S46" s="6">
-        <v>1.5</v>
+        <v>0.8</v>
       </c>
       <c r="T46" s="6">
-        <v>0.4</v>
+        <v>2</v>
       </c>
       <c r="U46" s="6">
-        <v>341</v>
+        <v>556</v>
       </c>
       <c r="V46" s="6">
-        <v>353</v>
+        <v>568</v>
       </c>
       <c r="W46" s="6">
-        <v>318</v>
+        <v>531</v>
       </c>
       <c r="X46" s="6">
-        <v>329</v>
+        <v>506</v>
       </c>
       <c r="Y46" s="6">
-        <v>-0.3</v>
+        <v>-0.2</v>
       </c>
       <c r="Z46" s="15">
-        <v>10.09</v>
+        <v>6.68</v>
       </c>
       <c r="AA46" s="6">
-        <v>7.9</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="AB46" s="6" t="s">
-        <v>152</v>
+        <v>111</v>
       </c>
       <c r="AC46" s="6" t="s">
-        <v>37</v>
+        <v>162</v>
       </c>
       <c r="AD46" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE46" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="47" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A47" s="6" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B47" s="6" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C47" s="13">
-        <v>45955</v>
+        <v>46005</v>
       </c>
       <c r="D47" s="6">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E47" s="6">
         <v>100</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I47" s="6"/>
       <c r="J47" s="6">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="K47" s="6">
         <v>73</v>
       </c>
       <c r="L47" s="14">
-        <v>527</v>
+        <v>360</v>
       </c>
       <c r="M47" s="6">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="N47" s="6">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="O47" s="6">
-        <v>2.87</v>
+        <v>2.71</v>
       </c>
       <c r="P47" s="6">
-        <v>3.4</v>
+        <v>5</v>
       </c>
       <c r="Q47" s="6">
-        <v>-0.5</v>
+        <v>0.7</v>
       </c>
       <c r="R47" s="6">
-        <v>-0.9</v>
+        <v>0.6</v>
       </c>
       <c r="S47" s="6">
-        <v>-0.2</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="T47" s="6">
-        <v>0.1</v>
+        <v>1.3</v>
       </c>
       <c r="U47" s="6">
-        <v>414</v>
+        <v>475</v>
       </c>
       <c r="V47" s="6">
-        <v>427</v>
+        <v>494</v>
       </c>
       <c r="W47" s="6">
-        <v>386</v>
+        <v>435</v>
       </c>
       <c r="X47" s="6">
-        <v>368</v>
+        <v>437</v>
       </c>
       <c r="Y47" s="6">
-        <v>0.1</v>
+        <v>0.4</v>
       </c>
       <c r="Z47" s="15">
-        <v>15.44</v>
+        <v>15.48</v>
       </c>
       <c r="AA47" s="6">
-        <v>8.6999999999999993</v>
+        <v>8.1</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>94</v>
+        <v>162</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C48" s="10">
-        <v>45933</v>
+        <v>45997</v>
       </c>
       <c r="D48" s="5">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E48" s="5">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="K48" s="5">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L48" s="11">
-        <v>155</v>
+        <v>1030</v>
       </c>
       <c r="M48" s="5">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="N48" s="5">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="O48" s="5">
-        <v>2.81</v>
+        <v>2.82</v>
       </c>
       <c r="P48" s="5">
-        <v>3.9</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="Q48" s="5">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="R48" s="5">
-        <v>0.5</v>
+        <v>1.3</v>
       </c>
       <c r="S48" s="5">
-        <v>0.6</v>
+        <v>1.8</v>
       </c>
       <c r="T48" s="5">
-        <v>-0.6</v>
+        <v>0.4</v>
       </c>
       <c r="U48" s="5">
-        <v>437</v>
+        <v>418</v>
       </c>
       <c r="V48" s="5">
-        <v>449</v>
+        <v>422</v>
       </c>
       <c r="W48" s="5">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="X48" s="5">
-        <v>416</v>
+        <v>373</v>
       </c>
       <c r="Y48" s="5">
-        <v>0</v>
+        <v>-0.1</v>
       </c>
       <c r="Z48" s="12">
-        <v>11.99</v>
+        <v>11.56</v>
       </c>
       <c r="AA48" s="5">
-        <v>8.5</v>
+        <v>7.5</v>
       </c>
       <c r="AB48" s="5" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="AC48" s="5" t="s">
-        <v>175</v>
+        <v>74</v>
       </c>
       <c r="AD48" s="5" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="AE48" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="49" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="C49" s="10">
-        <v>45973</v>
+        <v>45992</v>
       </c>
       <c r="D49" s="5">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E49" s="5">
         <v>100</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5">
-        <v>135</v>
+        <v>157</v>
       </c>
       <c r="K49" s="5">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L49" s="11">
-        <v>458</v>
+        <v>422</v>
       </c>
       <c r="M49" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="N49" s="5">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="O49" s="5">
-        <v>2.84</v>
+        <v>2.83</v>
       </c>
       <c r="P49" s="5">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="Q49" s="5">
-        <v>-0.8</v>
+        <v>0.8</v>
       </c>
       <c r="R49" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="S49" s="5">
+        <v>1.4</v>
+      </c>
+      <c r="T49" s="5">
+        <v>2.5</v>
+      </c>
+      <c r="U49" s="5">
+        <v>473</v>
+      </c>
+      <c r="V49" s="5">
+        <v>495</v>
+      </c>
+      <c r="W49" s="5">
+        <v>423</v>
+      </c>
+      <c r="X49" s="5">
+        <v>445</v>
+      </c>
+      <c r="Y49" s="5">
         <v>0.2</v>
       </c>
-      <c r="S49" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="Z49" s="12">
-        <v>14.08</v>
+        <v>10.83</v>
       </c>
       <c r="AA49" s="5">
-        <v>8.5</v>
+        <v>7.2</v>
       </c>
       <c r="AB49" s="5" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="AC49" s="5" t="s">
-        <v>123</v>
+        <v>175</v>
       </c>
       <c r="AD49" s="5" t="s">
-        <v>95</v>
+        <v>176</v>
       </c>
       <c r="AE49" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B50" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="10">
-        <v>45940</v>
+        <v>46013</v>
       </c>
       <c r="D50" s="5">
         <v>97</v>
       </c>
       <c r="E50" s="5">
         <v>100</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I50" s="5"/>
       <c r="J50" s="5">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="K50" s="5">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L50" s="11">
-        <v>481</v>
+        <v>-5</v>
       </c>
       <c r="M50" s="5">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="N50" s="5">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="O50" s="5">
-        <v>2.83</v>
+        <v>2.84</v>
       </c>
       <c r="P50" s="5">
-        <v>1.7</v>
+        <v>5.6</v>
       </c>
       <c r="Q50" s="5">
-        <v>-2</v>
+        <v>1.4</v>
       </c>
       <c r="R50" s="5">
-        <v>-1.4</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="S50" s="5">
-        <v>-1.4</v>
+        <v>1.8</v>
       </c>
       <c r="T50" s="5">
-        <v>-1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="U50" s="5">
-        <v>393</v>
+        <v>417</v>
       </c>
       <c r="V50" s="5">
-        <v>414</v>
+        <v>442</v>
       </c>
       <c r="W50" s="5">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="X50" s="5">
-        <v>337</v>
+        <v>390</v>
       </c>
       <c r="Y50" s="5">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="Z50" s="12">
-        <v>12.43</v>
+        <v>16.13</v>
       </c>
       <c r="AA50" s="5">
-        <v>8.5</v>
+        <v>7.9</v>
       </c>
       <c r="AB50" s="5" t="s">
-        <v>122</v>
+        <v>161</v>
       </c>
       <c r="AC50" s="5" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="AD50" s="5" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE50" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="51" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>181</v>
       </c>
       <c r="C51" s="10">
-        <v>45962</v>
+        <v>46017</v>
       </c>
       <c r="D51" s="5">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E51" s="5">
         <v>100</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5">
-        <v>133</v>
+        <v>155</v>
       </c>
       <c r="K51" s="5">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L51" s="11">
-        <v>1194</v>
+        <v>395</v>
       </c>
       <c r="M51" s="5">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N51" s="5">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="O51" s="5">
-        <v>2.96</v>
+        <v>2.74</v>
       </c>
       <c r="P51" s="5">
-        <v>2.6</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="Q51" s="5">
-        <v>-0.8</v>
+        <v>0.6</v>
       </c>
       <c r="R51" s="5">
-        <v>0.7</v>
+        <v>1.4</v>
       </c>
       <c r="S51" s="5">
-        <v>1.9</v>
+        <v>1.7</v>
       </c>
       <c r="T51" s="5">
-        <v>1.1000000000000001</v>
+        <v>1.3</v>
       </c>
       <c r="U51" s="5">
-        <v>375</v>
+        <v>479</v>
       </c>
       <c r="V51" s="5">
-        <v>369</v>
+        <v>489</v>
       </c>
       <c r="W51" s="5">
-        <v>390</v>
+        <v>460</v>
       </c>
       <c r="X51" s="5">
-        <v>331</v>
+        <v>440</v>
       </c>
       <c r="Y51" s="5">
-        <v>0.1</v>
+        <v>-0.7</v>
       </c>
       <c r="Z51" s="12">
-        <v>12.56</v>
+        <v>12.83</v>
       </c>
       <c r="AA51" s="5">
-        <v>8.6</v>
+        <v>8</v>
       </c>
       <c r="AB51" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="AC51" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="AC51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD51" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="AE51" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="52" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>182</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>183</v>
       </c>
       <c r="C52" s="10">
-        <v>45947</v>
+        <v>46017</v>
       </c>
       <c r="D52" s="5">
         <v>99</v>
       </c>
       <c r="E52" s="5">
         <v>100</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5">
-        <v>132</v>
+        <v>154</v>
       </c>
       <c r="K52" s="5">
         <v>72</v>
       </c>
       <c r="L52" s="11">
-        <v>551</v>
+        <v>348</v>
       </c>
       <c r="M52" s="5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="N52" s="5">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="O52" s="5">
-        <v>2.88</v>
+        <v>2.89</v>
       </c>
       <c r="P52" s="5">
         <v>2.9</v>
       </c>
       <c r="Q52" s="5">
-        <v>0.1</v>
+        <v>0.7</v>
       </c>
       <c r="R52" s="5">
-        <v>0.1</v>
+        <v>1.6</v>
       </c>
       <c r="S52" s="5">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="T52" s="5">
-        <v>-1.1000000000000001</v>
+        <v>0.9</v>
       </c>
       <c r="U52" s="5">
-        <v>380</v>
+        <v>436</v>
       </c>
       <c r="V52" s="5">
-        <v>398</v>
+        <v>466</v>
       </c>
       <c r="W52" s="5">
-        <v>338</v>
+        <v>367</v>
       </c>
       <c r="X52" s="5">
-        <v>362</v>
+        <v>419</v>
       </c>
       <c r="Y52" s="5">
-        <v>-0.3</v>
+        <v>0.6</v>
       </c>
       <c r="Z52" s="12">
-        <v>9.5299999999999994</v>
+        <v>12.6</v>
       </c>
       <c r="AA52" s="5">
-        <v>8.6</v>
+        <v>9.3000000000000007</v>
       </c>
       <c r="AB52" s="5" t="s">
-        <v>152</v>
+        <v>67</v>
       </c>
       <c r="AC52" s="5" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="AD52" s="5" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="AE52" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="53" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A53" s="6" t="s">
         <v>184</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>185</v>
       </c>
       <c r="C53" s="13">
-        <v>45932</v>
+        <v>46002</v>
       </c>
       <c r="D53" s="6">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I53" s="6"/>
       <c r="J53" s="6">
-        <v>131</v>
+        <v>153</v>
       </c>
       <c r="K53" s="6">
         <v>72</v>
       </c>
       <c r="L53" s="14">
-        <v>219</v>
+        <v>-57</v>
       </c>
       <c r="M53" s="6">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="N53" s="6">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="O53" s="6">
         <v>2.9</v>
       </c>
       <c r="P53" s="6">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="Q53" s="6">
-        <v>-1.2</v>
+        <v>0.4</v>
       </c>
       <c r="R53" s="6">
-        <v>-0.9</v>
+        <v>0.5</v>
       </c>
       <c r="S53" s="6">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="T53" s="6">
-        <v>-0.2</v>
+        <v>0.1</v>
       </c>
       <c r="U53" s="6">
-        <v>382</v>
+        <v>413</v>
       </c>
       <c r="V53" s="6">
-        <v>397</v>
+        <v>453</v>
       </c>
       <c r="W53" s="6">
-        <v>347</v>
+        <v>321</v>
       </c>
       <c r="X53" s="6">
-        <v>323</v>
+        <v>387</v>
       </c>
       <c r="Y53" s="6">
-        <v>0.2</v>
+        <v>0.8</v>
       </c>
       <c r="Z53" s="15">
-        <v>15.32</v>
+        <v>19.309999999999999</v>
       </c>
       <c r="AA53" s="6">
-        <v>7.9</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="AB53" s="6" t="s">
-        <v>93</v>
+        <v>161</v>
       </c>
       <c r="AC53" s="6" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="AD53" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE53" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A54" s="6" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B54" s="6" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C54" s="13">
-        <v>45960</v>
+        <v>45974</v>
       </c>
       <c r="D54" s="6">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E54" s="6">
         <v>100</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
       <c r="I54" s="6"/>
       <c r="J54" s="6">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="K54" s="6">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="L54" s="14">
-        <v>106</v>
+        <v>531</v>
       </c>
       <c r="M54" s="6">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="N54" s="6">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="O54" s="6">
-        <v>2.74</v>
+        <v>2.93</v>
       </c>
       <c r="P54" s="6">
-        <v>3.9</v>
+        <v>3.1</v>
       </c>
       <c r="Q54" s="6">
-        <v>1.6</v>
+        <v>1.5</v>
       </c>
       <c r="R54" s="6">
-        <v>1.8</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="S54" s="6">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="T54" s="6">
-        <v>1.4</v>
+        <v>-0.1</v>
       </c>
       <c r="U54" s="6">
-        <v>300</v>
+        <v>390</v>
       </c>
       <c r="V54" s="6">
-        <v>315</v>
+        <v>412</v>
       </c>
       <c r="W54" s="6">
-        <v>269</v>
+        <v>337</v>
       </c>
       <c r="X54" s="6">
-        <v>283</v>
+        <v>392</v>
       </c>
       <c r="Y54" s="6">
-        <v>0</v>
+        <v>0.2</v>
       </c>
       <c r="Z54" s="15">
-        <v>13.21</v>
+        <v>14.58</v>
       </c>
       <c r="AA54" s="6">
-        <v>8.4</v>
+        <v>7.1</v>
       </c>
       <c r="AB54" s="6" t="s">
         <v>189</v>
       </c>
       <c r="AC54" s="6" t="s">
         <v>190</v>
       </c>
       <c r="AD54" s="6" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="AE54" s="6" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="55" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A55" s="6" t="s">
         <v>191</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>192</v>
       </c>
       <c r="C55" s="13">
-        <v>45952</v>
+        <v>46012</v>
       </c>
       <c r="D55" s="6">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E55" s="6">
         <v>100</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I55" s="6"/>
       <c r="J55" s="6">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="K55" s="6">
         <v>72</v>
       </c>
       <c r="L55" s="14">
-        <v>644</v>
+        <v>321</v>
       </c>
       <c r="M55" s="6">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="N55" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="O55" s="6">
-        <v>2.79</v>
+        <v>2.83</v>
       </c>
       <c r="P55" s="6">
-        <v>2.5</v>
+        <v>3.1</v>
       </c>
       <c r="Q55" s="6">
-        <v>-1</v>
+        <v>-0.4</v>
       </c>
       <c r="R55" s="6">
-        <v>0.1</v>
+        <v>-0.8</v>
       </c>
       <c r="S55" s="6">
-        <v>2.4</v>
+        <v>-1.3</v>
       </c>
       <c r="T55" s="6">
-        <v>-0.6</v>
+        <v>1.6</v>
       </c>
       <c r="U55" s="6">
-        <v>307</v>
+        <v>389</v>
       </c>
       <c r="V55" s="6">
-        <v>316</v>
+        <v>408</v>
       </c>
       <c r="W55" s="6">
-        <v>288</v>
+        <v>345</v>
       </c>
       <c r="X55" s="6">
-        <v>266</v>
+        <v>318</v>
       </c>
       <c r="Y55" s="6">
-        <v>0</v>
+        <v>0.8</v>
       </c>
       <c r="Z55" s="15">
-        <v>14.09</v>
+        <v>18.809999999999999</v>
       </c>
       <c r="AA55" s="6">
-        <v>8.5</v>
+        <v>9.1999999999999993</v>
       </c>
       <c r="AB55" s="6" t="s">
-        <v>152</v>
+        <v>193</v>
       </c>
       <c r="AC55" s="6" t="s">
-        <v>37</v>
+        <v>149</v>
       </c>
       <c r="AD55" s="6" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="AE55" s="6" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="56" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A56" s="6" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B56" s="6" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C56" s="13">
-        <v>45949</v>
+        <v>46022</v>
       </c>
       <c r="D56" s="6">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E56" s="6">
         <v>100</v>
       </c>
       <c r="F56" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G56" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I56" s="6"/>
       <c r="J56" s="6">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="K56" s="6">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L56" s="14">
-        <v>1410</v>
+        <v>554</v>
       </c>
       <c r="M56" s="6">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="N56" s="6">
+        <v>29</v>
+      </c>
+      <c r="O56" s="6">
+        <v>2.96</v>
+      </c>
+      <c r="P56" s="6">
+        <v>3.7</v>
+      </c>
+      <c r="Q56" s="6">
+        <v>-0.7</v>
+      </c>
+      <c r="R56" s="6">
+        <v>-0.5</v>
+      </c>
+      <c r="S56" s="6">
+        <v>-0.6</v>
+      </c>
+      <c r="T56" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="U56" s="6">
+        <v>458</v>
+      </c>
+      <c r="V56" s="6">
+        <v>476</v>
+      </c>
+      <c r="W56" s="6">
+        <v>415</v>
+      </c>
+      <c r="X56" s="6">
+        <v>411</v>
+      </c>
+      <c r="Y56" s="6">
+        <v>0.9</v>
+      </c>
+      <c r="Z56" s="15">
+        <v>20.350000000000001</v>
+      </c>
+      <c r="AA56" s="6">
+        <v>8</v>
+      </c>
+      <c r="AB56" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="AC56" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="AD56" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE56" s="6" t="s">
         <v>44</v>
-      </c>
-[...49 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="57" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A57" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B57" s="6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C57" s="13">
-        <v>45933</v>
+        <v>45925</v>
       </c>
       <c r="D57" s="6">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>197</v>
+        <v>28</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I57" s="6"/>
       <c r="J57" s="6">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="K57" s="6">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L57" s="14">
-        <v>877</v>
+        <v>267</v>
       </c>
       <c r="M57" s="6">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="N57" s="6">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="O57" s="6">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
       <c r="P57" s="6">
-        <v>1.5</v>
+        <v>5</v>
       </c>
       <c r="Q57" s="6">
-        <v>-1.7</v>
+        <v>1.9</v>
       </c>
       <c r="R57" s="6">
-        <v>-1.6</v>
+        <v>2.5</v>
       </c>
       <c r="S57" s="6">
-        <v>-0.5</v>
+        <v>3</v>
       </c>
       <c r="T57" s="6">
-        <v>-1.4</v>
+        <v>0.8</v>
       </c>
       <c r="U57" s="6">
-        <v>423</v>
+        <v>356</v>
       </c>
       <c r="V57" s="6">
-        <v>443</v>
+        <v>374</v>
       </c>
       <c r="W57" s="6">
-        <v>375</v>
+        <v>317</v>
       </c>
       <c r="X57" s="6">
-        <v>383</v>
+        <v>337</v>
       </c>
       <c r="Y57" s="6">
-        <v>0.6</v>
+        <v>0.3</v>
       </c>
       <c r="Z57" s="15">
-        <v>10.31</v>
+        <v>14.55</v>
       </c>
       <c r="AA57" s="6">
-        <v>8.4</v>
+        <v>7.7</v>
       </c>
       <c r="AB57" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="AC57" s="6" t="s">
         <v>198</v>
       </c>
-      <c r="AC57" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD57" s="6" t="s">
-        <v>95</v>
+        <v>199</v>
       </c>
       <c r="AE57" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C58" s="10">
-        <v>45958</v>
+        <v>46018</v>
       </c>
       <c r="D58" s="5">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E58" s="5">
         <v>100</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="K58" s="5">
         <v>72</v>
       </c>
       <c r="L58" s="11">
-        <v>256</v>
+        <v>1046</v>
       </c>
       <c r="M58" s="5">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="N58" s="5">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="O58" s="5">
         <v>2.86</v>
       </c>
       <c r="P58" s="5">
-        <v>3.8</v>
+        <v>3.3</v>
       </c>
       <c r="Q58" s="5">
-        <v>-0.4</v>
+        <v>0.2</v>
       </c>
       <c r="R58" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="S58" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="T58" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="U58" s="5">
+        <v>490</v>
+      </c>
+      <c r="V58" s="5">
+        <v>493</v>
+      </c>
+      <c r="W58" s="5">
+        <v>487</v>
+      </c>
+      <c r="X58" s="5">
+        <v>466</v>
+      </c>
+      <c r="Y58" s="5">
         <v>-0.2</v>
       </c>
-      <c r="S58" s="5">
-[...19 lines deleted...]
-      </c>
       <c r="Z58" s="12">
-        <v>15.08</v>
+        <v>9.6199999999999992</v>
       </c>
       <c r="AA58" s="5">
-        <v>9.3000000000000007</v>
+        <v>8.4</v>
       </c>
       <c r="AB58" s="5" t="s">
-        <v>36</v>
+        <v>111</v>
       </c>
       <c r="AC58" s="5" t="s">
-        <v>201</v>
+        <v>140</v>
       </c>
       <c r="AD58" s="5" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE58" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="59" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>203</v>
       </c>
       <c r="C59" s="10">
-        <v>45922</v>
+        <v>46013</v>
       </c>
       <c r="D59" s="5">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E59" s="5">
         <v>100</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="K59" s="5">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="L59" s="11">
-        <v>97</v>
+        <v>452</v>
       </c>
       <c r="M59" s="5">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="N59" s="5">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="O59" s="5">
-        <v>2.8</v>
+        <v>2.82</v>
       </c>
       <c r="P59" s="5">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
       <c r="Q59" s="5">
-        <v>-0.9</v>
+        <v>0.1</v>
       </c>
       <c r="R59" s="5">
-        <v>-0.7</v>
+        <v>1.2</v>
       </c>
       <c r="S59" s="5">
-        <v>-0.4</v>
+        <v>1</v>
       </c>
       <c r="T59" s="5">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="U59" s="5">
-        <v>351</v>
+        <v>407</v>
       </c>
       <c r="V59" s="5">
-        <v>376</v>
+        <v>433</v>
       </c>
       <c r="W59" s="5">
-        <v>294</v>
+        <v>350</v>
       </c>
       <c r="X59" s="5">
-        <v>308</v>
+        <v>381</v>
       </c>
       <c r="Y59" s="5">
         <v>0.3</v>
       </c>
       <c r="Z59" s="12">
-        <v>14.48</v>
+        <v>11.8</v>
       </c>
       <c r="AA59" s="5">
-        <v>8.1999999999999993</v>
+        <v>9.1</v>
       </c>
       <c r="AB59" s="5" t="s">
-        <v>189</v>
+        <v>67</v>
       </c>
       <c r="AC59" s="5" t="s">
-        <v>204</v>
+        <v>68</v>
       </c>
       <c r="AD59" s="5" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="AE59" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="60" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B60" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="10">
-        <v>45960</v>
+        <v>46004</v>
       </c>
       <c r="D60" s="5">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E60" s="5">
         <v>100</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="K60" s="5">
         <v>71</v>
       </c>
       <c r="L60" s="11">
-        <v>583</v>
+        <v>625</v>
       </c>
       <c r="M60" s="5">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="N60" s="5">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="O60" s="5">
-        <v>2.83</v>
+        <v>3.01</v>
       </c>
       <c r="P60" s="5">
-        <v>2.2000000000000002</v>
+        <v>4.3</v>
       </c>
       <c r="Q60" s="5">
-        <v>-0.9</v>
+        <v>-0.2</v>
       </c>
       <c r="R60" s="5">
-        <v>-1</v>
+        <v>0.9</v>
       </c>
       <c r="S60" s="5">
-        <v>-0.5</v>
+        <v>1.5</v>
       </c>
       <c r="T60" s="5">
-        <v>1</v>
+        <v>1.8</v>
       </c>
       <c r="U60" s="5">
-        <v>260</v>
+        <v>585</v>
       </c>
       <c r="V60" s="5">
-        <v>274</v>
+        <v>599</v>
       </c>
       <c r="W60" s="5">
-        <v>229</v>
+        <v>551</v>
       </c>
       <c r="X60" s="5">
-        <v>204</v>
+        <v>569</v>
       </c>
       <c r="Y60" s="5">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="Z60" s="12">
-        <v>20.2</v>
+        <v>14.96</v>
       </c>
       <c r="AA60" s="5">
         <v>8.1</v>
       </c>
       <c r="AB60" s="5" t="s">
-        <v>189</v>
+        <v>48</v>
       </c>
       <c r="AC60" s="5" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="AD60" s="5" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="AE60" s="5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="61" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>207</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>208</v>
       </c>
       <c r="C61" s="10">
-        <v>45949</v>
+        <v>45898</v>
       </c>
       <c r="D61" s="5">
         <v>98</v>
       </c>
       <c r="E61" s="5">
         <v>100</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="K61" s="5">
         <v>72</v>
       </c>
       <c r="L61" s="11">
-        <v>157</v>
+        <v>460</v>
       </c>
       <c r="M61" s="5">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="N61" s="5">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="O61" s="5">
-        <v>2.78</v>
+        <v>2.9</v>
       </c>
       <c r="P61" s="5">
-        <v>2.7</v>
+        <v>3</v>
       </c>
       <c r="Q61" s="5">
-        <v>-0.2</v>
+        <v>-0.8</v>
       </c>
       <c r="R61" s="5">
-        <v>0.5</v>
+        <v>-0.6</v>
       </c>
       <c r="S61" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="T61" s="5">
-        <v>0.4</v>
+        <v>-0.3</v>
       </c>
       <c r="U61" s="5">
-        <v>302</v>
+        <v>432</v>
       </c>
       <c r="V61" s="5">
-        <v>314</v>
+        <v>454</v>
       </c>
       <c r="W61" s="5">
-        <v>277</v>
+        <v>381</v>
       </c>
       <c r="X61" s="5">
-        <v>269</v>
+        <v>379</v>
       </c>
       <c r="Y61" s="5">
-        <v>-0.1</v>
+        <v>0.7</v>
       </c>
       <c r="Z61" s="12">
-        <v>14.14</v>
+        <v>13.36</v>
       </c>
       <c r="AA61" s="5">
-        <v>8.4</v>
+        <v>8.6</v>
       </c>
       <c r="AB61" s="5" t="s">
-        <v>152</v>
+        <v>209</v>
       </c>
       <c r="AC61" s="5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="AD61" s="5" t="s">
-        <v>95</v>
+        <v>210</v>
       </c>
       <c r="AE61" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C62" s="10">
-        <v>45952</v>
+        <v>46001</v>
       </c>
       <c r="D62" s="5">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E62" s="5">
         <v>100</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5">
-        <v>122</v>
+        <v>149</v>
       </c>
       <c r="K62" s="5">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L62" s="11">
-        <v>885</v>
+        <v>324</v>
       </c>
       <c r="M62" s="5">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="N62" s="5">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="O62" s="5">
-        <v>2.9</v>
+        <v>2.81</v>
       </c>
       <c r="P62" s="5">
-        <v>2.6</v>
+        <v>3.3</v>
       </c>
       <c r="Q62" s="5">
-        <v>-2.1</v>
+        <v>0.9</v>
       </c>
       <c r="R62" s="5">
-        <v>-2.9</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="S62" s="5">
-        <v>-0.3</v>
+        <v>-1.4</v>
       </c>
       <c r="T62" s="5">
-        <v>-1.2</v>
+        <v>1.7</v>
       </c>
       <c r="U62" s="5">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="V62" s="5">
-        <v>412</v>
+        <v>442</v>
       </c>
       <c r="W62" s="5">
-        <v>405</v>
+        <v>393</v>
       </c>
       <c r="X62" s="5">
-        <v>342</v>
+        <v>404</v>
       </c>
       <c r="Y62" s="5">
-        <v>0.9</v>
+        <v>0.1</v>
       </c>
       <c r="Z62" s="12">
-        <v>15.99</v>
+        <v>13.7</v>
       </c>
       <c r="AA62" s="5">
-        <v>8.5</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="AB62" s="5" t="s">
-        <v>163</v>
+        <v>213</v>
       </c>
       <c r="AC62" s="5" t="s">
-        <v>94</v>
+        <v>214</v>
       </c>
       <c r="AD62" s="5" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="AE62" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A63" s="6" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B63" s="6" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C63" s="13">
-        <v>45957</v>
+        <v>46004</v>
       </c>
       <c r="D63" s="6">
         <v>98</v>
       </c>
       <c r="E63" s="6">
         <v>100</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I63" s="6"/>
       <c r="J63" s="6">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="K63" s="6">
         <v>72</v>
       </c>
       <c r="L63" s="14">
-        <v>262</v>
+        <v>621</v>
       </c>
       <c r="M63" s="6">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N63" s="6">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="O63" s="6">
-        <v>2.92</v>
+        <v>3.08</v>
       </c>
       <c r="P63" s="6">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="Q63" s="6">
-        <v>-1.9</v>
+        <v>1.6</v>
       </c>
       <c r="R63" s="6">
-        <v>-1.6</v>
+        <v>2</v>
       </c>
       <c r="S63" s="6">
-        <v>-0.1</v>
+        <v>1.3</v>
       </c>
       <c r="T63" s="6">
-        <v>0.4</v>
+        <v>-0.4</v>
       </c>
       <c r="U63" s="6">
-        <v>400</v>
+        <v>298</v>
       </c>
       <c r="V63" s="6">
-        <v>425</v>
+        <v>304</v>
       </c>
       <c r="W63" s="6">
-        <v>340</v>
+        <v>283</v>
       </c>
       <c r="X63" s="6">
-        <v>326</v>
+        <v>289</v>
       </c>
       <c r="Y63" s="6">
-        <v>0.4</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="Z63" s="15">
-        <v>12.73</v>
+        <v>20.149999999999999</v>
       </c>
       <c r="AA63" s="6">
-        <v>8.4</v>
+        <v>8.6</v>
       </c>
       <c r="AB63" s="6" t="s">
-        <v>132</v>
+        <v>217</v>
       </c>
       <c r="AC63" s="6" t="s">
-        <v>77</v>
+        <v>218</v>
       </c>
       <c r="AD63" s="6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AE63" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A64" s="6" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B64" s="6" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C64" s="13">
-        <v>45957</v>
+        <v>46011</v>
       </c>
       <c r="D64" s="6">
         <v>97</v>
       </c>
       <c r="E64" s="6">
         <v>100</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>162</v>
+        <v>28</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I64" s="6"/>
       <c r="J64" s="6">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="K64" s="6">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L64" s="14">
-        <v>505</v>
+        <v>252</v>
       </c>
       <c r="M64" s="6">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N64" s="6">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="O64" s="6">
-        <v>2.91</v>
+        <v>2.85</v>
       </c>
       <c r="P64" s="6">
-        <v>3.3</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="Q64" s="6">
-        <v>-0.5</v>
+        <v>0.1</v>
       </c>
       <c r="R64" s="6">
-        <v>-0.9</v>
+        <v>-0.2</v>
       </c>
       <c r="S64" s="6">
-        <v>0.2</v>
+        <v>1.6</v>
       </c>
       <c r="T64" s="6">
-        <v>-1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="U64" s="6">
-        <v>372</v>
+        <v>459</v>
       </c>
       <c r="V64" s="6">
-        <v>378</v>
+        <v>474</v>
       </c>
       <c r="W64" s="6">
-        <v>360</v>
+        <v>426</v>
       </c>
       <c r="X64" s="6">
-        <v>339</v>
+        <v>412</v>
       </c>
       <c r="Y64" s="6">
-        <v>0.8</v>
+        <v>1</v>
       </c>
       <c r="Z64" s="15">
-        <v>15.66</v>
+        <v>20.92</v>
       </c>
       <c r="AA64" s="6">
-        <v>8.1</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="AB64" s="6" t="s">
-        <v>163</v>
+        <v>54</v>
       </c>
       <c r="AC64" s="6" t="s">
-        <v>94</v>
+        <v>145</v>
       </c>
       <c r="AD64" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE64" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="65" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A65" s="6" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B65" s="6" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C65" s="13">
-        <v>45934</v>
+        <v>46027</v>
       </c>
       <c r="D65" s="6">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E65" s="6">
         <v>100</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I65" s="6"/>
       <c r="J65" s="6">
-        <v>121</v>
+        <v>147</v>
       </c>
       <c r="K65" s="6">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="L65" s="14">
-        <v>1077</v>
+        <v>941</v>
       </c>
       <c r="M65" s="6">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="N65" s="6">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="O65" s="6">
-        <v>3.02</v>
+        <v>2.94</v>
       </c>
       <c r="P65" s="6">
-        <v>0.7</v>
+        <v>3.1</v>
       </c>
       <c r="Q65" s="6">
-        <v>-1.9</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="R65" s="6">
-        <v>-1.4</v>
+        <v>-0.7</v>
       </c>
       <c r="S65" s="6">
-        <v>-0.7</v>
+        <v>0.8</v>
       </c>
       <c r="T65" s="6">
-        <v>-1.6</v>
+        <v>-1.3</v>
       </c>
       <c r="U65" s="6">
-        <v>306</v>
+        <v>477</v>
       </c>
       <c r="V65" s="6">
-        <v>312</v>
+        <v>480</v>
       </c>
       <c r="W65" s="6">
-        <v>291</v>
+        <v>473</v>
       </c>
       <c r="X65" s="6">
-        <v>260</v>
+        <v>440</v>
       </c>
       <c r="Y65" s="6">
-        <v>0.5</v>
+        <v>1.2</v>
       </c>
       <c r="Z65" s="15">
-        <v>15.35</v>
+        <v>14.09</v>
       </c>
       <c r="AA65" s="6">
-        <v>8.8000000000000007</v>
+        <v>7.2</v>
       </c>
       <c r="AB65" s="6" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="AC65" s="6" t="s">
-        <v>218</v>
+        <v>162</v>
       </c>
       <c r="AD65" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE65" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A66" s="6" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B66" s="6" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C66" s="13">
-        <v>45954</v>
+        <v>46016</v>
       </c>
       <c r="D66" s="6">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="E66" s="6">
         <v>100</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>221</v>
+        <v>27</v>
       </c>
       <c r="G66" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I66" s="6"/>
       <c r="J66" s="6">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="K66" s="6">
         <v>71</v>
       </c>
       <c r="L66" s="14">
-        <v>282</v>
+        <v>706</v>
       </c>
       <c r="M66" s="6">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="N66" s="6">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="O66" s="6">
-        <v>2.87</v>
+        <v>2.99</v>
       </c>
       <c r="P66" s="6">
-        <v>2.4</v>
+        <v>2.7</v>
       </c>
       <c r="Q66" s="6">
-        <v>-2</v>
+        <v>-2.9</v>
       </c>
       <c r="R66" s="6">
-        <v>-1.8</v>
+        <v>-2.5</v>
       </c>
       <c r="S66" s="6">
-        <v>0.1</v>
+        <v>0.8</v>
       </c>
       <c r="T66" s="6">
-        <v>0.5</v>
+        <v>-0.3</v>
       </c>
       <c r="U66" s="6">
-        <v>362</v>
+        <v>499</v>
       </c>
       <c r="V66" s="6">
-        <v>377</v>
+        <v>526</v>
       </c>
       <c r="W66" s="6">
-        <v>330</v>
+        <v>436</v>
       </c>
       <c r="X66" s="6">
-        <v>302</v>
+        <v>420</v>
       </c>
       <c r="Y66" s="6">
-        <v>0.7</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="Z66" s="15">
-        <v>20.170000000000002</v>
+        <v>17.3</v>
       </c>
       <c r="AA66" s="6">
-        <v>8.6</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="AB66" s="6" t="s">
-        <v>189</v>
+        <v>165</v>
       </c>
       <c r="AC66" s="6" t="s">
-        <v>222</v>
+        <v>186</v>
       </c>
       <c r="AD66" s="6" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="AE66" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A67" s="6" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="B67" s="6" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C67" s="13">
-        <v>45970</v>
+        <v>46042</v>
       </c>
       <c r="D67" s="6">
         <v>98</v>
       </c>
       <c r="E67" s="6">
         <v>100</v>
       </c>
       <c r="F67" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I67" s="6"/>
       <c r="J67" s="6">
-        <v>116</v>
+        <v>145</v>
       </c>
       <c r="K67" s="6">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="L67" s="14">
-        <v>-8</v>
+        <v>434</v>
       </c>
       <c r="M67" s="6">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="N67" s="6">
-        <v>19</v>
+        <v>37</v>
       </c>
       <c r="O67" s="6">
-        <v>2.96</v>
+        <v>2.88</v>
       </c>
       <c r="P67" s="6">
-        <v>0.6</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="Q67" s="6">
+        <v>-1.7</v>
+      </c>
+      <c r="R67" s="6">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="S67" s="6">
+        <v>0</v>
+      </c>
+      <c r="T67" s="6">
+        <v>-0.8</v>
+      </c>
+      <c r="U67" s="6">
+        <v>462</v>
+      </c>
+      <c r="V67" s="6">
+        <v>498</v>
+      </c>
+      <c r="W67" s="6">
+        <v>378</v>
+      </c>
+      <c r="X67" s="6">
+        <v>418</v>
+      </c>
+      <c r="Y67" s="6">
         <v>0.7</v>
       </c>
-      <c r="R67" s="6">
-[...22 lines deleted...]
-      </c>
       <c r="Z67" s="15">
-        <v>7.77</v>
+        <v>12.97</v>
       </c>
       <c r="AA67" s="6">
-        <v>8.6</v>
+        <v>8.9</v>
       </c>
       <c r="AB67" s="6" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="AC67" s="6" t="s">
-        <v>226</v>
+        <v>68</v>
       </c>
       <c r="AD67" s="6" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE67" s="6" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="68" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C68" s="10">
-        <v>45945</v>
+        <v>45936</v>
       </c>
       <c r="D68" s="5">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E68" s="5">
         <v>100</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="K68" s="5">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L68" s="11">
-        <v>-381</v>
+        <v>172</v>
       </c>
       <c r="M68" s="5">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="N68" s="5">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="O68" s="5">
-        <v>2.87</v>
+        <v>2.95</v>
       </c>
       <c r="P68" s="5">
-        <v>1.2</v>
+        <v>3.4</v>
       </c>
       <c r="Q68" s="5">
-        <v>1.7</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="R68" s="5">
-        <v>2.2000000000000002</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="S68" s="5">
-        <v>-0.8</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="T68" s="5">
-        <v>-1.6</v>
+        <v>0.6</v>
       </c>
       <c r="U68" s="5">
-        <v>246</v>
+        <v>379</v>
       </c>
       <c r="V68" s="5">
-        <v>276</v>
+        <v>407</v>
       </c>
       <c r="W68" s="5">
-        <v>177</v>
+        <v>311</v>
       </c>
       <c r="X68" s="5">
-        <v>290</v>
+        <v>382</v>
       </c>
       <c r="Y68" s="5">
-        <v>-0.1</v>
+        <v>-0.3</v>
       </c>
       <c r="Z68" s="12">
-        <v>9.4600000000000009</v>
+        <v>9.41</v>
       </c>
       <c r="AA68" s="5">
-        <v>6</v>
+        <v>7.8</v>
       </c>
       <c r="AB68" s="5" t="s">
-        <v>229</v>
+        <v>179</v>
       </c>
       <c r="AC68" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="AD68" s="5" t="s">
-        <v>231</v>
+        <v>199</v>
       </c>
       <c r="AE68" s="5" t="s">
-        <v>232</v>
+        <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="B69" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="B69" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" s="10">
-        <v>45967</v>
+        <v>46018</v>
       </c>
       <c r="D69" s="5">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="E69" s="5">
         <v>100</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="K69" s="5">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="L69" s="11">
-        <v>400</v>
+        <v>389</v>
       </c>
       <c r="M69" s="5">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="N69" s="5">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="O69" s="5">
-        <v>2.91</v>
+        <v>2.95</v>
       </c>
       <c r="P69" s="5">
-        <v>2.4</v>
+        <v>3.4</v>
       </c>
       <c r="Q69" s="5">
-        <v>-0.2</v>
+        <v>-1.4</v>
       </c>
       <c r="R69" s="5">
-        <v>0.2</v>
+        <v>-1.3</v>
       </c>
       <c r="S69" s="5">
-        <v>0.6</v>
+        <v>1.2</v>
       </c>
       <c r="T69" s="5">
-        <v>-0.1</v>
+        <v>0.3</v>
       </c>
       <c r="U69" s="5">
-        <v>183</v>
+        <v>508</v>
       </c>
       <c r="V69" s="5">
-        <v>196</v>
+        <v>538</v>
       </c>
       <c r="W69" s="5">
-        <v>153</v>
+        <v>439</v>
       </c>
       <c r="X69" s="5">
-        <v>146</v>
+        <v>459</v>
       </c>
       <c r="Y69" s="5">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="Z69" s="12">
-        <v>16.739999999999998</v>
+        <v>13.96</v>
       </c>
       <c r="AA69" s="5">
-        <v>9.3000000000000007</v>
+        <v>7.7</v>
       </c>
       <c r="AB69" s="5" t="s">
-        <v>235</v>
+        <v>165</v>
       </c>
       <c r="AC69" s="5" t="s">
-        <v>236</v>
+        <v>186</v>
       </c>
       <c r="AD69" s="5" t="s">
-        <v>95</v>
+        <v>56</v>
       </c>
       <c r="AE69" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C70" s="10">
-        <v>45950</v>
+        <v>46013</v>
       </c>
       <c r="D70" s="5">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E70" s="5">
         <v>100</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="K70" s="5">
         <v>71</v>
       </c>
       <c r="L70" s="11">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="M70" s="5">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N70" s="5">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="O70" s="5">
-        <v>3.03</v>
+        <v>2.82</v>
       </c>
       <c r="P70" s="5">
-        <v>0.9</v>
+        <v>2.5</v>
       </c>
       <c r="Q70" s="5">
-        <v>-0.5</v>
+        <v>1</v>
       </c>
       <c r="R70" s="5">
-        <v>-0.9</v>
+        <v>1.9</v>
       </c>
       <c r="S70" s="5">
-        <v>0.2</v>
+        <v>2.7</v>
       </c>
       <c r="T70" s="5">
         <v>-0.5</v>
       </c>
       <c r="U70" s="5">
-        <v>242</v>
+        <v>438</v>
       </c>
       <c r="V70" s="5">
-        <v>256</v>
+        <v>464</v>
       </c>
       <c r="W70" s="5">
-        <v>208</v>
+        <v>381</v>
       </c>
       <c r="X70" s="5">
-        <v>221</v>
+        <v>464</v>
       </c>
       <c r="Y70" s="5">
-        <v>0.5</v>
+        <v>-0.3</v>
       </c>
       <c r="Z70" s="12">
-        <v>18.239999999999998</v>
+        <v>11.67</v>
       </c>
       <c r="AA70" s="5">
-        <v>8.4</v>
+        <v>7.3</v>
       </c>
       <c r="AB70" s="5" t="s">
-        <v>239</v>
+        <v>54</v>
       </c>
       <c r="AC70" s="5" t="s">
-        <v>204</v>
+        <v>55</v>
       </c>
       <c r="AD70" s="5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AE70" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="71" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C71" s="10">
-        <v>45923</v>
+        <v>46026</v>
       </c>
       <c r="D71" s="5">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E71" s="5">
         <v>100</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="K71" s="5">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="L71" s="11">
-        <v>475</v>
+        <v>82</v>
       </c>
       <c r="M71" s="5">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="N71" s="5">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="O71" s="5">
-        <v>2.85</v>
+        <v>2.76</v>
       </c>
       <c r="P71" s="5">
-        <v>1.9</v>
+        <v>3.8</v>
       </c>
       <c r="Q71" s="5">
-        <v>0.4</v>
+        <v>1.5</v>
       </c>
       <c r="R71" s="5">
-        <v>1.1000000000000001</v>
+        <v>2.7</v>
       </c>
       <c r="S71" s="5">
+        <v>2.7</v>
+      </c>
+      <c r="T71" s="5">
         <v>0</v>
       </c>
-      <c r="T71" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="U71" s="5">
-        <v>93</v>
+        <v>358</v>
       </c>
       <c r="V71" s="5">
-        <v>88</v>
+        <v>378</v>
       </c>
       <c r="W71" s="5">
-        <v>110</v>
+        <v>315</v>
       </c>
       <c r="X71" s="5">
-        <v>83</v>
+        <v>369</v>
       </c>
       <c r="Y71" s="5">
-        <v>1.3</v>
+        <v>-0.2</v>
       </c>
       <c r="Z71" s="12">
-        <v>21.93</v>
+        <v>14.6</v>
       </c>
       <c r="AA71" s="5">
-        <v>7.9</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="AB71" s="5" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="AC71" s="5" t="s">
-        <v>243</v>
+        <v>55</v>
       </c>
       <c r="AD71" s="5" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="AE71" s="5" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="72" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C72" s="10">
-        <v>45933</v>
+        <v>46013</v>
       </c>
       <c r="D72" s="5">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E72" s="5">
         <v>100</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5">
-        <v>88</v>
+        <v>141</v>
       </c>
       <c r="K72" s="5">
         <v>72</v>
       </c>
       <c r="L72" s="11">
-        <v>-93</v>
+        <v>245</v>
       </c>
       <c r="M72" s="5">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="N72" s="5">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="O72" s="5">
-        <v>2.91</v>
+        <v>2.95</v>
       </c>
       <c r="P72" s="5">
-        <v>2.2999999999999998</v>
+        <v>3.4</v>
       </c>
       <c r="Q72" s="5">
-        <v>-0.8</v>
+        <v>-0.2</v>
       </c>
       <c r="R72" s="5">
-        <v>-1.3</v>
+        <v>0.7</v>
       </c>
       <c r="S72" s="5">
-        <v>-0.3</v>
+        <v>0.6</v>
       </c>
       <c r="T72" s="5">
-        <v>-0.4</v>
+        <v>1</v>
       </c>
       <c r="U72" s="5">
-        <v>172</v>
+        <v>453</v>
       </c>
       <c r="V72" s="5">
-        <v>187</v>
+        <v>475</v>
       </c>
       <c r="W72" s="5">
-        <v>140</v>
+        <v>403</v>
       </c>
       <c r="X72" s="5">
-        <v>131</v>
+        <v>425</v>
       </c>
       <c r="Y72" s="5">
-        <v>1.1000000000000001</v>
+        <v>0.6</v>
       </c>
       <c r="Z72" s="12">
-        <v>19.73</v>
+        <v>15.9</v>
       </c>
       <c r="AA72" s="5">
-        <v>8.3000000000000007</v>
+        <v>9.1</v>
       </c>
       <c r="AB72" s="5" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="AC72" s="5"/>
+        <v>67</v>
+      </c>
+      <c r="AC72" s="5" t="s">
+        <v>68</v>
+      </c>
       <c r="AD72" s="5" t="s">
-        <v>231</v>
+        <v>69</v>
       </c>
       <c r="AE72" s="5" t="s">
-        <v>232</v>
+        <v>44</v>
       </c>
     </row>
     <row r="73" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A73" s="6" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="B73" s="6" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="C73" s="13">
-        <v>45885</v>
+        <v>45872</v>
       </c>
       <c r="D73" s="6">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E73" s="6">
         <v>100</v>
       </c>
       <c r="F73" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="I73" s="6"/>
       <c r="J73" s="6">
-        <v>73</v>
+        <v>141</v>
       </c>
       <c r="K73" s="6">
         <v>73</v>
       </c>
       <c r="L73" s="14">
-        <v>305</v>
+        <v>158</v>
       </c>
       <c r="M73" s="6">
-        <v>-5</v>
+        <v>35</v>
       </c>
       <c r="N73" s="6">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="O73" s="6">
-        <v>3.15</v>
+        <v>2.86</v>
       </c>
       <c r="P73" s="6">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
       <c r="Q73" s="6">
-        <v>0.4</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="R73" s="6">
-        <v>0.7</v>
+        <v>1.3</v>
       </c>
       <c r="S73" s="6">
-        <v>0.3</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="T73" s="6">
-        <v>1.4</v>
+        <v>1.8</v>
       </c>
       <c r="U73" s="6">
-        <v>93</v>
+        <v>376</v>
       </c>
       <c r="V73" s="6">
-        <v>81</v>
+        <v>393</v>
       </c>
       <c r="W73" s="6">
-        <v>118</v>
+        <v>337</v>
       </c>
       <c r="X73" s="6">
-        <v>74</v>
+        <v>351</v>
       </c>
       <c r="Y73" s="6">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="Z73" s="15">
-        <v>18.37</v>
+        <v>11.88</v>
       </c>
       <c r="AA73" s="6">
-        <v>7.9</v>
+        <v>6</v>
       </c>
       <c r="AB73" s="6" t="s">
-        <v>249</v>
+        <v>179</v>
       </c>
       <c r="AC73" s="6" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="AD73" s="6" t="s">
-        <v>251</v>
+        <v>199</v>
       </c>
       <c r="AE73" s="6" t="s">
-        <v>252</v>
+        <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A74" s="6" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="B74" s="6" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="C74" s="13">
-        <v>45967</v>
+        <v>46001</v>
       </c>
       <c r="D74" s="6">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E74" s="6">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>221</v>
+        <v>27</v>
       </c>
       <c r="G74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I74" s="6"/>
       <c r="J74" s="6">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="K74" s="6">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="L74" s="14">
-        <v>-58</v>
+        <v>958</v>
       </c>
       <c r="M74" s="6">
-        <v>-5</v>
+        <v>33</v>
       </c>
       <c r="N74" s="6">
-        <v>-8</v>
+        <v>26</v>
       </c>
       <c r="O74" s="6">
-        <v>2.93</v>
+        <v>2.88</v>
       </c>
       <c r="P74" s="6">
-        <v>1.9</v>
+        <v>3.5</v>
       </c>
       <c r="Q74" s="6">
+        <v>0.4</v>
+      </c>
+      <c r="R74" s="6">
+        <v>1.5</v>
+      </c>
+      <c r="S74" s="6">
+        <v>0.3</v>
+      </c>
+      <c r="T74" s="6">
+        <v>-0.4</v>
+      </c>
+      <c r="U74" s="6">
+        <v>386</v>
+      </c>
+      <c r="V74" s="6">
+        <v>385</v>
+      </c>
+      <c r="W74" s="6">
+        <v>391</v>
+      </c>
+      <c r="X74" s="6">
+        <v>361</v>
+      </c>
+      <c r="Y74" s="6">
         <v>-0.2</v>
       </c>
-      <c r="R74" s="6">
-[...8 lines deleted...]
-      <c r="U74" s="6">
+      <c r="Z74" s="15">
+        <v>7.98</v>
+      </c>
+      <c r="AA74" s="6">
+        <v>7.3</v>
+      </c>
+      <c r="AB74" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC74" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="AD74" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="V74" s="6">
-[...25 lines deleted...]
-      </c>
       <c r="AE74" s="6" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A75" s="6" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="B75" s="6" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="C75" s="13">
-        <v>45923</v>
+        <v>45988</v>
       </c>
       <c r="D75" s="6">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E75" s="6">
         <v>100</v>
       </c>
       <c r="F75" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I75" s="6"/>
       <c r="J75" s="6">
-        <v>-5</v>
+        <v>139</v>
       </c>
       <c r="K75" s="6">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="L75" s="14">
-        <v>81</v>
+        <v>669</v>
       </c>
       <c r="M75" s="6">
-        <v>-22</v>
+        <v>36</v>
       </c>
       <c r="N75" s="6">
-        <v>-8</v>
+        <v>25</v>
       </c>
       <c r="O75" s="6">
-        <v>3.13</v>
+        <v>2.93</v>
       </c>
       <c r="P75" s="6">
-        <v>-1.6</v>
+        <v>3.5</v>
       </c>
       <c r="Q75" s="6">
-        <v>-1</v>
+        <v>0.7</v>
       </c>
       <c r="R75" s="6">
-        <v>-1.5</v>
+        <v>1.6</v>
       </c>
       <c r="S75" s="6">
-        <v>-2.7</v>
+        <v>1.6</v>
       </c>
       <c r="T75" s="6">
-        <v>0</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="U75" s="6">
-        <v>-244</v>
+        <v>468</v>
       </c>
       <c r="V75" s="6">
-        <v>-262</v>
+        <v>477</v>
       </c>
       <c r="W75" s="6">
-        <v>-205</v>
+        <v>450</v>
       </c>
       <c r="X75" s="6">
-        <v>-263</v>
+        <v>461</v>
       </c>
       <c r="Y75" s="6">
-        <v>0.7</v>
+        <v>-0.2</v>
       </c>
       <c r="Z75" s="15">
-        <v>21.52</v>
+        <v>8.09</v>
       </c>
       <c r="AA75" s="6">
-        <v>7.8</v>
+        <v>7.7</v>
       </c>
       <c r="AB75" s="6" t="s">
-        <v>259</v>
+        <v>209</v>
       </c>
       <c r="AC75" s="6" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="AD75" s="6" t="s">
-        <v>256</v>
+        <v>43</v>
       </c>
       <c r="AE75" s="6" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
     </row>
     <row r="76" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A76" s="6" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="B76" s="6" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="C76" s="13">
-        <v>45913</v>
+        <v>45975</v>
       </c>
       <c r="D76" s="6">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E76" s="6">
         <v>100</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="I76" s="6"/>
       <c r="J76" s="6">
-        <v>-30</v>
+        <v>137</v>
       </c>
       <c r="K76" s="6">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L76" s="14">
-        <v>-1938</v>
+        <v>594</v>
       </c>
       <c r="M76" s="6">
-        <v>-46</v>
+        <v>42</v>
       </c>
       <c r="N76" s="6">
-        <v>-56</v>
+        <v>31</v>
       </c>
       <c r="O76" s="6">
-        <v>2.86</v>
+        <v>2.91</v>
       </c>
       <c r="P76" s="6">
-        <v>-0.2</v>
+        <v>3.2</v>
       </c>
       <c r="Q76" s="6">
-        <v>1.8</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="R76" s="6">
-        <v>1.7</v>
+        <v>-0.5</v>
       </c>
       <c r="S76" s="6">
-        <v>-2.4</v>
+        <v>0.5</v>
       </c>
       <c r="T76" s="6">
-        <v>1</v>
+        <v>0.9</v>
       </c>
       <c r="U76" s="6">
-        <v>-397</v>
+        <v>442</v>
       </c>
       <c r="V76" s="6">
-        <v>-391</v>
+        <v>462</v>
       </c>
       <c r="W76" s="6">
-        <v>-408</v>
+        <v>395</v>
       </c>
       <c r="X76" s="6">
-        <v>-365</v>
+        <v>387</v>
       </c>
       <c r="Y76" s="6">
-        <v>0.1</v>
+        <v>0.4</v>
       </c>
       <c r="Z76" s="15">
-        <v>17.59</v>
+        <v>12.67</v>
       </c>
       <c r="AA76" s="6">
-        <v>6.2</v>
+        <v>9.5</v>
       </c>
       <c r="AB76" s="6" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
       <c r="AC76" s="6" t="s">
-        <v>264</v>
+        <v>68</v>
       </c>
       <c r="AD76" s="6" t="s">
-        <v>265</v>
+        <v>43</v>
       </c>
       <c r="AE76" s="6" t="s">
-        <v>266</v>
+        <v>44</v>
       </c>
     </row>
     <row r="77" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A77" s="6" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="B77" s="6" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="C77" s="13">
-        <v>45836</v>
+        <v>45989</v>
       </c>
       <c r="D77" s="6">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E77" s="6">
         <v>100</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G77" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>29</v>
+        <v>133</v>
       </c>
       <c r="I77" s="6"/>
       <c r="J77" s="6">
-        <v>-33</v>
+        <v>135</v>
       </c>
       <c r="K77" s="6">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="L77" s="14">
-        <v>-428</v>
+        <v>821</v>
       </c>
       <c r="M77" s="6">
-        <v>-55</v>
+        <v>43</v>
       </c>
       <c r="N77" s="6">
-        <v>-24</v>
+        <v>33</v>
       </c>
       <c r="O77" s="6">
-        <v>3</v>
+        <v>2.89</v>
       </c>
       <c r="P77" s="6">
-        <v>-0.6</v>
+        <v>2.7</v>
       </c>
       <c r="Q77" s="6">
-        <v>-1.4</v>
+        <v>-1</v>
       </c>
       <c r="R77" s="6">
-        <v>-1.7</v>
+        <v>0.2</v>
       </c>
       <c r="S77" s="6">
-        <v>-0.5</v>
+        <v>0.3</v>
       </c>
       <c r="T77" s="6">
-        <v>-0.8</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="U77" s="6">
-        <v>-339</v>
+        <v>464</v>
       </c>
       <c r="V77" s="6">
-        <v>-355</v>
+        <v>478</v>
       </c>
       <c r="W77" s="6">
-        <v>-302</v>
+        <v>433</v>
       </c>
       <c r="X77" s="6">
-        <v>-353</v>
+        <v>420</v>
       </c>
       <c r="Y77" s="6">
-        <v>0.6</v>
+        <v>-0.1</v>
       </c>
       <c r="Z77" s="15">
-        <v>18.36</v>
+        <v>8.98</v>
       </c>
       <c r="AA77" s="6">
-        <v>6.5</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="AB77" s="6" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
       <c r="AC77" s="6" t="s">
-        <v>270</v>
+        <v>175</v>
       </c>
       <c r="AD77" s="6" t="s">
-        <v>271</v>
+        <v>176</v>
       </c>
       <c r="AE77" s="6" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
     </row>
     <row r="78" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
-        <v>272</v>
+        <v>255</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>273</v>
+        <v>256</v>
       </c>
       <c r="C78" s="10">
-        <v>45979</v>
+        <v>45866</v>
       </c>
       <c r="D78" s="5">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="E78" s="5">
         <v>100</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="G78" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I78" s="5"/>
       <c r="J78" s="5">
-        <v>-108</v>
+        <v>135</v>
       </c>
       <c r="K78" s="5">
+        <v>76</v>
+      </c>
+      <c r="L78" s="11">
+        <v>454</v>
+      </c>
+      <c r="M78" s="5">
+        <v>37</v>
+      </c>
+      <c r="N78" s="5">
+        <v>26</v>
+      </c>
+      <c r="O78" s="5">
+        <v>2.94</v>
+      </c>
+      <c r="P78" s="5">
+        <v>2</v>
+      </c>
+      <c r="Q78" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="R78" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="S78" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="T78" s="5">
+        <v>-0.2</v>
+      </c>
+      <c r="U78" s="5">
+        <v>299</v>
+      </c>
+      <c r="V78" s="5">
+        <v>318</v>
+      </c>
+      <c r="W78" s="5">
+        <v>256</v>
+      </c>
+      <c r="X78" s="5">
+        <v>291</v>
+      </c>
+      <c r="Y78" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="Z78" s="12">
+        <v>10.47</v>
+      </c>
+      <c r="AA78" s="5">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="AB78" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC78" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="AD78" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="AE78" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="79" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A79" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="C79" s="10">
+        <v>46026</v>
+      </c>
+      <c r="D79" s="5">
+        <v>99</v>
+      </c>
+      <c r="E79" s="5">
+        <v>100</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I79" s="5"/>
+      <c r="J79" s="5">
+        <v>134</v>
+      </c>
+      <c r="K79" s="5">
+        <v>72</v>
+      </c>
+      <c r="L79" s="11">
+        <v>-214</v>
+      </c>
+      <c r="M79" s="5">
+        <v>38</v>
+      </c>
+      <c r="N79" s="5">
+        <v>15</v>
+      </c>
+      <c r="O79" s="5">
+        <v>2.9</v>
+      </c>
+      <c r="P79" s="5">
+        <v>2.7</v>
+      </c>
+      <c r="Q79" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="R79" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="S79" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="T79" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="U79" s="5">
+        <v>371</v>
+      </c>
+      <c r="V79" s="5">
+        <v>403</v>
+      </c>
+      <c r="W79" s="5">
+        <v>296</v>
+      </c>
+      <c r="X79" s="5">
+        <v>368</v>
+      </c>
+      <c r="Y79" s="5">
+        <v>-0.4</v>
+      </c>
+      <c r="Z79" s="12">
+        <v>8.64</v>
+      </c>
+      <c r="AA79" s="5">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="AB79" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="AC79" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD79" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE79" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="80" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A80" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C80" s="10">
+        <v>46016</v>
+      </c>
+      <c r="D80" s="5">
+        <v>99</v>
+      </c>
+      <c r="E80" s="5">
+        <v>100</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I80" s="5"/>
+      <c r="J80" s="5">
+        <v>133</v>
+      </c>
+      <c r="K80" s="5">
+        <v>73</v>
+      </c>
+      <c r="L80" s="11">
+        <v>622</v>
+      </c>
+      <c r="M80" s="5">
+        <v>14</v>
+      </c>
+      <c r="N80" s="5">
+        <v>13</v>
+      </c>
+      <c r="O80" s="5">
+        <v>2.84</v>
+      </c>
+      <c r="P80" s="5">
+        <v>3.9</v>
+      </c>
+      <c r="Q80" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="R80" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="S80" s="5">
+        <v>-0.3</v>
+      </c>
+      <c r="T80" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="U80" s="5">
+        <v>297</v>
+      </c>
+      <c r="V80" s="5">
+        <v>292</v>
+      </c>
+      <c r="W80" s="5">
+        <v>311</v>
+      </c>
+      <c r="X80" s="5">
+        <v>266</v>
+      </c>
+      <c r="Y80" s="5">
+        <v>1</v>
+      </c>
+      <c r="Z80" s="12">
+        <v>22.49</v>
+      </c>
+      <c r="AA80" s="5">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="AB80" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="AC80" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="AD80" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="AE80" s="5" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="81" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A81" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="C81" s="10">
+        <v>46013</v>
+      </c>
+      <c r="D81" s="5">
+        <v>98</v>
+      </c>
+      <c r="E81" s="5">
+        <v>100</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I81" s="5"/>
+      <c r="J81" s="5">
+        <v>130</v>
+      </c>
+      <c r="K81" s="5">
+        <v>71</v>
+      </c>
+      <c r="L81" s="11">
+        <v>235</v>
+      </c>
+      <c r="M81" s="5">
+        <v>39</v>
+      </c>
+      <c r="N81" s="5">
+        <v>22</v>
+      </c>
+      <c r="O81" s="5">
+        <v>2.8</v>
+      </c>
+      <c r="P81" s="5">
+        <v>2.7</v>
+      </c>
+      <c r="Q81" s="5">
+        <v>-0.7</v>
+      </c>
+      <c r="R81" s="5">
+        <v>-0.2</v>
+      </c>
+      <c r="S81" s="5">
+        <v>1.6</v>
+      </c>
+      <c r="T81" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="U81" s="5">
+        <v>440</v>
+      </c>
+      <c r="V81" s="5">
+        <v>465</v>
+      </c>
+      <c r="W81" s="5">
+        <v>383</v>
+      </c>
+      <c r="X81" s="5">
+        <v>416</v>
+      </c>
+      <c r="Y81" s="5">
+        <v>0.3</v>
+      </c>
+      <c r="Z81" s="12">
+        <v>12.88</v>
+      </c>
+      <c r="AA81" s="5">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="AB81" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC81" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="AD81" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE81" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="82" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A82" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C82" s="10">
+        <v>45902</v>
+      </c>
+      <c r="D82" s="5">
+        <v>98</v>
+      </c>
+      <c r="E82" s="5">
+        <v>100</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I82" s="5"/>
+      <c r="J82" s="5">
+        <v>128</v>
+      </c>
+      <c r="K82" s="5">
+        <v>74</v>
+      </c>
+      <c r="L82" s="11">
+        <v>443</v>
+      </c>
+      <c r="M82" s="5">
+        <v>53</v>
+      </c>
+      <c r="N82" s="5">
+        <v>28</v>
+      </c>
+      <c r="O82" s="5">
+        <v>3.02</v>
+      </c>
+      <c r="P82" s="5">
+        <v>1.9</v>
+      </c>
+      <c r="Q82" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="R82" s="5">
+        <v>-0.1</v>
+      </c>
+      <c r="S82" s="5">
+        <v>0</v>
+      </c>
+      <c r="T82" s="5">
+        <v>-0.5</v>
+      </c>
+      <c r="U82" s="5">
+        <v>383</v>
+      </c>
+      <c r="V82" s="5">
+        <v>403</v>
+      </c>
+      <c r="W82" s="5">
+        <v>334</v>
+      </c>
+      <c r="X82" s="5">
+        <v>356</v>
+      </c>
+      <c r="Y82" s="5">
+        <v>0</v>
+      </c>
+      <c r="Z82" s="12">
+        <v>11.73</v>
+      </c>
+      <c r="AA82" s="5">
+        <v>6.9</v>
+      </c>
+      <c r="AB82" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="AC82" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="AD82" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AE82" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="83" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A83" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="C83" s="13">
+        <v>45998</v>
+      </c>
+      <c r="D83" s="6">
+        <v>98</v>
+      </c>
+      <c r="E83" s="6">
+        <v>100</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I83" s="6"/>
+      <c r="J83" s="6">
+        <v>126</v>
+      </c>
+      <c r="K83" s="6">
+        <v>73</v>
+      </c>
+      <c r="L83" s="14">
+        <v>1114</v>
+      </c>
+      <c r="M83" s="6">
+        <v>49</v>
+      </c>
+      <c r="N83" s="6">
+        <v>47</v>
+      </c>
+      <c r="O83" s="6">
+        <v>2.94</v>
+      </c>
+      <c r="P83" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="Q83" s="6">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="R83" s="6">
+        <v>-2</v>
+      </c>
+      <c r="S83" s="6">
+        <v>0.9</v>
+      </c>
+      <c r="T83" s="6">
+        <v>-1.8</v>
+      </c>
+      <c r="U83" s="6">
+        <v>312</v>
+      </c>
+      <c r="V83" s="6">
+        <v>332</v>
+      </c>
+      <c r="W83" s="6">
+        <v>265</v>
+      </c>
+      <c r="X83" s="6">
+        <v>250</v>
+      </c>
+      <c r="Y83" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="Z83" s="15">
+        <v>13.82</v>
+      </c>
+      <c r="AA83" s="6">
+        <v>8.9</v>
+      </c>
+      <c r="AB83" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC83" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AD83" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="AE83" s="6" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="84" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A84" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="C84" s="13">
+        <v>46013</v>
+      </c>
+      <c r="D84" s="6">
+        <v>97</v>
+      </c>
+      <c r="E84" s="6">
+        <v>100</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I84" s="6"/>
+      <c r="J84" s="6">
+        <v>126</v>
+      </c>
+      <c r="K84" s="6">
+        <v>72</v>
+      </c>
+      <c r="L84" s="14">
+        <v>892</v>
+      </c>
+      <c r="M84" s="6">
+        <v>36</v>
+      </c>
+      <c r="N84" s="6">
+        <v>26</v>
+      </c>
+      <c r="O84" s="6">
+        <v>2.92</v>
+      </c>
+      <c r="P84" s="6">
+        <v>3.8</v>
+      </c>
+      <c r="Q84" s="6">
+        <v>-1.3</v>
+      </c>
+      <c r="R84" s="6">
+        <v>-1.5</v>
+      </c>
+      <c r="S84" s="6">
+        <v>-0.2</v>
+      </c>
+      <c r="T84" s="6">
+        <v>0.4</v>
+      </c>
+      <c r="U84" s="6">
+        <v>437</v>
+      </c>
+      <c r="V84" s="6">
+        <v>438</v>
+      </c>
+      <c r="W84" s="6">
+        <v>437</v>
+      </c>
+      <c r="X84" s="6">
+        <v>377</v>
+      </c>
+      <c r="Y84" s="6">
+        <v>0.4</v>
+      </c>
+      <c r="Z84" s="15">
+        <v>13.68</v>
+      </c>
+      <c r="AA84" s="6">
+        <v>8.6</v>
+      </c>
+      <c r="AB84" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="AC84" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AD84" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE84" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="85" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A85" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="C85" s="13">
+        <v>46041</v>
+      </c>
+      <c r="D85" s="6">
+        <v>98</v>
+      </c>
+      <c r="E85" s="6">
+        <v>100</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="I85" s="6"/>
+      <c r="J85" s="6">
+        <v>124</v>
+      </c>
+      <c r="K85" s="6">
+        <v>72</v>
+      </c>
+      <c r="L85" s="14">
+        <v>723</v>
+      </c>
+      <c r="M85" s="6">
+        <v>13</v>
+      </c>
+      <c r="N85" s="6">
+        <v>23</v>
+      </c>
+      <c r="O85" s="6">
+        <v>2.92</v>
+      </c>
+      <c r="P85" s="6">
+        <v>3.1</v>
+      </c>
+      <c r="Q85" s="6">
+        <v>-0.2</v>
+      </c>
+      <c r="R85" s="6">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="S85" s="6">
+        <v>1.5</v>
+      </c>
+      <c r="T85" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="U85" s="6">
+        <v>309</v>
+      </c>
+      <c r="V85" s="6">
+        <v>312</v>
+      </c>
+      <c r="W85" s="6">
+        <v>302</v>
+      </c>
+      <c r="X85" s="6">
+        <v>284</v>
+      </c>
+      <c r="Y85" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="Z85" s="15">
+        <v>17.88</v>
+      </c>
+      <c r="AA85" s="6">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="AB85" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="AC85" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="AD85" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE85" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="86" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A86" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="C86" s="13">
+        <v>46001</v>
+      </c>
+      <c r="D86" s="6">
+        <v>98</v>
+      </c>
+      <c r="E86" s="6">
+        <v>100</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I86" s="6"/>
+      <c r="J86" s="6">
+        <v>123</v>
+      </c>
+      <c r="K86" s="6">
+        <v>72</v>
+      </c>
+      <c r="L86" s="14">
+        <v>560</v>
+      </c>
+      <c r="M86" s="6">
+        <v>22</v>
+      </c>
+      <c r="N86" s="6">
+        <v>21</v>
+      </c>
+      <c r="O86" s="6">
+        <v>2.92</v>
+      </c>
+      <c r="P86" s="6">
+        <v>3.3</v>
+      </c>
+      <c r="Q86" s="6">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="R86" s="6">
+        <v>-0.2</v>
+      </c>
+      <c r="S86" s="6">
+        <v>0.8</v>
+      </c>
+      <c r="T86" s="6">
+        <v>0.3</v>
+      </c>
+      <c r="U86" s="6">
+        <v>279</v>
+      </c>
+      <c r="V86" s="6">
+        <v>287</v>
+      </c>
+      <c r="W86" s="6">
+        <v>263</v>
+      </c>
+      <c r="X86" s="6">
+        <v>218</v>
+      </c>
+      <c r="Y86" s="6">
+        <v>0.8</v>
+      </c>
+      <c r="Z86" s="15">
+        <v>19.89</v>
+      </c>
+      <c r="AA86" s="6">
+        <v>8.5</v>
+      </c>
+      <c r="AB86" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="AC86" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="AD86" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="AE86" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="87" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A87" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="C87" s="13">
+        <v>46004</v>
+      </c>
+      <c r="D87" s="6">
+        <v>100</v>
+      </c>
+      <c r="E87" s="6">
+        <v>100</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I87" s="6"/>
+      <c r="J87" s="6">
+        <v>120</v>
+      </c>
+      <c r="K87" s="6">
+        <v>72</v>
+      </c>
+      <c r="L87" s="14">
+        <v>867</v>
+      </c>
+      <c r="M87" s="6">
+        <v>39</v>
+      </c>
+      <c r="N87" s="6">
+        <v>24</v>
+      </c>
+      <c r="O87" s="6">
+        <v>3</v>
+      </c>
+      <c r="P87" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="Q87" s="6">
+        <v>-1</v>
+      </c>
+      <c r="R87" s="6">
+        <v>-1.2</v>
+      </c>
+      <c r="S87" s="6">
+        <v>-0.2</v>
+      </c>
+      <c r="T87" s="6">
+        <v>-0.3</v>
+      </c>
+      <c r="U87" s="6">
+        <v>259</v>
+      </c>
+      <c r="V87" s="6">
+        <v>256</v>
+      </c>
+      <c r="W87" s="6">
+        <v>266</v>
+      </c>
+      <c r="X87" s="6">
+        <v>222</v>
+      </c>
+      <c r="Y87" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="Z87" s="15">
+        <v>21.65</v>
+      </c>
+      <c r="AA87" s="6">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="AB87" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="AC87" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="AD87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE87" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="88" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A88" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="C88" s="10">
+        <v>45901</v>
+      </c>
+      <c r="D88" s="5">
+        <v>99</v>
+      </c>
+      <c r="E88" s="5">
+        <v>100</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5">
+        <v>118</v>
+      </c>
+      <c r="K88" s="5">
+        <v>70</v>
+      </c>
+      <c r="L88" s="11">
+        <v>-211</v>
+      </c>
+      <c r="M88" s="5">
+        <v>35</v>
+      </c>
+      <c r="N88" s="5">
+        <v>10</v>
+      </c>
+      <c r="O88" s="5">
+        <v>2.66</v>
+      </c>
+      <c r="P88" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="Q88" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="R88" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="S88" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="T88" s="5">
+        <v>0</v>
+      </c>
+      <c r="U88" s="5">
+        <v>323</v>
+      </c>
+      <c r="V88" s="5">
+        <v>353</v>
+      </c>
+      <c r="W88" s="5">
+        <v>258</v>
+      </c>
+      <c r="X88" s="5">
+        <v>333</v>
+      </c>
+      <c r="Y88" s="5">
+        <v>-0.8</v>
+      </c>
+      <c r="Z88" s="12">
+        <v>6.74</v>
+      </c>
+      <c r="AA88" s="5">
+        <v>5.4</v>
+      </c>
+      <c r="AB88" s="5"/>
+      <c r="AC88" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="AD88" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AE88" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="89" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A89" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="C89" s="10">
+        <v>45997</v>
+      </c>
+      <c r="D89" s="5">
+        <v>98</v>
+      </c>
+      <c r="E89" s="5">
+        <v>100</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I89" s="5"/>
+      <c r="J89" s="5">
+        <v>117</v>
+      </c>
+      <c r="K89" s="5">
+        <v>73</v>
+      </c>
+      <c r="L89" s="11">
+        <v>74</v>
+      </c>
+      <c r="M89" s="5">
+        <v>70</v>
+      </c>
+      <c r="N89" s="5">
+        <v>26</v>
+      </c>
+      <c r="O89" s="5">
+        <v>3.03</v>
+      </c>
+      <c r="P89" s="5">
+        <v>-0.6</v>
+      </c>
+      <c r="Q89" s="5">
+        <v>-1.8</v>
+      </c>
+      <c r="R89" s="5">
+        <v>-1.8</v>
+      </c>
+      <c r="S89" s="5">
+        <v>-0.4</v>
+      </c>
+      <c r="T89" s="5">
+        <v>-1.7</v>
+      </c>
+      <c r="U89" s="5">
+        <v>318</v>
+      </c>
+      <c r="V89" s="5">
+        <v>351</v>
+      </c>
+      <c r="W89" s="5">
+        <v>240</v>
+      </c>
+      <c r="X89" s="5">
+        <v>285</v>
+      </c>
+      <c r="Y89" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="Z89" s="12">
+        <v>14.58</v>
+      </c>
+      <c r="AA89" s="5">
+        <v>7</v>
+      </c>
+      <c r="AB89" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="AC89" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="AD89" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="AE89" s="5" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="90" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A90" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="C90" s="10">
+        <v>45916</v>
+      </c>
+      <c r="D90" s="5">
+        <v>97</v>
+      </c>
+      <c r="E90" s="5">
+        <v>100</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I90" s="5"/>
+      <c r="J90" s="5">
+        <v>113</v>
+      </c>
+      <c r="K90" s="5">
         <v>75</v>
       </c>
-      <c r="L78" s="11">
-[...2 lines deleted...]
-      <c r="M78" s="5">
+      <c r="L90" s="11">
+        <v>-112</v>
+      </c>
+      <c r="M90" s="5">
+        <v>16</v>
+      </c>
+      <c r="N90" s="5">
+        <v>9</v>
+      </c>
+      <c r="O90" s="5">
+        <v>2.9</v>
+      </c>
+      <c r="P90" s="5">
+        <v>3</v>
+      </c>
+      <c r="Q90" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="R90" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="S90" s="5">
+        <v>1.4</v>
+      </c>
+      <c r="T90" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="U90" s="5">
+        <v>254</v>
+      </c>
+      <c r="V90" s="5">
+        <v>273</v>
+      </c>
+      <c r="W90" s="5">
+        <v>209</v>
+      </c>
+      <c r="X90" s="5">
+        <v>240</v>
+      </c>
+      <c r="Y90" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="Z90" s="12">
+        <v>10.82</v>
+      </c>
+      <c r="AA90" s="5">
+        <v>7.5</v>
+      </c>
+      <c r="AB90" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC90" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="AD90" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="AE90" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="91" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A91" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="C91" s="10">
+        <v>46019</v>
+      </c>
+      <c r="D91" s="5">
+        <v>99</v>
+      </c>
+      <c r="E91" s="5">
+        <v>100</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I91" s="5"/>
+      <c r="J91" s="5">
+        <v>110</v>
+      </c>
+      <c r="K91" s="5">
+        <v>71</v>
+      </c>
+      <c r="L91" s="11">
+        <v>-185</v>
+      </c>
+      <c r="M91" s="5">
+        <v>3</v>
+      </c>
+      <c r="N91" s="5">
+        <v>5</v>
+      </c>
+      <c r="O91" s="5">
+        <v>2.86</v>
+      </c>
+      <c r="P91" s="5">
+        <v>3.1</v>
+      </c>
+      <c r="Q91" s="5">
+        <v>1.3</v>
+      </c>
+      <c r="R91" s="5">
+        <v>2.1</v>
+      </c>
+      <c r="S91" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="T91" s="5">
+        <v>1.5</v>
+      </c>
+      <c r="U91" s="5">
+        <v>177</v>
+      </c>
+      <c r="V91" s="5">
+        <v>195</v>
+      </c>
+      <c r="W91" s="5">
+        <v>137</v>
+      </c>
+      <c r="X91" s="5">
+        <v>167</v>
+      </c>
+      <c r="Y91" s="5">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="Z91" s="12">
+        <v>20.55</v>
+      </c>
+      <c r="AA91" s="5">
+        <v>8</v>
+      </c>
+      <c r="AB91" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="AC91" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="AD91" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE91" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="92" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A92" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="C92" s="10">
+        <v>45995</v>
+      </c>
+      <c r="D92" s="5">
+        <v>100</v>
+      </c>
+      <c r="E92" s="5">
+        <v>100</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I92" s="5"/>
+      <c r="J92" s="5">
+        <v>109</v>
+      </c>
+      <c r="K92" s="5">
+        <v>71</v>
+      </c>
+      <c r="L92" s="11">
+        <v>-135</v>
+      </c>
+      <c r="M92" s="5">
+        <v>33</v>
+      </c>
+      <c r="N92" s="5">
+        <v>6</v>
+      </c>
+      <c r="O92" s="5">
+        <v>2.95</v>
+      </c>
+      <c r="P92" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="Q92" s="5">
+        <v>-0.8</v>
+      </c>
+      <c r="R92" s="5">
+        <v>-0.3</v>
+      </c>
+      <c r="S92" s="5">
+        <v>-1.7</v>
+      </c>
+      <c r="T92" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="U92" s="5">
+        <v>262</v>
+      </c>
+      <c r="V92" s="5">
+        <v>277</v>
+      </c>
+      <c r="W92" s="5">
+        <v>227</v>
+      </c>
+      <c r="X92" s="5">
+        <v>230</v>
+      </c>
+      <c r="Y92" s="5">
+        <v>1</v>
+      </c>
+      <c r="Z92" s="12">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="AA92" s="5">
+        <v>7.9</v>
+      </c>
+      <c r="AB92" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="AC92" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="AD92" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE92" s="5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="93" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A93" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="C93" s="13">
+        <v>46010</v>
+      </c>
+      <c r="D93" s="6">
+        <v>99</v>
+      </c>
+      <c r="E93" s="6">
+        <v>100</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I93" s="6"/>
+      <c r="J93" s="6">
+        <v>109</v>
+      </c>
+      <c r="K93" s="6">
+        <v>71</v>
+      </c>
+      <c r="L93" s="14">
+        <v>-429</v>
+      </c>
+      <c r="M93" s="6">
+        <v>1</v>
+      </c>
+      <c r="N93" s="6">
+        <v>-5</v>
+      </c>
+      <c r="O93" s="6">
+        <v>2.83</v>
+      </c>
+      <c r="P93" s="6">
+        <v>2.7</v>
+      </c>
+      <c r="Q93" s="6">
+        <v>2.6</v>
+      </c>
+      <c r="R93" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="S93" s="6">
+        <v>-0.6</v>
+      </c>
+      <c r="T93" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="U93" s="6">
+        <v>124</v>
+      </c>
+      <c r="V93" s="6">
+        <v>139</v>
+      </c>
+      <c r="W93" s="6">
+        <v>93</v>
+      </c>
+      <c r="X93" s="6">
+        <v>140</v>
+      </c>
+      <c r="Y93" s="6">
+        <v>0.8</v>
+      </c>
+      <c r="Z93" s="15">
+        <v>22.11</v>
+      </c>
+      <c r="AA93" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="AB93" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="AC93" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="AD93" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE93" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="94" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A94" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="C94" s="13">
+        <v>45968</v>
+      </c>
+      <c r="D94" s="6">
+        <v>98</v>
+      </c>
+      <c r="E94" s="6">
+        <v>100</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I94" s="6"/>
+      <c r="J94" s="6">
+        <v>107</v>
+      </c>
+      <c r="K94" s="6">
+        <v>73</v>
+      </c>
+      <c r="L94" s="14">
+        <v>783</v>
+      </c>
+      <c r="M94" s="6">
+        <v>37</v>
+      </c>
+      <c r="N94" s="6">
+        <v>31</v>
+      </c>
+      <c r="O94" s="6">
+        <v>2.93</v>
+      </c>
+      <c r="P94" s="6">
+        <v>2.1</v>
+      </c>
+      <c r="Q94" s="6">
+        <v>-2.2000000000000002</v>
+      </c>
+      <c r="R94" s="6">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="S94" s="6">
+        <v>1.7</v>
+      </c>
+      <c r="T94" s="6">
+        <v>-0.8</v>
+      </c>
+      <c r="U94" s="6">
+        <v>296</v>
+      </c>
+      <c r="V94" s="6">
+        <v>308</v>
+      </c>
+      <c r="W94" s="6">
+        <v>269</v>
+      </c>
+      <c r="X94" s="6">
+        <v>222</v>
+      </c>
+      <c r="Y94" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="Z94" s="15">
+        <v>14.04</v>
+      </c>
+      <c r="AA94" s="6">
+        <v>8.4</v>
+      </c>
+      <c r="AB94" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="AC94" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="AD94" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE94" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="95" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A95" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="C95" s="13">
+        <v>45988</v>
+      </c>
+      <c r="D95" s="6">
+        <v>99</v>
+      </c>
+      <c r="E95" s="6">
+        <v>100</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I95" s="6"/>
+      <c r="J95" s="6">
+        <v>104</v>
+      </c>
+      <c r="K95" s="6">
+        <v>72</v>
+      </c>
+      <c r="L95" s="14">
+        <v>861</v>
+      </c>
+      <c r="M95" s="6">
+        <v>28</v>
+      </c>
+      <c r="N95" s="6">
+        <v>28</v>
+      </c>
+      <c r="O95" s="6">
+        <v>2.98</v>
+      </c>
+      <c r="P95" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="Q95" s="6">
+        <v>-0.1</v>
+      </c>
+      <c r="R95" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="S95" s="6">
+        <v>1.4</v>
+      </c>
+      <c r="T95" s="6">
+        <v>-0.1</v>
+      </c>
+      <c r="U95" s="6">
+        <v>233</v>
+      </c>
+      <c r="V95" s="6">
+        <v>237</v>
+      </c>
+      <c r="W95" s="6">
+        <v>225</v>
+      </c>
+      <c r="X95" s="6">
+        <v>223</v>
+      </c>
+      <c r="Y95" s="6">
+        <v>-0.3</v>
+      </c>
+      <c r="Z95" s="15">
+        <v>9.4600000000000009</v>
+      </c>
+      <c r="AA95" s="6">
+        <v>8</v>
+      </c>
+      <c r="AB95" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="AC95" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="AD95" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="AE95" s="6" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="96" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A96" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="C96" s="13">
+        <v>45993</v>
+      </c>
+      <c r="D96" s="6">
+        <v>100</v>
+      </c>
+      <c r="E96" s="6">
+        <v>100</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I96" s="6"/>
+      <c r="J96" s="6">
+        <v>103</v>
+      </c>
+      <c r="K96" s="6">
+        <v>74</v>
+      </c>
+      <c r="L96" s="14">
+        <v>365</v>
+      </c>
+      <c r="M96" s="6">
+        <v>29</v>
+      </c>
+      <c r="N96" s="6">
+        <v>6</v>
+      </c>
+      <c r="O96" s="6">
+        <v>2.92</v>
+      </c>
+      <c r="P96" s="6">
+        <v>1.8</v>
+      </c>
+      <c r="Q96" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="R96" s="6">
+        <v>0.3</v>
+      </c>
+      <c r="S96" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="T96" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="U96" s="6">
+        <v>220</v>
+      </c>
+      <c r="V96" s="6">
+        <v>214</v>
+      </c>
+      <c r="W96" s="6">
+        <v>233</v>
+      </c>
+      <c r="X96" s="6">
+        <v>192</v>
+      </c>
+      <c r="Y96" s="6">
+        <v>0.4</v>
+      </c>
+      <c r="Z96" s="15">
+        <v>13.23</v>
+      </c>
+      <c r="AA96" s="6">
+        <v>7.4</v>
+      </c>
+      <c r="AB96" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="AC96" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="AD96" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE96" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="97" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A97" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="C97" s="13">
+        <v>45992</v>
+      </c>
+      <c r="D97" s="6">
+        <v>100</v>
+      </c>
+      <c r="E97" s="6">
+        <v>100</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I97" s="6"/>
+      <c r="J97" s="6">
+        <v>38</v>
+      </c>
+      <c r="K97" s="6">
+        <v>76</v>
+      </c>
+      <c r="L97" s="14">
+        <v>104</v>
+      </c>
+      <c r="M97" s="6">
+        <v>7</v>
+      </c>
+      <c r="N97" s="6">
+        <v>-1</v>
+      </c>
+      <c r="O97" s="6">
+        <v>3.02</v>
+      </c>
+      <c r="P97" s="6">
+        <v>-0.5</v>
+      </c>
+      <c r="Q97" s="6">
+        <v>-0.8</v>
+      </c>
+      <c r="R97" s="6">
+        <v>-1.2</v>
+      </c>
+      <c r="S97" s="6">
+        <v>-1.8</v>
+      </c>
+      <c r="T97" s="6">
+        <v>-1.2</v>
+      </c>
+      <c r="U97" s="6">
+        <v>-8</v>
+      </c>
+      <c r="V97" s="6">
+        <v>-14</v>
+      </c>
+      <c r="W97" s="6">
+        <v>7</v>
+      </c>
+      <c r="X97" s="6">
+        <v>-16</v>
+      </c>
+      <c r="Y97" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="Z97" s="15">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="AA97" s="6">
+        <v>8.1</v>
+      </c>
+      <c r="AB97" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="AC97" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="AD97" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="AE97" s="6" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="98" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A98" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C98" s="10">
+        <v>45992</v>
+      </c>
+      <c r="D98" s="5">
+        <v>100</v>
+      </c>
+      <c r="E98" s="5">
+        <v>100</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I98" s="5"/>
+      <c r="J98" s="5">
+        <v>35</v>
+      </c>
+      <c r="K98" s="5">
+        <v>76</v>
+      </c>
+      <c r="L98" s="11">
+        <v>327</v>
+      </c>
+      <c r="M98" s="5">
+        <v>-6</v>
+      </c>
+      <c r="N98" s="5">
+        <v>-1</v>
+      </c>
+      <c r="O98" s="5">
+        <v>2.86</v>
+      </c>
+      <c r="P98" s="5">
+        <v>0.8</v>
+      </c>
+      <c r="Q98" s="5">
+        <v>-2.5</v>
+      </c>
+      <c r="R98" s="5">
+        <v>-2.9</v>
+      </c>
+      <c r="S98" s="5">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="T98" s="5">
+        <v>-1.3</v>
+      </c>
+      <c r="U98" s="5">
+        <v>-3</v>
+      </c>
+      <c r="V98" s="5">
+        <v>-15</v>
+      </c>
+      <c r="W98" s="5">
+        <v>28</v>
+      </c>
+      <c r="X98" s="5">
+        <v>-56</v>
+      </c>
+      <c r="Y98" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="Z98" s="12">
+        <v>18.760000000000002</v>
+      </c>
+      <c r="AA98" s="5">
+        <v>7.5</v>
+      </c>
+      <c r="AB98" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="AC98" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="AD98" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="AE98" s="5" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="99" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A99" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="C99" s="10">
+        <v>45965</v>
+      </c>
+      <c r="D99" s="5">
+        <v>100</v>
+      </c>
+      <c r="E99" s="5">
+        <v>100</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I99" s="5"/>
+      <c r="J99" s="5">
+        <v>20</v>
+      </c>
+      <c r="K99" s="5">
+        <v>73</v>
+      </c>
+      <c r="L99" s="11">
+        <v>-871</v>
+      </c>
+      <c r="M99" s="5">
+        <v>-6</v>
+      </c>
+      <c r="N99" s="5">
+        <v>-11</v>
+      </c>
+      <c r="O99" s="5">
+        <v>2.99</v>
+      </c>
+      <c r="P99" s="5">
+        <v>-1.5</v>
+      </c>
+      <c r="Q99" s="5">
+        <v>-1.4</v>
+      </c>
+      <c r="R99" s="5">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="S99" s="5">
+        <v>-2.2000000000000002</v>
+      </c>
+      <c r="T99" s="5">
+        <v>-1.3</v>
+      </c>
+      <c r="U99" s="5">
+        <v>-230</v>
+      </c>
+      <c r="V99" s="5">
+        <v>-209</v>
+      </c>
+      <c r="W99" s="5">
+        <v>-281</v>
+      </c>
+      <c r="X99" s="5">
+        <v>-265</v>
+      </c>
+      <c r="Y99" s="5">
+        <v>0.9</v>
+      </c>
+      <c r="Z99" s="12">
+        <v>19.149999999999999</v>
+      </c>
+      <c r="AA99" s="5">
+        <v>6.3</v>
+      </c>
+      <c r="AB99" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="AC99" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="AD99" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="AE99" s="5" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="100" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A100" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="C100" s="10">
+        <v>45939</v>
+      </c>
+      <c r="D100" s="5">
+        <v>100</v>
+      </c>
+      <c r="E100" s="5">
+        <v>100</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I100" s="5"/>
+      <c r="J100" s="5">
+        <v>9</v>
+      </c>
+      <c r="K100" s="5">
+        <v>72</v>
+      </c>
+      <c r="L100" s="11">
+        <v>-494</v>
+      </c>
+      <c r="M100" s="5">
+        <v>-20</v>
+      </c>
+      <c r="N100" s="5">
+        <v>-20</v>
+      </c>
+      <c r="O100" s="5">
+        <v>3.04</v>
+      </c>
+      <c r="P100" s="5">
+        <v>-0.8</v>
+      </c>
+      <c r="Q100" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="R100" s="5">
+        <v>-0.2</v>
+      </c>
+      <c r="S100" s="5">
+        <v>0.2</v>
+      </c>
+      <c r="T100" s="5">
+        <v>-0.6</v>
+      </c>
+      <c r="U100" s="5">
+        <v>-263</v>
+      </c>
+      <c r="V100" s="5">
+        <v>-271</v>
+      </c>
+      <c r="W100" s="5">
+        <v>-244</v>
+      </c>
+      <c r="X100" s="5">
+        <v>-267</v>
+      </c>
+      <c r="Y100" s="5">
+        <v>0.7</v>
+      </c>
+      <c r="Z100" s="12">
+        <v>18.190000000000001</v>
+      </c>
+      <c r="AA100" s="5">
+        <v>7.7</v>
+      </c>
+      <c r="AB100" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="AC100" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="AD100" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="AE100" s="5" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="101" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A101" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="C101" s="10">
+        <v>45912</v>
+      </c>
+      <c r="D101" s="5">
+        <v>100</v>
+      </c>
+      <c r="E101" s="5">
+        <v>100</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I101" s="5"/>
+      <c r="J101" s="5">
+        <v>-15</v>
+      </c>
+      <c r="K101" s="5">
+        <v>74</v>
+      </c>
+      <c r="L101" s="11">
+        <v>-609</v>
+      </c>
+      <c r="M101" s="5">
+        <v>-34</v>
+      </c>
+      <c r="N101" s="5">
+        <v>-17</v>
+      </c>
+      <c r="O101" s="5">
+        <v>3.13</v>
+      </c>
+      <c r="P101" s="5">
+        <v>-1.3</v>
+      </c>
+      <c r="Q101" s="5">
+        <v>0.1</v>
+      </c>
+      <c r="R101" s="5">
+        <v>-1.2</v>
+      </c>
+      <c r="S101" s="5">
+        <v>-0.5</v>
+      </c>
+      <c r="T101" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="U101" s="5">
+        <v>-257</v>
+      </c>
+      <c r="V101" s="5">
+        <v>-258</v>
+      </c>
+      <c r="W101" s="5">
+        <v>-257</v>
+      </c>
+      <c r="X101" s="5">
+        <v>-250</v>
+      </c>
+      <c r="Y101" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="Z101" s="12">
+        <v>15.29</v>
+      </c>
+      <c r="AA101" s="5">
+        <v>6.2</v>
+      </c>
+      <c r="AB101" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="AC101" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="AD101" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="AE101" s="5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="102" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A102" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="C102" s="10">
+        <v>45995</v>
+      </c>
+      <c r="D102" s="5">
+        <v>100</v>
+      </c>
+      <c r="E102" s="5">
+        <v>100</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5">
+        <v>-26</v>
+      </c>
+      <c r="K102" s="5">
+        <v>76</v>
+      </c>
+      <c r="L102" s="11">
+        <v>-2013</v>
+      </c>
+      <c r="M102" s="5">
+        <v>-53</v>
+      </c>
+      <c r="N102" s="5">
+        <v>-54</v>
+      </c>
+      <c r="O102" s="5">
+        <v>3.11</v>
+      </c>
+      <c r="P102" s="5">
+        <v>0.4</v>
+      </c>
+      <c r="Q102" s="5">
+        <v>2.8</v>
+      </c>
+      <c r="R102" s="5">
+        <v>2.8</v>
+      </c>
+      <c r="S102" s="5">
+        <v>-1.7</v>
+      </c>
+      <c r="T102" s="5">
+        <v>1.7</v>
+      </c>
+      <c r="U102" s="5">
+        <v>-410</v>
+      </c>
+      <c r="V102" s="5">
+        <v>-403</v>
+      </c>
+      <c r="W102" s="5">
+        <v>-428</v>
+      </c>
+      <c r="X102" s="5">
+        <v>-367</v>
+      </c>
+      <c r="Y102" s="5">
+        <v>1.2</v>
+      </c>
+      <c r="Z102" s="12">
+        <v>20.27</v>
+      </c>
+      <c r="AA102" s="5">
+        <v>6.4</v>
+      </c>
+      <c r="AB102" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="AC102" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="AD102" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="AE102" s="5" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="103" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A103" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="C103" s="13">
+        <v>45834</v>
+      </c>
+      <c r="D103" s="6">
+        <v>99</v>
+      </c>
+      <c r="E103" s="6">
+        <v>100</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I103" s="6"/>
+      <c r="J103" s="6">
+        <v>-30</v>
+      </c>
+      <c r="K103" s="6">
+        <v>73</v>
+      </c>
+      <c r="L103" s="14">
+        <v>-1556</v>
+      </c>
+      <c r="M103" s="6">
+        <v>-37</v>
+      </c>
+      <c r="N103" s="6">
+        <v>-44</v>
+      </c>
+      <c r="O103" s="6">
+        <v>3.16</v>
+      </c>
+      <c r="P103" s="6">
+        <v>-0.6</v>
+      </c>
+      <c r="Q103" s="6">
+        <v>1</v>
+      </c>
+      <c r="R103" s="6">
+        <v>1</v>
+      </c>
+      <c r="S103" s="6">
+        <v>-0.1</v>
+      </c>
+      <c r="T103" s="6">
+        <v>-0.9</v>
+      </c>
+      <c r="U103" s="6">
+        <v>-412</v>
+      </c>
+      <c r="V103" s="6">
+        <v>-412</v>
+      </c>
+      <c r="W103" s="6">
+        <v>-416</v>
+      </c>
+      <c r="X103" s="6">
+        <v>-392</v>
+      </c>
+      <c r="Y103" s="6">
+        <v>1.3</v>
+      </c>
+      <c r="Z103" s="15">
+        <v>21.61</v>
+      </c>
+      <c r="AA103" s="6">
+        <v>6.7</v>
+      </c>
+      <c r="AB103" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="AC103" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="AD103" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="AE103" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="104" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A104" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="C104" s="13">
+        <v>45971</v>
+      </c>
+      <c r="D104" s="6">
+        <v>100</v>
+      </c>
+      <c r="E104" s="6">
+        <v>100</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I104" s="6"/>
+      <c r="J104" s="6">
+        <v>-51</v>
+      </c>
+      <c r="K104" s="6">
+        <v>76</v>
+      </c>
+      <c r="L104" s="14">
+        <v>-1756</v>
+      </c>
+      <c r="M104" s="6">
+        <v>-54</v>
+      </c>
+      <c r="N104" s="6">
+        <v>-46</v>
+      </c>
+      <c r="O104" s="6">
+        <v>3.23</v>
+      </c>
+      <c r="P104" s="6">
+        <v>-0.8</v>
+      </c>
+      <c r="Q104" s="6">
+        <v>1.2</v>
+      </c>
+      <c r="R104" s="6">
+        <v>0.4</v>
+      </c>
+      <c r="S104" s="6">
+        <v>-1.2</v>
+      </c>
+      <c r="T104" s="6">
+        <v>0.3</v>
+      </c>
+      <c r="U104" s="6">
+        <v>-494</v>
+      </c>
+      <c r="V104" s="6">
+        <v>-489</v>
+      </c>
+      <c r="W104" s="6">
+        <v>-509</v>
+      </c>
+      <c r="X104" s="6">
+        <v>-479</v>
+      </c>
+      <c r="Y104" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="Z104" s="15">
+        <v>19.98</v>
+      </c>
+      <c r="AA104" s="6">
+        <v>7.1</v>
+      </c>
+      <c r="AB104" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="AC104" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="AD104" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="AE104" s="6" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="105" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A105" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="C105" s="13">
+        <v>45899</v>
+      </c>
+      <c r="D105" s="6">
+        <v>100</v>
+      </c>
+      <c r="E105" s="6">
+        <v>100</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I105" s="6"/>
+      <c r="J105" s="6">
+        <v>-67</v>
+      </c>
+      <c r="K105" s="6">
+        <v>71</v>
+      </c>
+      <c r="L105" s="14">
+        <v>-1790</v>
+      </c>
+      <c r="M105" s="6">
+        <v>-36</v>
+      </c>
+      <c r="N105" s="6">
+        <v>-53</v>
+      </c>
+      <c r="O105" s="6">
+        <v>3.23</v>
+      </c>
+      <c r="P105" s="6">
+        <v>-2.5</v>
+      </c>
+      <c r="Q105" s="6">
+        <v>0.7</v>
+      </c>
+      <c r="R105" s="6">
+        <v>0.6</v>
+      </c>
+      <c r="S105" s="6">
+        <v>-1.4</v>
+      </c>
+      <c r="T105" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="U105" s="6">
+        <v>-558</v>
+      </c>
+      <c r="V105" s="6">
+        <v>-562</v>
+      </c>
+      <c r="W105" s="6">
+        <v>-553</v>
+      </c>
+      <c r="X105" s="6">
+        <v>-543</v>
+      </c>
+      <c r="Y105" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="Z105" s="15">
+        <v>16.91</v>
+      </c>
+      <c r="AA105" s="6">
+        <v>5.6</v>
+      </c>
+      <c r="AB105" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="AC105" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="AD105" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="AE105" s="6" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="106" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A106" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="C106" s="13">
+        <v>45917</v>
+      </c>
+      <c r="D106" s="6">
+        <v>100</v>
+      </c>
+      <c r="E106" s="6">
+        <v>100</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I106" s="6"/>
+      <c r="J106" s="6">
+        <v>-120</v>
+      </c>
+      <c r="K106" s="6">
+        <v>69</v>
+      </c>
+      <c r="L106" s="14">
+        <v>-1973</v>
+      </c>
+      <c r="M106" s="6">
+        <v>-73</v>
+      </c>
+      <c r="N106" s="6">
+        <v>-57</v>
+      </c>
+      <c r="O106" s="6">
+        <v>3.38</v>
+      </c>
+      <c r="P106" s="6">
+        <v>-3.8</v>
+      </c>
+      <c r="Q106" s="6">
+        <v>0.1</v>
+      </c>
+      <c r="R106" s="6">
+        <v>0.2</v>
+      </c>
+      <c r="S106" s="6">
+        <v>-0.7</v>
+      </c>
+      <c r="T106" s="6">
+        <v>-1.5</v>
+      </c>
+      <c r="U106" s="6">
+        <v>-799</v>
+      </c>
+      <c r="V106" s="6">
+        <v>-804</v>
+      </c>
+      <c r="W106" s="6">
+        <v>-795</v>
+      </c>
+      <c r="X106" s="6">
+        <v>-764</v>
+      </c>
+      <c r="Y106" s="6">
+        <v>0.5</v>
+      </c>
+      <c r="Z106" s="15">
+        <v>20.25</v>
+      </c>
+      <c r="AA106" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="AB106" s="6"/>
+      <c r="AC106" s="6"/>
+      <c r="AD106" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="AE106" s="6" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="107" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A107" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="C107" s="13">
+        <v>45907</v>
+      </c>
+      <c r="D107" s="6">
+        <v>100</v>
+      </c>
+      <c r="E107" s="6">
+        <v>100</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I107" s="6"/>
+      <c r="J107" s="6">
+        <v>-145</v>
+      </c>
+      <c r="K107" s="6">
+        <v>74</v>
+      </c>
+      <c r="L107" s="14">
+        <v>-1994</v>
+      </c>
+      <c r="M107" s="6">
+        <v>-68</v>
+      </c>
+      <c r="N107" s="6">
         <v>-55</v>
       </c>
-      <c r="N78" s="5">
-[...11 lines deleted...]
-      <c r="R78" s="5">
+      <c r="O107" s="6">
+        <v>3.2</v>
+      </c>
+      <c r="P107" s="6">
+        <v>-4.3</v>
+      </c>
+      <c r="Q107" s="6">
+        <v>-3.7</v>
+      </c>
+      <c r="R107" s="6">
+        <v>-4.5</v>
+      </c>
+      <c r="S107" s="6">
+        <v>-3.1</v>
+      </c>
+      <c r="T107" s="6">
         <v>-3.2</v>
       </c>
-      <c r="S78" s="5">
-[...17 lines deleted...]
-      <c r="Y78" s="5">
+      <c r="U107" s="6">
+        <v>-878</v>
+      </c>
+      <c r="V107" s="6">
+        <v>-876</v>
+      </c>
+      <c r="W107" s="6">
+        <v>-888</v>
+      </c>
+      <c r="X107" s="6">
+        <v>-929</v>
+      </c>
+      <c r="Y107" s="6">
         <v>0.6</v>
       </c>
-      <c r="Z78" s="12">
-[...16 lines deleted...]
-      </c>
+      <c r="Z107" s="15">
+        <v>20.65</v>
+      </c>
+      <c r="AA107" s="6">
+        <v>5</v>
+      </c>
+      <c r="AB107" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="AC107" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="AD107" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="AE107" s="6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="108" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="16"/>
+      <c r="B108" s="16"/>
+      <c r="C108" s="16"/>
+      <c r="D108" s="16"/>
+      <c r="E108" s="16"/>
+      <c r="F108" s="16"/>
+      <c r="G108" s="16"/>
+      <c r="H108" s="16"/>
+      <c r="I108" s="16"/>
+      <c r="J108" s="16"/>
+      <c r="K108" s="16"/>
+      <c r="L108" s="16"/>
+      <c r="M108" s="16"/>
+      <c r="N108" s="16"/>
+      <c r="O108" s="16"/>
+      <c r="P108" s="16"/>
+      <c r="Q108" s="16"/>
+      <c r="R108" s="16"/>
+      <c r="S108" s="16"/>
+      <c r="T108" s="16"/>
+      <c r="U108" s="16"/>
+      <c r="V108" s="16"/>
+      <c r="W108" s="16"/>
+      <c r="X108" s="16"/>
+      <c r="Y108" s="16"/>
+      <c r="Z108" s="16"/>
+      <c r="AA108" s="16"/>
+      <c r="AB108" s="16"/>
+      <c r="AC108" s="16"/>
+      <c r="AD108" s="16"/>
+      <c r="AE108" s="16"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:AE2" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:AE1"/>
   </mergeCells>
   <pageMargins left="0.2" right="0.2" top="0.4" bottom="0.7" header="0.4" footer="0.4"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;"Arial,Bold"&amp;9Herd Register or Generation Count 5 - 6 and BBR 100: New Genotyped Bulls - Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>