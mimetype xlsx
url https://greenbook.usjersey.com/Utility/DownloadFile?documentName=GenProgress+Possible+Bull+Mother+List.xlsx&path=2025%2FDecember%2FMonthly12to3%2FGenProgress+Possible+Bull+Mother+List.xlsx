--- v0 (2026-01-14)
+++ v1 (2026-03-04)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\GreenBook\2025\December\Monthly12to3\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\djones\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FB370CB-AFB2-4CA5-829E-84BDD28C1AF9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{20AD8318-7B92-429A-9FAA-11BD9D4ECB20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="GenProgress Possible Bull Mothe" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'GenProgress Possible Bull Mothe'!$B$3:$O$3</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3850" uniqueCount="1914">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3880" uniqueCount="1929">
   <si>
     <t>GenProgress Possible Bull Mother List</t>
   </si>
   <si>
     <t>RegId</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Birth Date</t>
   </si>
   <si>
     <t>JPI</t>
   </si>
   <si>
     <t>PTA ECM</t>
   </si>
   <si>
     <t>YD ECM</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
@@ -121,5691 +121,5736 @@
   <si>
     <t>GOFF S-S-I LISTOWEL DABO-P-ET</t>
   </si>
   <si>
     <t>JX CAL-MART WESTPORT {5}-ET</t>
   </si>
   <si>
     <t>MARTIN DAIRY LLC</t>
   </si>
   <si>
     <t>JE840003250244973</t>
   </si>
   <si>
     <t>ABS AVJ SHAZIER 35982-ET</t>
   </si>
   <si>
     <t>CAL-MART JAMMER-ET</t>
   </si>
   <si>
     <t>DUTCH HOLLOW MIGHTY-ET</t>
   </si>
   <si>
     <t>STEER, ALEX</t>
   </si>
   <si>
+    <t>JEUSA000076082162</t>
+  </si>
+  <si>
+    <t>METCALF JAMMER 2162</t>
+  </si>
+  <si>
+    <t>JX PEAK ALTAMONTRA {6}-ET</t>
+  </si>
+  <si>
+    <t>METCALF, COREY</t>
+  </si>
+  <si>
     <t>JE840003250245182</t>
   </si>
   <si>
     <t>SUNBOW JAMMER JULIA 36191-ET</t>
   </si>
   <si>
     <t>PROGENESIS SKYLER-ET</t>
   </si>
   <si>
-    <t>JEUSA000076082162</t>
-[...8 lines deleted...]
-    <t>METCALF, COREY</t>
+    <t>JE840003258298780</t>
+  </si>
+  <si>
+    <t>FOUR J BLIZZARD 29257</t>
+  </si>
+  <si>
+    <t>FOUR J JERSEYS</t>
   </si>
   <si>
     <t>JE840003252835290</t>
   </si>
   <si>
     <t>KASH-IN DABO 69860-ET</t>
   </si>
   <si>
     <t>JX RIVER VALLEY CHIEF {6}-ET</t>
   </si>
   <si>
     <t>KASH-IN JERSEYS</t>
   </si>
   <si>
     <t>JE840003258298682</t>
   </si>
   <si>
     <t>FOUR J BLIZZARD 29159</t>
   </si>
   <si>
     <t>SELECT SIRES &amp; JERSEYLAND</t>
   </si>
   <si>
     <t>JE840003274946172</t>
   </si>
   <si>
     <t>CINNAMON RIDGE THRASHER GALAXY</t>
   </si>
   <si>
     <t>ISDK VJ SNEDDTDD KLOV KANTONA</t>
   </si>
   <si>
     <t>MAXWELL, EDWIN A</t>
   </si>
   <si>
-    <t>JE840003258298780</t>
-[...5 lines deleted...]
-    <t>FOUR J JERSEYS</t>
+    <t>JE840003253604754</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 27123</t>
   </si>
   <si>
     <t>JE840003203346855</t>
   </si>
   <si>
     <t>TOG DEBORAH 37547-ET</t>
   </si>
   <si>
     <t>TOG LISTOWEL OBSIDIAN-P-ET</t>
   </si>
   <si>
     <t>ISDK VJ LINK</t>
   </si>
   <si>
     <t>TRANS-OVA GENETICS</t>
   </si>
   <si>
-    <t>JE840003253604754</t>
-[...4 lines deleted...]
-  <si>
     <t>JE840003251639678</t>
   </si>
   <si>
     <t>CAL-MART ARTHUR JOANNE 2967-ET</t>
   </si>
   <si>
     <t>TOG ARTHUR-ET</t>
   </si>
   <si>
+    <t>JE840003225230893</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER TRAJECT H8833</t>
+  </si>
+  <si>
+    <t>CDF TRAJECTORY-ET</t>
+  </si>
+  <si>
+    <t>SUNWEST JERSEY DAIRY</t>
+  </si>
+  <si>
     <t>JE840003250244876</t>
   </si>
   <si>
     <t>ABS AVJ JAMMER SHAZIER 35885-ET</t>
   </si>
   <si>
     <t>JE840003263578864</t>
   </si>
   <si>
     <t>KASH-IN BLIZZARD 70409-ET</t>
   </si>
   <si>
     <t>ISDK VJ RAASTRUP HIHL GISLEV</t>
   </si>
   <si>
-    <t>JE840003225230893</t>
-[...8 lines deleted...]
-    <t>SUNWEST JERSEY DAIRY</t>
+    <t>JE840003214926700</t>
+  </si>
+  <si>
+    <t>VIERRA MIA-ET</t>
+  </si>
+  <si>
+    <t>CDF VICEROY-ET</t>
+  </si>
+  <si>
+    <t>VIERRA DAIRY FARMS &amp; SEMEX ALLIANCE</t>
+  </si>
+  <si>
+    <t>JE840003263578811</t>
+  </si>
+  <si>
+    <t>KASH-IN BLIZZARD 70356-ET</t>
+  </si>
+  <si>
+    <t>JX KASH-IN GOT JIGGY {6}-ET</t>
   </si>
   <si>
     <t>JE840003239573436</t>
   </si>
   <si>
     <t>SUNWEST CHARLTON RENFROW 22992</t>
   </si>
   <si>
     <t>PRIMUS GISLEV CHARLTON-ET</t>
   </si>
   <si>
     <t>S-S-I VICTORY DASHIELL RENFROW-ET</t>
   </si>
   <si>
-    <t>JE840003214926700</t>
-[...17 lines deleted...]
-    <t>JX KASH-IN GOT JIGGY {6}-ET</t>
+    <t>JE840003249056931</t>
+  </si>
+  <si>
+    <t>TOG SYN CALI 41011</t>
+  </si>
+  <si>
+    <t>ISDK VJ RAVNINGGAARD HUUS HAMLET</t>
   </si>
   <si>
     <t>JE840003250241413</t>
   </si>
   <si>
     <t>CAL-MART STENO JOSIE 2842</t>
   </si>
   <si>
     <t>ISDK VJ TUDVAD SAMSON STENO</t>
   </si>
   <si>
     <t>JE840003275974877</t>
   </si>
   <si>
     <t>KASH-IN BECKS 72535-P</t>
   </si>
   <si>
     <t>FOREST GLEN WESTPORT BECKS {6}</t>
   </si>
   <si>
     <t>KASH-IN SMACK-P-ET</t>
   </si>
   <si>
     <t>JE840003271713439</t>
   </si>
   <si>
     <t>CAL-MART KESTREL JENNY 3413-P-ET</t>
   </si>
   <si>
     <t>PRIMUS COMANCHE KESTREL-P-ET</t>
   </si>
   <si>
     <t>JE840003240230670</t>
   </si>
   <si>
     <t>AHLEM VJ GISLEV DOLLY 62472-ET</t>
   </si>
   <si>
     <t>WILSONVIEW PHAROAHS MONUMENT</t>
   </si>
   <si>
     <t>AHLEM FARMS PARTNERSHIP</t>
   </si>
   <si>
+    <t>JEUSA000075961975</t>
+  </si>
+  <si>
+    <t>CAL-MART GISLEV JANGLE 1975-ET</t>
+  </si>
+  <si>
+    <t>CAL-MART MEDALIST PILGRIM</t>
+  </si>
+  <si>
+    <t>JE840003247498108</t>
+  </si>
+  <si>
+    <t>BOS ISNER SAND 728-P-ET</t>
+  </si>
+  <si>
+    <t>TOG ISNER-P-ET</t>
+  </si>
+  <si>
+    <t>VIERRA DAIRY FARMS</t>
+  </si>
+  <si>
     <t>JE840003260840445</t>
   </si>
   <si>
     <t>CAL-MART GEPPETTO WHOOT 3197</t>
   </si>
   <si>
     <t>AHLEM GIFTED GEPPETTO {6}-ET</t>
   </si>
   <si>
     <t>HILLVIEW LISTOWEL-P</t>
   </si>
   <si>
+    <t>JE840003272206446</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52759</t>
+  </si>
+  <si>
     <t>JEUSA000067652863</t>
   </si>
   <si>
     <t>PINE-TREE 2537 DABO 2863-P</t>
   </si>
   <si>
     <t>CLOVER FARMS</t>
   </si>
   <si>
-    <t>JEUSA000075961975</t>
-[...23 lines deleted...]
-    <t>GOLD MEDAL BLIZZARD 52759</t>
+    <t>JEUSA000075892091</t>
+  </si>
+  <si>
+    <t>VAN DE GISLEV VALHALLA GLADE</t>
+  </si>
+  <si>
+    <t>ISDK VJ HAGENBJERGGAARD HITMAN {5}</t>
+  </si>
+  <si>
+    <t>JE840003269482916</t>
+  </si>
+  <si>
+    <t>FOUR J DABO 30896</t>
   </si>
   <si>
     <t>JE840003222005921</t>
   </si>
   <si>
     <t>MM THRASHER SHELBY 13377-ET</t>
   </si>
   <si>
     <t>RIVER VALLEY CECE CHROME-ET</t>
   </si>
   <si>
     <t>MISTY MEADOW DAIRY</t>
   </si>
   <si>
-    <t>JEUSA000075892091</t>
-[...5 lines deleted...]
-    <t>ISDK VJ HAGENBJERGGAARD HITMAN {5}</t>
+    <t>JE840003130791069</t>
+  </si>
+  <si>
+    <t>TOG JDF ROWLY 10341-P-ET</t>
+  </si>
+  <si>
+    <t>TOG ALTACONFIRM-ET</t>
   </si>
   <si>
     <t>JEUSA000067496857</t>
   </si>
   <si>
     <t>GLEN MEADOWS JAMMER TARYN</t>
   </si>
   <si>
     <t>D&amp;E DIMENSION KELBY-ET</t>
   </si>
   <si>
     <t>HUFFARD DAIRY FARMS</t>
   </si>
   <si>
     <t>JE840003214926779</t>
   </si>
   <si>
     <t>VIERRA MEEKO-ET</t>
   </si>
   <si>
-    <t>JE840003269482916</t>
-[...4 lines deleted...]
-  <si>
     <t>JE840003269483081</t>
   </si>
   <si>
     <t>FOUR J DABO 31061</t>
   </si>
   <si>
     <t>JE840003252835085</t>
   </si>
   <si>
     <t>KASH-IN DABO 69655</t>
   </si>
   <si>
-    <t>JE840003130791069</t>
-[...5 lines deleted...]
-    <t>TOG ALTACONFIRM-ET</t>
+    <t>JE840003263585044</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO 87234</t>
+  </si>
+  <si>
+    <t>AHLEM FARMS JERSEYS</t>
+  </si>
+  <si>
+    <t>JE840003221095623</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER ROBBIE 80636</t>
+  </si>
+  <si>
+    <t>PROGENESIS HILLMAN</t>
+  </si>
+  <si>
+    <t>JE840003254283147</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY ORBICULARIS KATIE</t>
+  </si>
+  <si>
+    <t>TOG ORBICULARIS-ET</t>
+  </si>
+  <si>
+    <t>SEALS THOMAS L &amp; JENNIE L</t>
   </si>
   <si>
     <t>JEUSA000174829186</t>
   </si>
   <si>
     <t>CLOVER PATCH GISLEV LUCK</t>
   </si>
   <si>
     <t>KOZAK, ALAN</t>
   </si>
   <si>
     <t>JE840003236543910</t>
   </si>
   <si>
     <t>TOG SYN HYDRANGEA 40368-ET</t>
   </si>
   <si>
-    <t>JE840003263585044</t>
-[...19 lines deleted...]
-  <si>
     <t>JE840003252229374</t>
   </si>
   <si>
     <t>DUPAT KESTREL 8445</t>
   </si>
   <si>
     <t>PINNACLE DAIRY, LP</t>
   </si>
   <si>
     <t>JE840003250245751</t>
   </si>
   <si>
     <t>SUNBOW 36760-ET</t>
   </si>
   <si>
     <t>JE840003263583971</t>
   </si>
   <si>
     <t>AHLEM BLIZZARD JESSIE 66160</t>
   </si>
   <si>
+    <t>JE840003218446514</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS THRASHER 46874</t>
+  </si>
+  <si>
+    <t>AHLEM AXIS BANCROFT-ET</t>
+  </si>
+  <si>
     <t>JE840003252222225</t>
   </si>
   <si>
     <t>VIERRA BELLE-ET</t>
   </si>
   <si>
     <t>TOG BRONZE 36673-ET</t>
   </si>
   <si>
     <t>JX FOREST GLEN GOT MAID DANIEL {6}-ET</t>
   </si>
   <si>
+    <t>JE840003249057060</t>
+  </si>
+  <si>
+    <t>TOG SYN EVE 41140-ET</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER WELD-ET</t>
+  </si>
+  <si>
+    <t>JE840003243325126</t>
+  </si>
+  <si>
+    <t>TOG JDF ALLIUM 10526-ET</t>
+  </si>
+  <si>
+    <t>ISDK VJRAVINGGAARD SVITZER SVICK</t>
+  </si>
+  <si>
+    <t>JE840003244697401</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL CARBINE 49309</t>
+  </si>
+  <si>
+    <t>PRIMUS CHROME CARBINE-ET</t>
+  </si>
+  <si>
+    <t>PRIMUS CRAZE STARLORD-ET</t>
+  </si>
+  <si>
+    <t>JE840003272892390</t>
+  </si>
+  <si>
+    <t>TLJ DABO SD MAID 3054-ET</t>
+  </si>
+  <si>
+    <t>KASH-IN SUGAR DADDY-ET</t>
+  </si>
+  <si>
+    <t>LEHNERTZ, TRAVIS</t>
+  </si>
+  <si>
+    <t>JE840003263578533</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70078-ET</t>
+  </si>
+  <si>
+    <t>JE840003225256135</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS THRASHER 47074</t>
+  </si>
+  <si>
+    <t>JE840003251551863</t>
+  </si>
+  <si>
+    <t>KASH-IN SUGAR DADDY 68732</t>
+  </si>
+  <si>
+    <t>JE840003272206569</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52882</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY CIRCUS CRAZE-ET</t>
+  </si>
+  <si>
+    <t>JE840003275974841</t>
+  </si>
+  <si>
+    <t>KASH-IN BECKS 72499</t>
+  </si>
+  <si>
+    <t>JE840003266240324</t>
+  </si>
+  <si>
+    <t>CROSSWIND DABO 13686</t>
+  </si>
+  <si>
+    <t>CROSSWIND JERSEYS</t>
+  </si>
+  <si>
+    <t>JE840003219765975</t>
+  </si>
+  <si>
+    <t>T-D-I THRASHER 13551</t>
+  </si>
+  <si>
+    <t>THE DAIRY INC.</t>
+  </si>
+  <si>
+    <t>JEUSA000174104063</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ THRASHER 75243-P</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ</t>
+  </si>
+  <si>
+    <t>JE840003258298901</t>
+  </si>
+  <si>
+    <t>FOUR J BLIZZARD 29378</t>
+  </si>
+  <si>
+    <t>JE840003263578860</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70405-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003239487977</t>
+  </si>
+  <si>
+    <t>FOUR J THRASHER 24977</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY LANI LIFT-OFF-ET</t>
+  </si>
+  <si>
+    <t>JE840003220917136</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER KATIE 59778</t>
+  </si>
+  <si>
+    <t>JE840003251639675</t>
+  </si>
+  <si>
+    <t>CAL-MART ARTHUR JOEL 2964-ET</t>
+  </si>
+  <si>
+    <t>JE840003252227133</t>
+  </si>
+  <si>
+    <t>HILMAR KESTREL 30955</t>
+  </si>
+  <si>
+    <t>YOSEMITE JLS KWYNN ROWAN-ET</t>
+  </si>
+  <si>
+    <t>HILMAR JERSEYS</t>
+  </si>
+  <si>
+    <t>JEUSA000174137599</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ GISLEV 75803-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003260840521</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO JOAN 3273</t>
+  </si>
+  <si>
+    <t>CDF IRWIN STEVE</t>
+  </si>
+  <si>
     <t>JE840003239573437</t>
   </si>
   <si>
     <t>SUNWEST CHARLTON THRASHER 22993</t>
   </si>
   <si>
-    <t>JE840003221095623</t>
-[...140 lines deleted...]
-    <t>CAL-MART ARTHUR JOEL 2964-ET</t>
+    <t>JE840003263577481</t>
+  </si>
+  <si>
+    <t>AHLEM DABO PAULA 86434</t>
+  </si>
+  <si>
+    <t>JX AHLEM BALTAZAR KIAWA {6}-P-ET</t>
   </si>
   <si>
     <t>JE840003257830695</t>
   </si>
   <si>
     <t>TLJ DABO SD MAID 3039-P-ET</t>
   </si>
   <si>
-    <t>JEUSA000174137599</t>
-[...20 lines deleted...]
-    <t>YOSEMITE JLS KWYNN ROWAN-ET</t>
+    <t>JE840003272206500</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52813</t>
+  </si>
+  <si>
+    <t>JE840003253604955</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 27324</t>
+  </si>
+  <si>
+    <t>JE840003132544076</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 3172</t>
+  </si>
+  <si>
+    <t>JE840003227942697</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER TIFFANY 60477</t>
+  </si>
+  <si>
+    <t>ROWLEYS 11 VISIONARY CHILI-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604908</t>
+  </si>
+  <si>
+    <t>DUPAT GEPPETTO 27277</t>
+  </si>
+  <si>
+    <t>PRIMUS VICEROY CALIBAN-ET</t>
+  </si>
+  <si>
+    <t>JE840003271713395</t>
+  </si>
+  <si>
+    <t>CAL-MART GEPPETTO JENNY 3369</t>
+  </si>
+  <si>
+    <t>JE840003217050475</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 22843-ET</t>
+  </si>
+  <si>
+    <t>HI-LAND PAUL FEARLESS</t>
+  </si>
+  <si>
+    <t>JE840003260811896</t>
+  </si>
+  <si>
+    <t>TOG JDF LEONIA 11376-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003249794687</t>
+  </si>
+  <si>
+    <t>ELM-J NICKLAUS BLESSING 17301-ET</t>
+  </si>
+  <si>
+    <t>VICTORY THRASHER NICKLAUS-ET</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY BUTTONS BIONIC-ET</t>
+  </si>
+  <si>
+    <t>JASURDA, ED</t>
+  </si>
+  <si>
+    <t>JE840003252834984</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69554</t>
+  </si>
+  <si>
+    <t>JE840003251639668</t>
+  </si>
+  <si>
+    <t>CAL-MART BECKS JINX 2957-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174999906</t>
+  </si>
+  <si>
+    <t>SHELL-BE MONSTER MINDY-P</t>
+  </si>
+  <si>
+    <t>FOUR J MONSTER {6}-P-ET</t>
+  </si>
+  <si>
+    <t>BROUGHER MICHAEL &amp; FANNIE</t>
+  </si>
+  <si>
+    <t>JE840003266609249</t>
+  </si>
+  <si>
+    <t>STAR ROCK DABO STORMY DANIELS-ET</t>
+  </si>
+  <si>
+    <t>KASH-IN SUAVECITO-ET</t>
+  </si>
+  <si>
+    <t>STAR ROCK FARMS</t>
+  </si>
+  <si>
+    <t>JE840003244647131</t>
+  </si>
+  <si>
+    <t>VIERRA TIGER LILY</t>
+  </si>
+  <si>
+    <t>TOG LATITUDE-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175002225</t>
+  </si>
+  <si>
+    <t>JER BEL JAMMER DENISE-ET</t>
+  </si>
+  <si>
+    <t>ROWLEYS 1996 DANIEL TUCKER {6}-ET</t>
+  </si>
+  <si>
+    <t>KING, DAVID</t>
+  </si>
+  <si>
+    <t>JE840003240230678</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER VETTE 62480</t>
+  </si>
+  <si>
+    <t>SUN VALLEY ZUMA HOSTAGE-ET</t>
+  </si>
+  <si>
+    <t>JE840003223510329</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 23753-ET</t>
+  </si>
+  <si>
+    <t>JE840003265922949</t>
+  </si>
+  <si>
+    <t>RED TOP DABO 64956-P-ET</t>
+  </si>
+  <si>
+    <t>RED TOP JERSEYS</t>
+  </si>
+  <si>
+    <t>JE840003249057366</t>
+  </si>
+  <si>
+    <t>TOG SYN LAYNE 41446-ET</t>
+  </si>
+  <si>
+    <t>JE840003149715316</t>
+  </si>
+  <si>
+    <t>TOG EMERALD 36227-ET</t>
+  </si>
+  <si>
+    <t>CAL-MART CHILI LARS</t>
+  </si>
+  <si>
+    <t>JEUSA000076082171</t>
+  </si>
+  <si>
+    <t>METCALF BLIZZARD 2171</t>
+  </si>
+  <si>
+    <t>PINE-TREE CHROME NAVIDAD {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003240230499</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER WYNOLA 62301</t>
+  </si>
+  <si>
+    <t>JE840003217483597</t>
+  </si>
+  <si>
+    <t>TOG CARRINGOTN 39912-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252216630</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 26208</t>
+  </si>
+  <si>
+    <t>JE840003275975008</t>
+  </si>
+  <si>
+    <t>KASH-IN NICKLAUS 72666</t>
+  </si>
+  <si>
+    <t>JE840003244647112</t>
+  </si>
+  <si>
+    <t>VIERRA ISNER 34678-ET</t>
+  </si>
+  <si>
+    <t>JE840003257593177</t>
+  </si>
+  <si>
+    <t>AHLEM GRADUATE MAGGIE 65439</t>
+  </si>
+  <si>
+    <t>BW GRADUATE</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY CHAR CHANGE UP-ET</t>
+  </si>
+  <si>
+    <t>JE840003264023685</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW KAMAKAZI MUDPIE</t>
+  </si>
+  <si>
+    <t>BLACK LABEL THRASHING KAMAKAZI-ET</t>
+  </si>
+  <si>
+    <t>JX AHLEM FRISCO PINE {6}-ET</t>
+  </si>
+  <si>
+    <t>CHITTENDEN, ANNA C</t>
+  </si>
+  <si>
+    <t>JE840003272840729</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 24088-ET</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY THRASHER MIDWAY-ET</t>
+  </si>
+  <si>
+    <t>JE840003225213291</t>
+  </si>
+  <si>
+    <t>FOUR J THRASHER 21580-P</t>
+  </si>
+  <si>
+    <t>JE840003232335893</t>
+  </si>
+  <si>
+    <t>MAPLELINE STARLORD LIVIA</t>
+  </si>
+  <si>
+    <t>DIZEK, AUSTIN</t>
+  </si>
+  <si>
+    <t>JE840003263578843</t>
+  </si>
+  <si>
+    <t>KASH-IN KESTREL 70388-ET</t>
+  </si>
+  <si>
+    <t>JE840003252216764</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 26342</t>
+  </si>
+  <si>
+    <t>JE840003276317556</t>
+  </si>
+  <si>
+    <t>CROSSWIND JAMMER 14131</t>
+  </si>
+  <si>
+    <t>JE840003263584546</t>
+  </si>
+  <si>
+    <t>AHLEM BLIZZARD BEWITCH 66735</t>
+  </si>
+  <si>
+    <t>JE840003271713467</t>
+  </si>
+  <si>
+    <t>CAL-MART JAFARI JOY 3441-ET</t>
+  </si>
+  <si>
+    <t>CAL-MART JAFARI-ET</t>
+  </si>
+  <si>
+    <t>JE840003214925524</t>
+  </si>
+  <si>
+    <t>CDF THRASHER NITRO F8659</t>
+  </si>
+  <si>
+    <t>ALL LYNNS HENDRIX NITRO</t>
+  </si>
+  <si>
+    <t>LORD HEATHER &amp; MAXWELL AMY</t>
+  </si>
+  <si>
+    <t>JE840003262667954</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51419</t>
+  </si>
+  <si>
+    <t>DP KILOWATT AMP-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067915057</t>
+  </si>
+  <si>
+    <t>RIALS THRASHER 5057</t>
+  </si>
+  <si>
+    <t>ALL LYNNS VERNON MACCOY-ET</t>
+  </si>
+  <si>
+    <t>RIALS NEVILLE P &amp; ROMAN</t>
+  </si>
+  <si>
+    <t>JE840003239573558</t>
+  </si>
+  <si>
+    <t>SUNWEST CHARLTON CHROME H3865-P</t>
+  </si>
+  <si>
+    <t>JE840003269043935</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 23926-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067635340</t>
+  </si>
+  <si>
+    <t>AJ SUGAR DADDY 5340</t>
+  </si>
+  <si>
+    <t>ALBRIGHT JERSEYS LLC</t>
+  </si>
+  <si>
+    <t>JEUSA000175009008</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON RAE</t>
+  </si>
+  <si>
+    <t>VALSIGNA GISLEV UNCOMMON-ET</t>
+  </si>
+  <si>
+    <t>FOREST GLEN KALAHARI</t>
+  </si>
+  <si>
+    <t>JE840003220916423</t>
+  </si>
+  <si>
+    <t>AHLEM PINE CAROLINE 59065</t>
+  </si>
+  <si>
+    <t>VALSIGNA MARVEL CHEKELO</t>
+  </si>
+  <si>
+    <t>JEUSA000076381050</t>
+  </si>
+  <si>
+    <t>PINE-TREE LEXI BLIZZARD 1050-ET</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DAZZLER-ET</t>
+  </si>
+  <si>
+    <t>JE840003257593075</t>
+  </si>
+  <si>
+    <t>AHLEM VJ KANTONA TIFFANY 65337-ET</t>
+  </si>
+  <si>
+    <t>JE840003214925795</t>
+  </si>
+  <si>
+    <t>CDF THRASHER STRIKER H9681</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY SAL STRIKER-ET</t>
+  </si>
+  <si>
+    <t>C &amp; S LIVESTOCK</t>
+  </si>
+  <si>
+    <t>JE840003257593129</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO CAROL 65391</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DAYBREAK-ET</t>
+  </si>
+  <si>
+    <t>JE840003260840432</t>
+  </si>
+  <si>
+    <t>CAL-MART GEPPETTO JACKIE 3184-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000075962087</t>
+  </si>
+  <si>
+    <t>CAL-MART WOODSTOCK JENNIFER 2087-ET</t>
+  </si>
+  <si>
+    <t>JX LUCKY HILL WOODSTOCK {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003217482959</t>
+  </si>
+  <si>
+    <t>TOG FISHER 39274-ET</t>
+  </si>
+  <si>
+    <t>JE840003263578922</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70467</t>
+  </si>
+  <si>
+    <t>JEUSA000174799216</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ SUAVECITO 83263-P</t>
+  </si>
+  <si>
+    <t>SEXTON, STACI</t>
+  </si>
+  <si>
+    <t>JEUSA000175005330</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ UNCOMMON 85900</t>
+  </si>
+  <si>
+    <t>BAR MB CRAZE CASTRO</t>
+  </si>
+  <si>
+    <t>JE840003252223165</t>
+  </si>
+  <si>
+    <t>AHLEM VJ GISLEV MAGGIE 63034</t>
+  </si>
+  <si>
+    <t>JX FARIA BROTHERS URLACHER {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003271713514</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO BOO 3488</t>
+  </si>
+  <si>
+    <t>JE840003220917244</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER SUE 59886</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY CDIXIE DETOUR</t>
+  </si>
+  <si>
+    <t>JE840003217483676</t>
+  </si>
+  <si>
+    <t>TOG LANGDON 39991-ET</t>
+  </si>
+  <si>
+    <t>JE840003262668253</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51718</t>
+  </si>
+  <si>
+    <t>VICS PERFORM SANTANA-ET</t>
+  </si>
+  <si>
+    <t>AHLEM, TYLER</t>
+  </si>
+  <si>
+    <t>JE840003132544123</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 3219</t>
+  </si>
+  <si>
+    <t>JX FOREST GLEN AMSTERDAM {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003250244745</t>
+  </si>
+  <si>
+    <t>ABS AVJ ARTHUR HAILEE 35754-ET</t>
+  </si>
+  <si>
+    <t>BLACK LABEL GENETICS</t>
+  </si>
+  <si>
+    <t>JEUSA000067652867</t>
+  </si>
+  <si>
+    <t>PINE-TREE 2541 DABO 2867</t>
+  </si>
+  <si>
+    <t>STEINER, MATTHEW</t>
+  </si>
+  <si>
+    <t>JE840003242794505</t>
+  </si>
+  <si>
+    <t>CAL-MART LUTHER WAND 2550-ET</t>
+  </si>
+  <si>
+    <t>JX HIGHPOINT LUTHER {6}-ET</t>
+  </si>
+  <si>
+    <t>BW FASTRACK-ET</t>
+  </si>
+  <si>
+    <t>JE840003269043755</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 23746-ET</t>
+  </si>
+  <si>
+    <t>JE840003257593409</t>
+  </si>
+  <si>
+    <t>AHLEM SUAVECITO MAGGIE 65671</t>
+  </si>
+  <si>
+    <t>JE840003254644667</t>
+  </si>
+  <si>
+    <t>YOSEMITE THRASHER HILDA</t>
+  </si>
+  <si>
+    <t>JE840003269948975</t>
+  </si>
+  <si>
+    <t>KASH-IN VOLANT 71960-ET</t>
+  </si>
+  <si>
+    <t>VALSIGNA THRASHER VOLANT-ET</t>
+  </si>
+  <si>
+    <t>JE840003234636824</t>
+  </si>
+  <si>
+    <t>MM RENFROW JOAN 15531-ET</t>
+  </si>
+  <si>
+    <t>OAKLANE DAZZLER DISCO 2127-ET</t>
+  </si>
+  <si>
+    <t>HOGAN, DAVID L</t>
+  </si>
+  <si>
+    <t>JE840003209969583</t>
+  </si>
+  <si>
+    <t>TOG ANSELLIA 38641-ET</t>
+  </si>
+  <si>
+    <t>TOG ERIC P739 7922-ET</t>
+  </si>
+  <si>
+    <t>JE840003281718773</t>
+  </si>
+  <si>
+    <t>BOHNERTS MIDWAY ASHER</t>
+  </si>
+  <si>
+    <t>VICTORY S-S-I MIAMI HOLEINONE-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174387659</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ THRASHER 79269</t>
+  </si>
+  <si>
+    <t>WILSONVIEW PERFORM MACHETE-ET</t>
+  </si>
+  <si>
+    <t>JE840003227943051</t>
+  </si>
+  <si>
+    <t>AHLEM PINE BUTTONS 60831-ET</t>
+  </si>
+  <si>
+    <t>HI-LAND SCORE FORMIDABLE</t>
+  </si>
+  <si>
+    <t>JE840003262668013</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51478</t>
+  </si>
+  <si>
+    <t>JE840003272205894</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52207</t>
+  </si>
+  <si>
+    <t>OAKLANE DAZZLER DOORMAN 2125-ET</t>
+  </si>
+  <si>
+    <t>JE840003247116605</t>
+  </si>
+  <si>
+    <t>TOG JDF LEILA 10883-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003218445722</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS STARLORD 46082</t>
+  </si>
+  <si>
+    <t>JE840003263584615</t>
+  </si>
+  <si>
+    <t>AHLEM KESTREL ELECTRA 66804-ET</t>
+  </si>
+  <si>
+    <t>HERRERA, CAMILLE</t>
+  </si>
+  <si>
+    <t>JE840003225256183</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS THRASHER 47122</t>
+  </si>
+  <si>
+    <t>AHLEM REGENCY PRINCETON-ET</t>
+  </si>
+  <si>
+    <t>JE840003269042891</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY DABO MARQUIS-P</t>
+  </si>
+  <si>
+    <t>JE840003263577750</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO 86703</t>
+  </si>
+  <si>
+    <t>JE840003250475018</t>
+  </si>
+  <si>
+    <t>VIERRA PEGASUS-PP-ET</t>
+  </si>
+  <si>
+    <t>VIERRA JOHNNYCASH-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252223487</t>
+  </si>
+  <si>
+    <t>AHLEM VJ KANTONA BUTTONS 63356-ET</t>
+  </si>
+  <si>
+    <t>JE840003262668254</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51719</t>
+  </si>
+  <si>
+    <t>JE840003252216570</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 26148</t>
+  </si>
+  <si>
+    <t>JEUSA000174992338</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KESTREL MAID 4946-P</t>
+  </si>
+  <si>
+    <t>SILVA, ERIC LEONARD</t>
+  </si>
+  <si>
+    <t>JE840003257592821</t>
+  </si>
+  <si>
+    <t>AHLEM LATITUDE BUTTONS 65083</t>
+  </si>
+  <si>
+    <t>JE840003250346724</t>
+  </si>
+  <si>
+    <t>VIERRA GEPPETTO 72834</t>
+  </si>
+  <si>
+    <t>JE840003233607567</t>
+  </si>
+  <si>
+    <t>CAL-MART WOODSTOCK JENA 2103-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604367</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26736</t>
+  </si>
+  <si>
+    <t>JEUSA000175004393</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH BLIZZARD BOUJEE</t>
+  </si>
+  <si>
+    <t>JE840003252835319</t>
+  </si>
+  <si>
+    <t>KASH-IN AEROSMITH 69889</t>
+  </si>
+  <si>
+    <t>VIERRA AEROSMITH-ET</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY MAC MOVER-ET</t>
+  </si>
+  <si>
+    <t>JE840003254283206</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY DABO DANIELLA-ET</t>
+  </si>
+  <si>
+    <t>MISSISKA MACKENZIE-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174237495</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON GISLEV DIXIE 4000-ET</t>
+  </si>
+  <si>
+    <t>JX SUNSET CANYON GOT MAID {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003263577848</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO 86801</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW DILLAN-P</t>
+  </si>
+  <si>
+    <t>JE840003263579140</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70685</t>
+  </si>
+  <si>
+    <t>JE840003220916917</t>
+  </si>
+  <si>
+    <t>AHLEM PINE GEM 59559</t>
+  </si>
+  <si>
+    <t>JEUSA000076082155</t>
+  </si>
+  <si>
+    <t>METCALF JAMMER 2155</t>
+  </si>
+  <si>
+    <t>JEUSA000175008276</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON MAY</t>
+  </si>
+  <si>
+    <t>JE840003239573527</t>
+  </si>
+  <si>
+    <t>SUNWEST FOXWORTH THRASHER H3834</t>
+  </si>
+  <si>
+    <t>ROWLEYS 1995 DANIEL FOXWORTH</t>
+  </si>
+  <si>
+    <t>JE840003214926920</t>
+  </si>
+  <si>
+    <t>VIERRA THRASHER 32108-ET</t>
+  </si>
+  <si>
+    <t>JE840003250479330</t>
+  </si>
+  <si>
+    <t>REDROW 2509 DABO 3385-ET</t>
+  </si>
+  <si>
+    <t>LARSON, SOPHIA</t>
+  </si>
+  <si>
+    <t>JE840003224439543</t>
+  </si>
+  <si>
+    <t>VIERRA MEREDITH-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003239580028</t>
+  </si>
+  <si>
+    <t>CDF THRASHER JIMINY H1504</t>
+  </si>
+  <si>
+    <t>AHLEM DIMENSION JIMINY</t>
+  </si>
+  <si>
+    <t>JE840003257829229</t>
+  </si>
+  <si>
+    <t>MM GRADUATE QUESO 21348-ET</t>
+  </si>
+  <si>
+    <t>AHLEM BOWMAN LANCER-ET</t>
+  </si>
+  <si>
+    <t>JE840003269043094</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SELINA 23085-ET</t>
+  </si>
+  <si>
+    <t>JE840003272840683</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SELINA 24042-ET</t>
+  </si>
+  <si>
+    <t>JE840003149715753</t>
+  </si>
+  <si>
+    <t>TOG INDIGO 36664-ET</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ PREMIUM {6}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174933373</t>
+  </si>
+  <si>
+    <t>SUN VALLEY KESTREL WOO-P</t>
+  </si>
+  <si>
+    <t>SUN VALLEY FARM</t>
+  </si>
+  <si>
+    <t>JE840003242794618</t>
+  </si>
+  <si>
+    <t>CAL-MART JUGGERNAUT JEAN 2663-ET</t>
+  </si>
+  <si>
+    <t>SUN VALLEY ABS JUGGERNAUT {6}</t>
+  </si>
+  <si>
+    <t>JE840003249794709</t>
+  </si>
+  <si>
+    <t>ELM-J NICKLAUS BLESSING 17323-ET</t>
+  </si>
+  <si>
+    <t>JE840003234065378</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL PINE 48394</t>
+  </si>
+  <si>
+    <t>CDF LAYNE IVORY-ET</t>
+  </si>
+  <si>
+    <t>JE840003272205794</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL SANCHO 52107</t>
+  </si>
+  <si>
+    <t>SANDCREEKS WESTPORT SANCHO {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003220916746</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER EOWYN 59388</t>
+  </si>
+  <si>
+    <t>JE840003274938001</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO JUDY 67126</t>
+  </si>
+  <si>
+    <t>JE840003272205747</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 52060</t>
+  </si>
+  <si>
+    <t>JE840003253604392</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26761-ET</t>
+  </si>
+  <si>
+    <t>JE840003217050514</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 22882-ET</t>
+  </si>
+  <si>
+    <t>JE840003265922643</t>
+  </si>
+  <si>
+    <t>RED TOP DABO 64650</t>
+  </si>
+  <si>
+    <t>JE840003225231108</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER DETOUR H9799</t>
+  </si>
+  <si>
+    <t>JE840003272384954</t>
+  </si>
+  <si>
+    <t>UNITED PRIDE DABO PIPPA 19064</t>
+  </si>
+  <si>
+    <t>CAL-MART JUPITER HECTOR-ET</t>
+  </si>
+  <si>
+    <t>UNITED PRIDE DAIRY, LLC</t>
+  </si>
+  <si>
+    <t>JEUSA000067693151</t>
+  </si>
+  <si>
+    <t>AJ PILGRIM 3151</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW VIGILANCE-ET</t>
+  </si>
+  <si>
+    <t>JE840003250247222</t>
+  </si>
+  <si>
+    <t>CAL-MART KESTREL JADE 38231-ET</t>
+  </si>
+  <si>
+    <t>JE840003263578821</t>
+  </si>
+  <si>
+    <t>KASH-IN BLIZZARD 70366-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174930615</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ BLIZZRD ALBERTA 84847</t>
+  </si>
+  <si>
+    <t>JE840003263583966</t>
+  </si>
+  <si>
+    <t>AHLEM OVERALLS MYSTY 66155</t>
+  </si>
+  <si>
+    <t>ROWLEYS 80 CALIBAN OVERALLS-ET</t>
+  </si>
+  <si>
+    <t>JE840003251639701</t>
+  </si>
+  <si>
+    <t>CAL-MART BECKS JILL 2990-ET</t>
+  </si>
+  <si>
+    <t>JE840003224956982</t>
+  </si>
+  <si>
+    <t>PRIMUS NAVIDAD 56016 FELICITY-ET</t>
+  </si>
+  <si>
+    <t>JE840003263584391</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO HELEN 66580</t>
+  </si>
+  <si>
+    <t>JE840003239579651</t>
+  </si>
+  <si>
+    <t>CDF THRASHER PRINCETON H1127</t>
+  </si>
+  <si>
+    <t>JE840003224957033</t>
+  </si>
+  <si>
+    <t>RED TOP THRASHER 56067</t>
+  </si>
+  <si>
+    <t>AHLEM AXIS COMANCHE-ET</t>
+  </si>
+  <si>
+    <t>JE840003262668391</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51856</t>
+  </si>
+  <si>
+    <t>PINE-TREE PHARO 1ST DYNASTY-ET</t>
+  </si>
+  <si>
+    <t>JE840003217051109</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 23477</t>
+  </si>
+  <si>
+    <t>WAUNAKEE LEGAL PERFORM</t>
+  </si>
+  <si>
+    <t>JE840003274948288</t>
+  </si>
+  <si>
+    <t>MM DABO SHELBY 30836-P</t>
+  </si>
+  <si>
+    <t>CLOVER FARMS JACKS POTOGOLD</t>
+  </si>
+  <si>
+    <t>JE840003257592874</t>
+  </si>
+  <si>
+    <t>AHLEM LATITUDE TRINITY 65136</t>
+  </si>
+  <si>
+    <t>JE840003221316674</t>
+  </si>
+  <si>
+    <t>HILMAR PINE 23970</t>
   </si>
   <si>
     <t>AHLEM, CHARLES</t>
   </si>
   <si>
-    <t>JE840003272206500</t>
-[...500 lines deleted...]
-    <t>ABS AVJ ARTHUR HAILEE 35754-ET</t>
+    <t>JE840003252216689</t>
+  </si>
+  <si>
+    <t>DUPAT SPICY 26267</t>
+  </si>
+  <si>
+    <t>BLACK LABEL HILDAGO SPICY {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003217182038</t>
+  </si>
+  <si>
+    <t>AHLEM STARLORD GENEVEVE 58756-ET</t>
+  </si>
+  <si>
+    <t>AHLEM VISIONARY PERSEUS 21947-ET</t>
+  </si>
+  <si>
+    <t>JE840003253609329</t>
+  </si>
+  <si>
+    <t>AHLEM KESTREL LILY 85899</t>
+  </si>
+  <si>
+    <t>JE840003132544112</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 3208</t>
+  </si>
+  <si>
+    <t>JE840003263578882</t>
+  </si>
+  <si>
+    <t>KASH-IN KESTREL 70427-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003263576993</t>
+  </si>
+  <si>
+    <t>BOHNERTS AEROSMITH MEGGS</t>
+  </si>
+  <si>
+    <t>JX SUN VALLEY JAYWALK {6}-ET</t>
+  </si>
+  <si>
+    <t>BOHNERT JERSEYS</t>
+  </si>
+  <si>
+    <t>JEUSA000067446937</t>
+  </si>
+  <si>
+    <t>EHLERS KESTREL LANA</t>
+  </si>
+  <si>
+    <t>EHLERS FAMILY FARM LLC</t>
+  </si>
+  <si>
+    <t>JEUSA000174827531</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ DABO 83650-P</t>
+  </si>
+  <si>
+    <t>JE840003252835249</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69819-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000076041408</t>
+  </si>
+  <si>
+    <t>CAL-MART STEVE JELLO 1408-ET</t>
+  </si>
+  <si>
+    <t>ISDK VJ HJORTVANGS HOLMER HJORT</t>
+  </si>
+  <si>
+    <t>JE840003217182255</t>
+  </si>
+  <si>
+    <t>AHLEM PINE HAVS 58973</t>
+  </si>
+  <si>
+    <t>JE840003252216429</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26007-ET</t>
+  </si>
+  <si>
+    <t>JE840003217050474</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 22842-ET</t>
+  </si>
+  <si>
+    <t>JE840003236300187</t>
+  </si>
+  <si>
+    <t>VALSIGNA RENFROW 42248-ET</t>
+  </si>
+  <si>
+    <t>AHLEM DIVIDEND LAWYER</t>
+  </si>
+  <si>
+    <t>JE840003225256361</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS THRASHER 47300</t>
+  </si>
+  <si>
+    <t>JE840003212619710</t>
+  </si>
+  <si>
+    <t>AVI-LANCHE THRASH PRINCES 32634</t>
+  </si>
+  <si>
+    <t>ROYAL FLUSH DAIRY OF TEXAS</t>
+  </si>
+  <si>
+    <t>JEUSA000175039689</t>
+  </si>
+  <si>
+    <t>SUNNY RIDGE MONSTER GRACEE</t>
+  </si>
+  <si>
+    <t>SEALS, JOSHUA</t>
+  </si>
+  <si>
+    <t>JE840003252835047</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69617</t>
+  </si>
+  <si>
+    <t>JE840003275974665</t>
+  </si>
+  <si>
+    <t>KASH-IN OVERALLS 72323-ET</t>
+  </si>
+  <si>
+    <t>JE840003230793878</t>
+  </si>
+  <si>
+    <t>AHLEM FRINGE LU 84172</t>
+  </si>
+  <si>
+    <t>VICTORY S-S-I MIAMI FRINGE-ET</t>
+  </si>
+  <si>
+    <t>JE840003269393849</t>
+  </si>
+  <si>
+    <t>VIERRA VIKTOR 37149-P-ET</t>
+  </si>
+  <si>
+    <t>SEXING JIG VIKTOR-ET</t>
+  </si>
+  <si>
+    <t>JE840003250241445</t>
+  </si>
+  <si>
+    <t>CAL-MART LISTOWELL JADE 2874-ET</t>
+  </si>
+  <si>
+    <t>JE840003130791043</t>
+  </si>
+  <si>
+    <t>TOG JDF BOONE 10315-ET</t>
+  </si>
+  <si>
+    <t>TOG LISTOWEL PUMICE-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604755</t>
+  </si>
+  <si>
+    <t>PRIMUS BLIZZARD 27124-P</t>
+  </si>
+  <si>
+    <t>JE840003272206478</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 52791</t>
+  </si>
+  <si>
+    <t>JX AVI-LANCHE VICEROY DASHIELL {6}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174255956</t>
+  </si>
+  <si>
+    <t>WILSONVIEW THRASH ADDIES BARBARA</t>
+  </si>
+  <si>
+    <t>WILSONVIEW DAIRY</t>
+  </si>
+  <si>
+    <t>JE840003251639687</t>
+  </si>
+  <si>
+    <t>CAL-MART GRADUATE JOLLY 2976-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174771447</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KESTREL MAID 4621-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003256217488</t>
+  </si>
+  <si>
+    <t>LEGACY GEPPETTO 36143</t>
+  </si>
+  <si>
+    <t>LEGACY RANCH</t>
+  </si>
+  <si>
+    <t>JE840003252221689</t>
+  </si>
+  <si>
+    <t>VIERRA LATITUDE MESA-ET</t>
+  </si>
+  <si>
+    <t>JE840003270379269</t>
+  </si>
+  <si>
+    <t>S-S-I CLOVER MONSTER 42248 11309-ET</t>
+  </si>
+  <si>
+    <t>SELECT SIRES INC - SIRE DEPT</t>
+  </si>
+  <si>
+    <t>JE840003251639761</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO JACKLIN 3050-ET</t>
+  </si>
+  <si>
+    <t>ABS MARINE-ET</t>
+  </si>
+  <si>
+    <t>JE840003269042828</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY BLIZZARD CELESTE</t>
+  </si>
+  <si>
+    <t>JE840003272206279</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52592</t>
+  </si>
+  <si>
+    <t>JX AHLEM CHROME COLGATE {6}</t>
+  </si>
+  <si>
+    <t>JE840003272892405</t>
+  </si>
+  <si>
+    <t>TLJ MONSTER SD BEAUTY 3069-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003271713423</t>
+  </si>
+  <si>
+    <t>CAL-MART WALRUS JANA 3397-ET</t>
+  </si>
+  <si>
+    <t>CAL-MART WALRUS-ET</t>
+  </si>
+  <si>
+    <t>JE840003203346595</t>
+  </si>
+  <si>
+    <t>TOG ORPAH 37287-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175008481</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON DEW</t>
+  </si>
+  <si>
+    <t>JE840003281718794</t>
+  </si>
+  <si>
+    <t>BOHNERTS OVERALLS MELISSA</t>
+  </si>
+  <si>
+    <t>JE840003263577778</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO 86731</t>
+  </si>
+  <si>
+    <t>ALL LYNNS DEMOS-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003217181743</t>
+  </si>
+  <si>
+    <t>AHLEM STARLORD PAULA 58461</t>
+  </si>
+  <si>
+    <t>JEUSA000175095801</t>
+  </si>
+  <si>
+    <t>BLUE MIST MIDWAY CHEX</t>
+  </si>
+  <si>
+    <t>SANDCREEKS REGENCY ZENON-P-ET</t>
+  </si>
+  <si>
+    <t>GOMES JERSEY DAIRY, LLC</t>
+  </si>
+  <si>
+    <t>JE840003244169194</t>
+  </si>
+  <si>
+    <t>REDROW 2509 DABO 3349-ET</t>
+  </si>
+  <si>
+    <t>STEVE ROWLEY &amp; REDLAND GENETICS</t>
+  </si>
+  <si>
+    <t>JE840003269043028</t>
+  </si>
+  <si>
+    <t>MM GEPPETTO LUNA 23019</t>
+  </si>
+  <si>
+    <t>JE840003249056818</t>
+  </si>
+  <si>
+    <t>TOG SYN VANESSA 40898-ET</t>
+  </si>
+  <si>
+    <t>JE840003263578832</t>
+  </si>
+  <si>
+    <t>KASH-IN KESTREL 70377-ET</t>
+  </si>
+  <si>
+    <t>JE840003251639703</t>
+  </si>
+  <si>
+    <t>CAL-MART ARTHUR JANEL 2992-ET</t>
+  </si>
+  <si>
+    <t>JE840003223510335</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 23759-ET</t>
+  </si>
+  <si>
+    <t>JE840003252459839</t>
+  </si>
+  <si>
+    <t>ABS WB BECKS 9839-ET</t>
+  </si>
+  <si>
+    <t>JE840003264023491</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW BLIZZARD KORA</t>
+  </si>
+  <si>
+    <t>CHITTENDEN, DONNA OOMS</t>
+  </si>
+  <si>
+    <t>JE840003250241469</t>
+  </si>
+  <si>
+    <t>CAL-MART STENO JILL 2898-ET</t>
+  </si>
+  <si>
+    <t>JE840003220070318</t>
+  </si>
+  <si>
+    <t>FOUR J THRASHER 20956</t>
+  </si>
+  <si>
+    <t>JE840003252216783</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 26361</t>
+  </si>
+  <si>
+    <t>JX AHLEM CRAZE PROTEUS {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003224438969</t>
+  </si>
+  <si>
+    <t>VIERRA LISTOWEL 32874-P</t>
+  </si>
+  <si>
+    <t>JEUSA000076082208</t>
+  </si>
+  <si>
+    <t>METCALF BLIZZARD 2208</t>
+  </si>
+  <si>
+    <t>MFW DAZZLER BORIS-ET</t>
+  </si>
+  <si>
+    <t>JE840003263584390</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO HELEN 66579</t>
+  </si>
+  <si>
+    <t>JE840003267492612</t>
+  </si>
+  <si>
+    <t>GOEDE GRADUATE YOLANDA</t>
+  </si>
+  <si>
+    <t>STEINHAUERS SAMSON LEMONHEAD</t>
+  </si>
+  <si>
+    <t>GOEDE ACRES</t>
+  </si>
+  <si>
+    <t>JE840003263577403</t>
+  </si>
+  <si>
+    <t>AHLEM DABO HOLLY 86356</t>
+  </si>
+  <si>
+    <t>SHAN-MAR ARCHER KNOCK-OUT-ET</t>
+  </si>
+  <si>
+    <t>JE840003243108864</t>
+  </si>
+  <si>
+    <t>ELM-J ISNER FORTUNA 16977-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483733</t>
+  </si>
+  <si>
+    <t>TOG MANTADOR 40048-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003148508210</t>
+  </si>
+  <si>
+    <t>SUNBOW SKYLER JULIA 29314</t>
+  </si>
+  <si>
+    <t>JE840003258298956</t>
+  </si>
+  <si>
+    <t>FOUR J SUGAR DADDY 29433</t>
+  </si>
+  <si>
+    <t>JE840003260840430</t>
+  </si>
+  <si>
+    <t>CAL-MART GEPPETTO JACENTA 3182-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175008614</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON JANY</t>
+  </si>
+  <si>
+    <t>JE840003263584532</t>
+  </si>
+  <si>
+    <t>AHLEM BLIZZARD PRINCESS 66721</t>
+  </si>
+  <si>
+    <t>JE840003239573010</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER CHROME H1815</t>
+  </si>
+  <si>
+    <t>JE840003230111593</t>
+  </si>
+  <si>
+    <t>KASH-IN THRASHER 65908</t>
+  </si>
+  <si>
+    <t>TJF VISIONARY REGENCY</t>
+  </si>
+  <si>
+    <t>JE840003240230531</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER VANITY 62333</t>
+  </si>
+  <si>
+    <t>JEUSA000175005817</t>
+  </si>
+  <si>
+    <t>SUNNY RIDGE DABO VERONICA-P</t>
+  </si>
+  <si>
+    <t>ELLIOTTS REGENCY CASINO-ET</t>
+  </si>
+  <si>
+    <t>SEALS, TYLER G</t>
+  </si>
+  <si>
+    <t>JE840003263584732</t>
+  </si>
+  <si>
+    <t>AHLEM UNCOMMON SUE 66921</t>
+  </si>
+  <si>
+    <t>JE840003275975303</t>
+  </si>
+  <si>
+    <t>KASH-IN BLIZZARD 72961</t>
+  </si>
+  <si>
+    <t>JE840003217483707</t>
+  </si>
+  <si>
+    <t>TOG MARTIN 40022-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067652977</t>
+  </si>
+  <si>
+    <t>PINE-TREE 2671 STARLO 2977-P</t>
+  </si>
+  <si>
+    <t>TOG FEDERER 37562-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003213193916</t>
+  </si>
+  <si>
+    <t>LUCKY HILL PINE BUTTER RUM</t>
+  </si>
+  <si>
+    <t>MCREYNOLDS, ANDREW</t>
+  </si>
+  <si>
+    <t>JE840003253604943</t>
+  </si>
+  <si>
+    <t>DUPAT VJ STENO 27312-ET</t>
+  </si>
+  <si>
+    <t>JE840003253605004</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 27373</t>
+  </si>
+  <si>
+    <t>JE840003252216428</t>
+  </si>
+  <si>
+    <t>DUPAT SUGAR DADDY 26006</t>
+  </si>
+  <si>
+    <t>JE840003252835358</t>
+  </si>
+  <si>
+    <t>KASH-IN AEROSMITH 69928</t>
+  </si>
+  <si>
+    <t>JE840003269948694</t>
+  </si>
+  <si>
+    <t>KASH-IN OVERALLS 71679-ET</t>
+  </si>
+  <si>
+    <t>JE840003223510192</t>
+  </si>
+  <si>
+    <t>DUPAT VJ GISLEV 23616-ET</t>
+  </si>
+  <si>
+    <t>JE840003253609058</t>
+  </si>
+  <si>
+    <t>AHLEM GRADUATE CHARM 85628</t>
+  </si>
+  <si>
+    <t>JE840003249794677</t>
+  </si>
+  <si>
+    <t>ELM-J NICKLAUS BLUSH 17291-ET</t>
+  </si>
+  <si>
+    <t>JE840003257604025</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 27779</t>
+  </si>
+  <si>
+    <t>JE840003225231270</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER MAGNUS H9961-P</t>
+  </si>
+  <si>
+    <t>PROGENESIS MAGNUS-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000076511129</t>
+  </si>
+  <si>
+    <t>CLOVER FARMS UNCMMN ILLINI 11129</t>
+  </si>
+  <si>
+    <t>JE840003272255488</t>
+  </si>
+  <si>
+    <t>EVANGELO VOLANT 8414</t>
+  </si>
+  <si>
+    <t>EVANGELO JERSEYS</t>
+  </si>
+  <si>
+    <t>JEUSA000174783875</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH SUGAR D RAFFLE</t>
+  </si>
+  <si>
+    <t>JE840003253604852</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 27221</t>
+  </si>
+  <si>
+    <t>JE840003247080364</t>
+  </si>
+  <si>
+    <t>BOHNERTS SUAVECITO DINO</t>
+  </si>
+  <si>
+    <t>KIRCHDOERFER JERSEYS</t>
+  </si>
+  <si>
+    <t>JE840003253604188</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 26557</t>
+  </si>
+  <si>
+    <t>JE840003239580415</t>
+  </si>
+  <si>
+    <t>CDF THRASHER REGAL H32141</t>
+  </si>
+  <si>
+    <t>AHLEM VALENTINO REGAL</t>
+  </si>
+  <si>
+    <t>TATE, JONAS</t>
+  </si>
+  <si>
+    <t>JE840003274937928</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO SERENADE 67053</t>
+  </si>
+  <si>
+    <t>JE840003272840662</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 24021-ET</t>
+  </si>
+  <si>
+    <t>JE840003252218042</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 50620</t>
+  </si>
+  <si>
+    <t>JE840003264170661</t>
+  </si>
+  <si>
+    <t>SUNWEST FORTUNA 24814</t>
+  </si>
+  <si>
+    <t>PRIMUS NAVIDAD FORTUNA-ET</t>
+  </si>
+  <si>
+    <t>JE840003257593366</t>
+  </si>
+  <si>
+    <t>AHLEM FEDERER MARTHA 65628-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483516</t>
+  </si>
+  <si>
+    <t>TOG HERBON 39831-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483439</t>
+  </si>
+  <si>
+    <t>TOG LISBON 39754-ET</t>
+  </si>
+  <si>
+    <t>TOG MACHETE CHALK-ET</t>
+  </si>
+  <si>
+    <t>JE840003221094998</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER MINDY 80011</t>
+  </si>
+  <si>
+    <t>JE840003132544128</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 3224</t>
+  </si>
+  <si>
+    <t>TOG DILICH 37745-ET</t>
+  </si>
+  <si>
+    <t>JE840003263576989</t>
+  </si>
+  <si>
+    <t>BOHNERTS BLIZZARD DOL</t>
+  </si>
+  <si>
+    <t>JE840003262583457</t>
+  </si>
+  <si>
+    <t>HJRP VOLANT 3997</t>
+  </si>
+  <si>
+    <t>PARREIRA FARMS</t>
+  </si>
+  <si>
+    <t>JE840003132544006</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 3102</t>
+  </si>
+  <si>
+    <t>JX AHLEM BALTAZAR FIRESTAR {6}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175042474</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ UNCOMMON 86734</t>
+  </si>
+  <si>
+    <t>JEUSA000175008454</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON LIA</t>
+  </si>
+  <si>
+    <t>JX CLOVER PATCH W CUP PPLATO {5}</t>
+  </si>
+  <si>
+    <t>JE840003257592908</t>
+  </si>
+  <si>
+    <t>AHLEM VJ KANTONA CARNIVAL 65170-ET</t>
+  </si>
+  <si>
+    <t>JE840003209969918</t>
+  </si>
+  <si>
+    <t>TOG PANICULATA 38976-ET</t>
+  </si>
+  <si>
+    <t>JE840003281718796</t>
+  </si>
+  <si>
+    <t>BOHNERTS OVERALLS GRETTA</t>
+  </si>
+  <si>
+    <t>BOHNERT TYLER, CASSIE &amp; JACOB</t>
+  </si>
+  <si>
+    <t>JE840003252223775</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER ROSANNA 63644-ET</t>
+  </si>
+  <si>
+    <t>JE840003262667871</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL FORTUNA 51336</t>
+  </si>
+  <si>
+    <t>AHLEM KWYNN RESPECT-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483545</t>
+  </si>
+  <si>
+    <t>TOG BANISTER 39860-PP-ET</t>
+  </si>
+  <si>
+    <t>JE840003269043970</t>
+  </si>
+  <si>
+    <t>MM KESTREL RUSTY 23961-P-ET</t>
+  </si>
+  <si>
+    <t>PINE-TREE POPCORN-PP-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174785532</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KESTREL MAID 4653</t>
+  </si>
+  <si>
+    <t>ISDK VJ HAVDAL LAPPE DEE {6}</t>
+  </si>
+  <si>
+    <t>JE840003252836562</t>
+  </si>
+  <si>
+    <t>AHLEM KESTREL BUTTONS 64931</t>
+  </si>
+  <si>
+    <t>JEUSA000174795100</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KESTREL DAFFY 4671-P</t>
+  </si>
+  <si>
+    <t>JE840003225231289</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER TEE TIME H9980</t>
+  </si>
+  <si>
+    <t>WICKS TEE TIME</t>
+  </si>
+  <si>
+    <t>JE840003260840426</t>
+  </si>
+  <si>
+    <t>CAL-MART GEPPETTO JACI 3178-ET</t>
+  </si>
+  <si>
+    <t>JE840003225230834</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER CORONADO H8774</t>
+  </si>
+  <si>
+    <t>AHLEM SPARKY CORONADO</t>
+  </si>
+  <si>
+    <t>JE840003253604785</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 27154</t>
+  </si>
+  <si>
+    <t>JE840003244647088</t>
+  </si>
+  <si>
+    <t>VIERRA ISNER 34654-ET</t>
+  </si>
+  <si>
+    <t>JE840003262668284</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL CHARLTON 51749</t>
+  </si>
+  <si>
+    <t>JE840003235803649</t>
+  </si>
+  <si>
+    <t>KASH-IN DETECTIVE 66575</t>
+  </si>
+  <si>
+    <t>PINE-TREE CHROME DETECTIVE 2019 {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003271713328</t>
+  </si>
+  <si>
+    <t>CAL-MART GEPPETTO WANITA 3302</t>
+  </si>
+  <si>
+    <t>JE840003240812464</t>
+  </si>
+  <si>
+    <t>KASH-IN SUGAR DADDY 67565</t>
+  </si>
+  <si>
+    <t>JX LOVES OCTAVIUS {6}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174248411</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ THRASHER MAE 77504</t>
+  </si>
+  <si>
+    <t>AHLEM AXIS DAGGAR 22486</t>
+  </si>
+  <si>
+    <t>JE840003254645819</t>
+  </si>
+  <si>
+    <t>EVANGELO DABO 8161</t>
+  </si>
+  <si>
+    <t>JE840003252835840</t>
+  </si>
+  <si>
+    <t>AHLEM ALCAN CORA 64209</t>
+  </si>
+  <si>
+    <t>TOG ALCAN 38306-ET</t>
+  </si>
+  <si>
+    <t>JE840003132544030</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 3126</t>
+  </si>
+  <si>
+    <t>JE840003209969268</t>
+  </si>
+  <si>
+    <t>TOG KASAAN 38326-ET</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON MOTIVATION</t>
+  </si>
+  <si>
+    <t>JE840003233607591</t>
+  </si>
+  <si>
+    <t>CAL-MART WOODSTOCK WHIRLING 2127-ET</t>
+  </si>
+  <si>
+    <t>JE840003224439528</t>
+  </si>
+  <si>
+    <t>VIERRA THRASHER 33433</t>
+  </si>
+  <si>
+    <t>JE840003250242803</t>
+  </si>
+  <si>
+    <t>PROGENESIS PEARLJAM 35283-ET</t>
+  </si>
+  <si>
+    <t>VIERRA PEARLJAM-P-ET</t>
+  </si>
+  <si>
+    <t>JX VIERRA ELVIS {6}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067744401</t>
+  </si>
+  <si>
+    <t>HIGHLAND FORTUNATE LS SPICE</t>
+  </si>
+  <si>
+    <t>TOG FORTUNATE-ET</t>
+  </si>
+  <si>
+    <t>HIGHLAND FARMS</t>
+  </si>
+  <si>
+    <t>JE840003259546373</t>
+  </si>
+  <si>
+    <t>LA-CA-DE-LE CLOSER CHOICE 12043</t>
+  </si>
+  <si>
+    <t>KIMBALL, KEITH R</t>
+  </si>
+  <si>
+    <t>JE840003217483183</t>
+  </si>
+  <si>
+    <t>TOG COX 39498-ET</t>
+  </si>
+  <si>
+    <t>JE840003239162665</t>
+  </si>
+  <si>
+    <t>AHLEM FRINGE NANCY 82950</t>
+  </si>
+  <si>
+    <t>JE840003252836280</t>
+  </si>
+  <si>
+    <t>AHLEM DABO CHARM 64649-ET</t>
+  </si>
+  <si>
+    <t>JX AHLEM WORLD CUP HIDALGO {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003272206025</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52338</t>
+  </si>
+  <si>
+    <t>CAL-MART PILGRIM TAD</t>
+  </si>
+  <si>
+    <t>JE840003212618810</t>
+  </si>
+  <si>
+    <t>AVI-LANCHE THRASHER PLUM 31734</t>
+  </si>
+  <si>
+    <t>JEUSA000174213219</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ GISLEV MAE 77035-ET</t>
+  </si>
+  <si>
+    <t>AHLEM GENOMINATOR MOONBEAM</t>
+  </si>
+  <si>
+    <t>JE840003263585084</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO 87274</t>
+  </si>
+  <si>
+    <t>JE840003252836308</t>
+  </si>
+  <si>
+    <t>AHLEM DABO CHARM 64677-ET</t>
+  </si>
+  <si>
+    <t>JE840003203346838</t>
+  </si>
+  <si>
+    <t>TOG ENID 37530-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003269948300</t>
+  </si>
+  <si>
+    <t>KASH-IN KESTREL 71285-ET</t>
+  </si>
+  <si>
+    <t>JE840003269393980</t>
+  </si>
+  <si>
+    <t>VIERRA KESTREL 37280</t>
+  </si>
+  <si>
+    <t>JE840003221320616</t>
+  </si>
+  <si>
+    <t>HILMAR TENPENNY 27912-ET</t>
+  </si>
+  <si>
+    <t>VIERRA TENPENNY-ET</t>
+  </si>
+  <si>
+    <t>JE840003251639765</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO GOTHIC 3054-ET</t>
+  </si>
+  <si>
+    <t>JE840003224439096</t>
+  </si>
+  <si>
+    <t>PROGENESIS DOROTHY-ET</t>
+  </si>
+  <si>
+    <t>JE840003272206197</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52510</t>
+  </si>
+  <si>
+    <t>JE840003252835347</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69917-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003236543936</t>
+  </si>
+  <si>
+    <t>TOG SYN IPOMOEA 40394-ET</t>
+  </si>
+  <si>
+    <t>JE840003239573549</t>
+  </si>
+  <si>
+    <t>SUNWEST CHARLTON JIMINY H3856</t>
+  </si>
+  <si>
+    <t>JE840003225230969</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER TANNER H8909</t>
+  </si>
+  <si>
+    <t>SEXING LEGAL TANNER 59578-ET</t>
+  </si>
+  <si>
+    <t>JE840003250474784</t>
+  </si>
+  <si>
+    <t>VIERRA KESTREL 36467-ET</t>
+  </si>
+  <si>
+    <t>JE840003272840711</t>
+  </si>
+  <si>
+    <t>MM GEPPETTO SHELBY 24070</t>
+  </si>
+  <si>
+    <t>KASH-IN SLUGGER-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003250481713</t>
+  </si>
+  <si>
+    <t>DODAN LH RHO NICKLAUS EPSILON</t>
+  </si>
+  <si>
+    <t>JX PINE-TREE DECADE {5}-ET</t>
+  </si>
+  <si>
+    <t>D &amp; D JERSEYS</t>
+  </si>
+  <si>
+    <t>JE840003223510559</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 23983</t>
+  </si>
+  <si>
+    <t>JE840003250242318</t>
+  </si>
+  <si>
+    <t>VIERRA LATITUDE 34798-ET</t>
+  </si>
+  <si>
+    <t>JE840003239579604</t>
+  </si>
+  <si>
+    <t>CDF THRASHER HORMEL H1080</t>
+  </si>
+  <si>
+    <t>HILMAR CHILI HORMEL</t>
+  </si>
+  <si>
+    <t>JE840003209969771</t>
+  </si>
+  <si>
+    <t>TOG LYCASTE 38829-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003254283200</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY DURAMAX AURORA-P-ET</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY DURAMAX-ET</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY PFEN PROMO-P-ET</t>
+  </si>
+  <si>
+    <t>SEALS, COLTAN OWEN</t>
+  </si>
+  <si>
+    <t>JEUSA000067889012</t>
+  </si>
+  <si>
+    <t>CLOVER FARMS THRASH ILLINI 9012</t>
+  </si>
+  <si>
+    <t>SHAN-MAR LEMONHEAD KINGSTON-ET</t>
+  </si>
+  <si>
+    <t>JE840003271713336</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO JANA 3310-P</t>
+  </si>
+  <si>
+    <t>JX FARIA BROTHERS LEONARD {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003252834933</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69503-P</t>
+  </si>
+  <si>
+    <t>JE840003249794805</t>
+  </si>
+  <si>
+    <t>ELM-J DABO BLESSING 17419-ET</t>
+  </si>
+  <si>
+    <t>JE840003249970162</t>
+  </si>
+  <si>
+    <t>LEGACY LATITUDE 34818</t>
+  </si>
+  <si>
+    <t>JE840003214457358</t>
+  </si>
+  <si>
+    <t>RED TOP PINE 53203</t>
+  </si>
+  <si>
+    <t>JE840003254645738</t>
+  </si>
+  <si>
+    <t>EVANGELO KAMAKAZI 8080</t>
+  </si>
+  <si>
+    <t>JE840003264023860</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW MIDWAY MEADOW</t>
+  </si>
+  <si>
+    <t>FERME BELFLAMME</t>
+  </si>
+  <si>
+    <t>JE840003264170304</t>
+  </si>
+  <si>
+    <t>CDF CALIBAN STARLORD H3207</t>
+  </si>
+  <si>
+    <t>JE840003271713386</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO JEWELS 3360-P</t>
+  </si>
+  <si>
+    <t>JE840003217483128</t>
+  </si>
+  <si>
+    <t>TOG INTENSE 39443-ET</t>
+  </si>
+  <si>
+    <t>JE840003225230750</t>
+  </si>
+  <si>
+    <t>SUNWEST STARLORD CHROME H7939</t>
+  </si>
+  <si>
+    <t>JE840003257593254</t>
+  </si>
+  <si>
+    <t>AHLEM BLIZZARD DORA 65516</t>
+  </si>
+  <si>
+    <t>JE840003218445725</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS STARLORD 46085</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ SEVEN</t>
+  </si>
+  <si>
+    <t>JE840003252216829</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 26407</t>
+  </si>
+  <si>
+    <t>JE840003263579060</t>
+  </si>
+  <si>
+    <t>KASH-IN TOBEFAMOUS 70605</t>
+  </si>
+  <si>
+    <t>LENCREST TOBEFAMOUS</t>
+  </si>
+  <si>
+    <t>JE840003257593098</t>
+  </si>
+  <si>
+    <t>AHLEM PHIL WYN 65360</t>
+  </si>
+  <si>
+    <t>JX VICTORY DANIEL PHIL {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003257829646</t>
+  </si>
+  <si>
+    <t>MM SUAVECITO JOAN 21765</t>
+  </si>
+  <si>
+    <t>JE840003223511004</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 24428-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604947</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 27316</t>
+  </si>
+  <si>
+    <t>JE840003253604149</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 26518</t>
+  </si>
+  <si>
+    <t>JX AHLEM HARRIS BALTAZAR {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003217050892</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 23260</t>
+  </si>
+  <si>
+    <t>JE840003269948451</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 71436-ET</t>
+  </si>
+  <si>
+    <t>JE840003239573567</t>
+  </si>
+  <si>
+    <t>SUNWEST CHARLTON DETOUR H3874</t>
+  </si>
+  <si>
+    <t>JE840003217483158</t>
+  </si>
+  <si>
+    <t>TOG WARZONE 39473-ET</t>
+  </si>
+  <si>
+    <t>JE840003252216290</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 25868-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000075962048</t>
+  </si>
+  <si>
+    <t>CAL-MART WODSTOCK JEN 2048-ET</t>
+  </si>
+  <si>
+    <t>JE840003272206186</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL BLIZZARD 52499</t>
+  </si>
+  <si>
+    <t>JE840003215337643</t>
+  </si>
+  <si>
+    <t>TOG SYN GYPSOPHILA 1406</t>
+  </si>
+  <si>
+    <t>JE840003239580823</t>
+  </si>
+  <si>
+    <t>CDF CALIBAN THRASHER H2549</t>
+  </si>
+  <si>
+    <t>JE840003272255589</t>
+  </si>
+  <si>
+    <t>EVANGELO MIDWAY 8515</t>
+  </si>
+  <si>
+    <t>PRIMUS DASHIELL DECATUR-ET</t>
+  </si>
+  <si>
+    <t>JE840003247116598</t>
+  </si>
+  <si>
+    <t>TOG JDF MORGAN 10876-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003275975257</t>
+  </si>
+  <si>
+    <t>KASH-IN VOLANT 72915</t>
+  </si>
+  <si>
+    <t>JEUSA000175009512</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON DAB</t>
+  </si>
+  <si>
+    <t>JEUSA000174952639</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ DABO CELEBRA 85078-P</t>
+  </si>
+  <si>
+    <t>ISDK VJ BALSLEV LOBO CHOKO</t>
+  </si>
+  <si>
+    <t>JE840003217483550</t>
+  </si>
+  <si>
+    <t>TOG MINOR 39865-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003263583963</t>
+  </si>
+  <si>
+    <t>AHLEM SUAVECITO BRITTANY 66152</t>
+  </si>
+  <si>
+    <t>JE840003253604560</t>
+  </si>
+  <si>
+    <t>DUPAT CHARLTON 26929</t>
+  </si>
+  <si>
+    <t>JE840003253604429</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26798-ET</t>
+  </si>
+  <si>
+    <t>JE840003272385195</t>
+  </si>
+  <si>
+    <t>ELM-J KAMAKAZI BLESSING 19305</t>
+  </si>
+  <si>
+    <t>JE840003239162386</t>
+  </si>
+  <si>
+    <t>AHLEM VJ GISLEV CARNIVAL 82671-ET</t>
+  </si>
+  <si>
+    <t>JE840003263578042</t>
+  </si>
+  <si>
+    <t>AHLEM FORTUNA 86995-P</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DENMARK-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003218445923</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS PINE 46283</t>
+  </si>
+  <si>
+    <t>JE840003252217569</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL THRASHER 50147</t>
+  </si>
+  <si>
+    <t>JE840003217182241</t>
+  </si>
+  <si>
+    <t>AHLEM PINE CORA 58959-ET</t>
+  </si>
+  <si>
+    <t>AHLEM CRITIC MAUI-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483747</t>
+  </si>
+  <si>
+    <t>TOG BALTA 40062-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003257592930</t>
+  </si>
+  <si>
+    <t>AHLEM VJ KANTONA CARNIVAL 65192-ET</t>
+  </si>
+  <si>
+    <t>JE840003220916899</t>
+  </si>
+  <si>
+    <t>AHLEM PINE LADY 59541</t>
+  </si>
+  <si>
+    <t>JE840003217483616</t>
+  </si>
+  <si>
+    <t>TOG MAYVILLE 39931-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067744394</t>
+  </si>
+  <si>
+    <t>HIGHLAND STEWART Z DELORES</t>
+  </si>
+  <si>
+    <t>HIGHLAND LANCER STEWART</t>
+  </si>
+  <si>
+    <t>JX PVF WC ZINC {5}-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000075851073</t>
+  </si>
+  <si>
+    <t>AHLEM DILLAN FASHION 51073-P</t>
+  </si>
+  <si>
+    <t>SCHULTZ LEGAL CRITIC-P</t>
+  </si>
+  <si>
+    <t>JE840003217483729</t>
+  </si>
+  <si>
+    <t>TOG FLAXTON 40044</t>
+  </si>
+  <si>
+    <t>TOG ALTABLITZ BASALT-ET</t>
+  </si>
+  <si>
+    <t>JE840003265922692</t>
+  </si>
+  <si>
+    <t>RED TOP GEPPETTO 64699</t>
+  </si>
+  <si>
+    <t>JE840003253604676</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 27045</t>
+  </si>
+  <si>
+    <t>JE840003263579266</t>
+  </si>
+  <si>
+    <t>KASH-IN GEPPETTO 70811</t>
+  </si>
+  <si>
+    <t>JE840003253604774</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 27143-P</t>
+  </si>
+  <si>
+    <t>JE840003269393741</t>
+  </si>
+  <si>
+    <t>VIERRA A-GAME 37041-ET</t>
+  </si>
+  <si>
+    <t>PEAK A-GAME-ET</t>
+  </si>
+  <si>
+    <t>JE840003275002611</t>
+  </si>
+  <si>
+    <t>VIERRA BIGGIE 37506-ET</t>
+  </si>
+  <si>
+    <t>KASH-IN BIGGIE-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003253609104</t>
+  </si>
+  <si>
+    <t>AHLEM KESTREL ROSANNA 85674</t>
+  </si>
+  <si>
+    <t>AHLEM VIABULL-P</t>
+  </si>
+  <si>
+    <t>JE840003250242250</t>
+  </si>
+  <si>
+    <t>VIERRA JOHNNYCASH 34730-ET</t>
+  </si>
+  <si>
+    <t>JE840003227766302</t>
+  </si>
+  <si>
+    <t>RED TOP THRASHER 56993</t>
+  </si>
+  <si>
+    <t>IGL MAGNUM MILTON-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067762500</t>
+  </si>
+  <si>
+    <t>PINE-TREE 1985 THRASHER 2500</t>
+  </si>
+  <si>
+    <t>JE840003252835285</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69855-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252216751</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 26329</t>
+  </si>
+  <si>
+    <t>JE840003275975125</t>
+  </si>
+  <si>
+    <t>KASH-IN BLIZZARD 72783</t>
+  </si>
+  <si>
+    <t>JE840003253604650</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 27019</t>
+  </si>
+  <si>
+    <t>JE840003274938242</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO ROSANNA 67367</t>
+  </si>
+  <si>
+    <t>JE840003269042834</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY BLIZZARD KATANA</t>
+  </si>
+  <si>
+    <t>JE840003257593644</t>
+  </si>
+  <si>
+    <t>AHLEM PATRONUS MAGGIE 65906-ET</t>
+  </si>
+  <si>
+    <t>AHLEM MIAMI PATRONUS-ET</t>
+  </si>
+  <si>
+    <t>JE840003260840351</t>
+  </si>
+  <si>
+    <t>CAL-MART GRADUATE JULIE 3103</t>
+  </si>
+  <si>
+    <t>ISDK VJ DROSTRUPGAARD LUSAKA</t>
+  </si>
+  <si>
+    <t>JE840003274937946</t>
+  </si>
+  <si>
+    <t>AHLEM SANCHO PAULA 67071</t>
+  </si>
+  <si>
+    <t>JE840003263578987</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70532-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067535627</t>
+  </si>
+  <si>
+    <t>BILTMORE JAMMER OPHELIA 5627</t>
+  </si>
+  <si>
+    <t>BILTMORE FARMS</t>
+  </si>
+  <si>
+    <t>JEUSA000076112181</t>
+  </si>
+  <si>
+    <t>O.F. JAMMER KRIS</t>
+  </si>
+  <si>
+    <t>OWENS FARMS INC</t>
+  </si>
+  <si>
+    <t>JE840003263578947</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70492-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174941323</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ UNCOMMON JOYCE 85012</t>
+  </si>
+  <si>
+    <t>ISDK VJ GROENBJERG HALEY HEAVY</t>
+  </si>
+  <si>
+    <t>JEUSA000067673468</t>
+  </si>
+  <si>
+    <t>KESSENICH BLIZZARD 3468-ET</t>
+  </si>
+  <si>
+    <t>KESSENICH FARMS LLC</t>
+  </si>
+  <si>
+    <t>JE840003227942412</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER WYNOLA 60192</t>
+  </si>
+  <si>
+    <t>JE840003236460401</t>
+  </si>
+  <si>
+    <t>OHIO THRASHER CHROME 16</t>
+  </si>
+  <si>
+    <t>OHIO STATE UNIVERSITY</t>
+  </si>
+  <si>
+    <t>JE840003252216766</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26344-P</t>
+  </si>
+  <si>
+    <t>JE840003249794813</t>
+  </si>
+  <si>
+    <t>ELM-J DABO BLUSH 17427-ET</t>
+  </si>
+  <si>
+    <t>JE840003261543085</t>
+  </si>
+  <si>
+    <t>LA-CA-DE-LE DABO TINA 13004</t>
+  </si>
+  <si>
+    <t>JEUSA000067915035</t>
+  </si>
+  <si>
+    <t>RILAS THRASHER 5035</t>
+  </si>
+  <si>
+    <t>JE840003263579365</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70910-P</t>
+  </si>
+  <si>
+    <t>JEUSA000174195357</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ THRASHR PHOENIX 76793</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY PF MEGAPOWER-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174266516</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ LESHA</t>
+  </si>
+  <si>
+    <t>JE840003264018684</t>
+  </si>
+  <si>
+    <t>BARLASS DABO LEXIE 5089-ET</t>
+  </si>
+  <si>
+    <t>BARLASS JERSEYS &amp; PINE TREE DAIRY</t>
+  </si>
+  <si>
+    <t>JE840003228293270</t>
+  </si>
+  <si>
+    <t>LUCKY HILL STARLORD BUTTER BABY</t>
+  </si>
+  <si>
+    <t>JE840003213687286</t>
+  </si>
+  <si>
+    <t>AHLEM BROTHERS PINE 45892</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DIMENSION-ET</t>
+  </si>
+  <si>
+    <t>JE840003240394971</t>
+  </si>
+  <si>
+    <t>REILAND PRAIRIE HUXFORD MINI-P</t>
+  </si>
+  <si>
+    <t>SEXING HUXFORD-ET</t>
+  </si>
+  <si>
+    <t>PRAIRIE HARBOUR JERSEYS &amp; REILAND FARMS LLC</t>
+  </si>
+  <si>
+    <t>JE840003224439398</t>
+  </si>
+  <si>
+    <t>VIERRA VJ GISLEV 33303</t>
+  </si>
+  <si>
+    <t>BLUE MIST MIKE-ET</t>
+  </si>
+  <si>
+    <t>JE840003263577261</t>
+  </si>
+  <si>
+    <t>AHLEM FORTUNA THISTLE 86214</t>
+  </si>
+  <si>
+    <t>JE840003217483746</t>
+  </si>
+  <si>
+    <t>TOG HAMILTON 40061-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003236463078</t>
+  </si>
+  <si>
+    <t>AHLEM VJ GISLEV CARNIVAL 61624-ET</t>
+  </si>
+  <si>
+    <t>JE840003251551369</t>
+  </si>
+  <si>
+    <t>KASH-IN SUAVECITO 68238</t>
+  </si>
+  <si>
+    <t>PINE-TREE DISCO BUBBA-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067359193</t>
+  </si>
+  <si>
+    <t>SCENIC VIEW DILLAN BUTTERCUP-3-ET</t>
+  </si>
+  <si>
+    <t>RICHIES JACE TBONE A364</t>
+  </si>
+  <si>
+    <t>JE840003274938407</t>
+  </si>
+  <si>
+    <t>AHLEM VOLANT CHARM 67532</t>
+  </si>
+  <si>
+    <t>JE840003252224106</t>
+  </si>
+  <si>
+    <t>AHLEM POTOGOLD GENEVEVE 63975</t>
+  </si>
+  <si>
+    <t>JEUSA000174829999</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ NICKLAUS 83693</t>
+  </si>
+  <si>
+    <t>JEUSA000174921507</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KESTREL MAID 4832-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604702</t>
+  </si>
+  <si>
+    <t>DUPAT GEPPETTO 27071-P</t>
+  </si>
+  <si>
+    <t>JE840003251691723</t>
+  </si>
+  <si>
+    <t>SANDCREEKS GRADUATE 15603</t>
+  </si>
+  <si>
+    <t>HAYWOOD, DEVIN</t>
+  </si>
+  <si>
+    <t>JE840003263578614</t>
+  </si>
+  <si>
+    <t>KASH-IN GEPPETTO 70159</t>
+  </si>
+  <si>
+    <t>JEUSA000174922928</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ NICKLAUS 84622</t>
+  </si>
+  <si>
+    <t>JE840003281718909</t>
+  </si>
+  <si>
+    <t>BOHNERTS BLIZZARD ZENNY</t>
+  </si>
+  <si>
+    <t>SUN VALLEY MARCIN JERONIMO-ET</t>
+  </si>
+  <si>
+    <t>JE840003239572722</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER STRIKER H0776</t>
+  </si>
+  <si>
+    <t>JE840003251639711</t>
+  </si>
+  <si>
+    <t>CAL-MART BECKS JESS 3000-ET</t>
+  </si>
+  <si>
+    <t>JE840003224438887</t>
+  </si>
+  <si>
+    <t>VIERRA THRASHER 32792</t>
+  </si>
+  <si>
+    <t>ALL LYNNS VALENTINO MARVEL</t>
+  </si>
+  <si>
+    <t>JE840003250244756</t>
+  </si>
+  <si>
+    <t>AVI-LANCHE VJ STENO EVETTA 35765-ET</t>
+  </si>
+  <si>
+    <t>JE840003251639664</t>
+  </si>
+  <si>
+    <t>CAL-MART GRADUATE JENNY 2953-ET</t>
+  </si>
+  <si>
+    <t>JE840003257830184</t>
+  </si>
+  <si>
+    <t>MFW MIDWAY BARONESSES-ET</t>
+  </si>
+  <si>
+    <t>MASON, ANDREW P</t>
+  </si>
+  <si>
+    <t>JE840003224440428</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY GISLEV DIXIE-ET</t>
+  </si>
+  <si>
+    <t>JE840003275827897</t>
+  </si>
+  <si>
+    <t>RED TOP MIDWAY 66178</t>
+  </si>
+  <si>
+    <t>JE840003217483578</t>
+  </si>
+  <si>
+    <t>TOG TUTTLE 39893-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067744266</t>
+  </si>
+  <si>
+    <t>HIGHLAND SUGAR DADDY R SPICE</t>
+  </si>
+  <si>
+    <t>HIGHLAND ACADEMY REX</t>
+  </si>
+  <si>
+    <t>JE840003260811877</t>
+  </si>
+  <si>
+    <t>TOG JDF LEDORA 11357-ET</t>
+  </si>
+  <si>
+    <t>TOG LISTOWEL IROQUOIS-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003251639763</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO GRACE 3052-ET</t>
+  </si>
+  <si>
+    <t>JE840003272206246</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 52559</t>
+  </si>
+  <si>
+    <t>JE840003252835698</t>
+  </si>
+  <si>
+    <t>AHLEM WALLY TIFFANY 64067-ET</t>
+  </si>
+  <si>
+    <t>CAL-MART WALLY-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175044645</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON LUXPLUS DIXIE 5049</t>
+  </si>
+  <si>
+    <t>ISDK VJ OUTRUP LUXI LUXPLUS</t>
+  </si>
+  <si>
+    <t>JE840003130791070</t>
+  </si>
+  <si>
+    <t>TOG JDF WINTROP 10342-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003250242635</t>
+  </si>
+  <si>
+    <t>VIERRA LATITUDE 35115-ET</t>
+  </si>
+  <si>
+    <t>JE840003262667828</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51293</t>
+  </si>
+  <si>
+    <t>JE840003263219933</t>
+  </si>
+  <si>
+    <t>EVANGELO BLIZZARD 8296</t>
+  </si>
+  <si>
+    <t>JE840003217482902</t>
+  </si>
+  <si>
+    <t>TOG DRUMS 39217-ET</t>
+  </si>
+  <si>
+    <t>ISDK VJ GROENBJERG LOBO LOBSTER</t>
+  </si>
+  <si>
+    <t>JE840003263579199</t>
+  </si>
+  <si>
+    <t>KASH-IN GEPPETTO 70744</t>
+  </si>
+  <si>
+    <t>KASH-IN RECKLESS-ET</t>
+  </si>
+  <si>
+    <t>JE840003257593283</t>
+  </si>
+  <si>
+    <t>AHLEM LATITUDE EVE 65545</t>
+  </si>
+  <si>
+    <t>JE840003269043811</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 23802-ET</t>
+  </si>
+  <si>
+    <t>JE840003260840519</t>
+  </si>
+  <si>
+    <t>CAL-MART DAB PAULA 3271</t>
+  </si>
+  <si>
+    <t>JE840003269483481</t>
+  </si>
+  <si>
+    <t>FOUR J DABO 31461</t>
+  </si>
+  <si>
+    <t>JE840003257593201</t>
+  </si>
+  <si>
+    <t>AHLEM LATITUDE DAWN 65463</t>
+  </si>
+  <si>
+    <t>JX AHLEM BRUNO {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003217482975</t>
+  </si>
+  <si>
+    <t>TOG HICKORY 39290-ET</t>
+  </si>
+  <si>
+    <t>JE840003212919990</t>
+  </si>
+  <si>
+    <t>AHLEM PINE DIAMOND 57049</t>
+  </si>
+  <si>
+    <t>CDF KARBALA KWYNN</t>
+  </si>
+  <si>
+    <t>BOS DAIRY &amp; VIERRA DAIRY</t>
+  </si>
+  <si>
+    <t>JE840003263576928</t>
+  </si>
+  <si>
+    <t>BOHNERTS GRADUATE VON</t>
+  </si>
+  <si>
+    <t>BOHNERT JAMES L &amp; FAMILY</t>
+  </si>
+  <si>
+    <t>JE840003239573241</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER CHEKELO H2797</t>
+  </si>
+  <si>
+    <t>JE840003225256676</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL STARLORD 47615</t>
+  </si>
+  <si>
+    <t>JE840003214624446</t>
+  </si>
+  <si>
+    <t>CDF STARLORD RESPECT H0126</t>
+  </si>
+  <si>
+    <t>JE840003247116590</t>
+  </si>
+  <si>
+    <t>TOG JDF HARMONY 10868-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003239580470</t>
+  </si>
+  <si>
+    <t>CDF CALIBAN THRASHER H2196</t>
+  </si>
+  <si>
+    <t>JE840003252836002</t>
+  </si>
+  <si>
+    <t>AHLEM BRONZE MEG 64371</t>
+  </si>
+  <si>
+    <t>JE840003264018679</t>
+  </si>
+  <si>
+    <t>BARLASS DABO 5084-ET</t>
+  </si>
+  <si>
+    <t>JE840003250242263</t>
+  </si>
+  <si>
+    <t>VIERRA ISNER 34743-ET</t>
+  </si>
+  <si>
+    <t>JE840003260811846</t>
+  </si>
+  <si>
+    <t>TOG JDF LAKELYN 11326-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174795061</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KEST DAHLIA 4667</t>
+  </si>
+  <si>
+    <t>JE840003274937653</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY MIDWAY DALLIN</t>
+  </si>
+  <si>
+    <t>PEAK ENLITE-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604758</t>
+  </si>
+  <si>
+    <t>RED TOP KESTREL 27127-ET</t>
+  </si>
+  <si>
+    <t>JE840003262667808</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL GEPPETTO 51273</t>
+  </si>
+  <si>
+    <t>AHLEM WHISTLER-ET</t>
+  </si>
+  <si>
+    <t>JE840003253609415</t>
+  </si>
+  <si>
+    <t>AHLEM NICKLAUS PUMPKIN 85985</t>
+  </si>
+  <si>
+    <t>JE840003269042838</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY DABO DAHLIA-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003257830199</t>
+  </si>
+  <si>
+    <t>MFW MONSTER ANOTHER NOVBARON-ET</t>
+  </si>
+  <si>
+    <t>JE840003252834796</t>
+  </si>
+  <si>
+    <t>KASH-IN AEROSMITH 69366</t>
+  </si>
+  <si>
+    <t>JE840003263578559</t>
+  </si>
+  <si>
+    <t>KASH-IN ISNER 70104-ET</t>
+  </si>
+  <si>
+    <t>JE840003272841329</t>
+  </si>
+  <si>
+    <t>MM VOLANT SELINA 24688-ET</t>
+  </si>
+  <si>
+    <t>JE840003262668166</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DIPLO 51631</t>
+  </si>
+  <si>
+    <t>DUPAT CALIBAN DIPLO-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604445</t>
+  </si>
+  <si>
+    <t>DUPAT PINE 26814</t>
+  </si>
+  <si>
+    <t>JE840003275974605</t>
+  </si>
+  <si>
+    <t>KASH-IN OVERALLS 72263-ET</t>
+  </si>
+  <si>
+    <t>JE840003274938258</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO VICTORIA 67383</t>
+  </si>
+  <si>
+    <t>JE840003275975060</t>
+  </si>
+  <si>
+    <t>KASH-IN BLIZZARD 72718</t>
+  </si>
+  <si>
+    <t>JE840003220917118</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER BUTTONS 59760-ET</t>
+  </si>
+  <si>
+    <t>JE840003264170543</t>
+  </si>
+  <si>
+    <t>CDF SANCHO THRASHER H3446</t>
+  </si>
+  <si>
+    <t>JE840003209969995</t>
+  </si>
+  <si>
+    <t>TOG MOPHEAD 39053-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003217051049</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 23417</t>
+  </si>
+  <si>
+    <t>JE840003217483708</t>
+  </si>
+  <si>
+    <t>TOG HAVANA 40023-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003258358889</t>
+  </si>
+  <si>
+    <t>FOUR J BLIZZARD 29560</t>
+  </si>
+  <si>
+    <t>JE840003263584085</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO JENNY 66274</t>
+  </si>
+  <si>
+    <t>JE840003221317219</t>
+  </si>
+  <si>
+    <t>HILMAR THRASHER 24515</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DAKARAI</t>
+  </si>
+  <si>
+    <t>JE840003264023595</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW DABO CHRISTINE-P</t>
+  </si>
+  <si>
+    <t>CHITTENDEN, PAUL C</t>
+  </si>
+  <si>
+    <t>JEUSA000067848570</t>
+  </si>
+  <si>
+    <t>AHLEM DILLAN PRINCESS 8570-P</t>
+  </si>
+  <si>
+    <t>SUGAR GROVE VALENTINO AXIS</t>
+  </si>
+  <si>
+    <t>JE840003242794604</t>
+  </si>
+  <si>
+    <t>CAL-MART SUGARDADDY BUNNY 2649</t>
+  </si>
+  <si>
+    <t>JE840003225230902</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER RENO H8842</t>
+  </si>
+  <si>
+    <t>ORTHRIDGE RENO</t>
+  </si>
+  <si>
+    <t>JE840003130791062</t>
+  </si>
+  <si>
+    <t>TOG JDF SUMER 10334-ET</t>
+  </si>
+  <si>
+    <t>AHLEM CHILI CHARMER</t>
+  </si>
+  <si>
+    <t>JEUSA000174973670</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DEE MAID 4918-ET</t>
+  </si>
+  <si>
+    <t>JE840003252223335</t>
+  </si>
+  <si>
+    <t>AHLEM BRONZE BELLA 63204</t>
+  </si>
+  <si>
+    <t>JE840003247080252</t>
+  </si>
+  <si>
+    <t>BOHNERTS SUAVECITO LOLLY</t>
+  </si>
+  <si>
+    <t>BW METALICA-ET</t>
+  </si>
+  <si>
+    <t>BOHNERT, TYLER</t>
+  </si>
+  <si>
+    <t>JE840003262667599</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL FORTUNA 51064</t>
+  </si>
+  <si>
+    <t>JE840003252223166</t>
+  </si>
+  <si>
+    <t>AHLEM STEARNS TIFFANY 63035</t>
+  </si>
+  <si>
+    <t>BLACK LABEL SHOCKER STEARNS</t>
+  </si>
+  <si>
+    <t>JE840003209969949</t>
+  </si>
+  <si>
+    <t>TOG RAISER 39007-ET</t>
+  </si>
+  <si>
+    <t>JE840003210390527</t>
+  </si>
+  <si>
+    <t>AHLEM PINE POLLY 18366</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DETERMINATE-ET</t>
+  </si>
+  <si>
+    <t>JE840003225231004</t>
+  </si>
+  <si>
+    <t>SUNWEST STARLORD CHROME H8944</t>
+  </si>
+  <si>
+    <t>JE840003217483700</t>
+  </si>
+  <si>
+    <t>TOG JUD 40015-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252217622</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL PINE 50200</t>
+  </si>
+  <si>
+    <t>JE840003145629326</t>
+  </si>
+  <si>
+    <t>TOG ELCAMINO 35752-ET</t>
+  </si>
+  <si>
+    <t>ISDK DJ HOLMER</t>
+  </si>
+  <si>
+    <t>JE840003250474696</t>
+  </si>
+  <si>
+    <t>VIERRA KESTREL 36379-ET</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY ALLIE ALLELE</t>
+  </si>
+  <si>
+    <t>JE840003263579344</t>
+  </si>
+  <si>
+    <t>KASH-IN KESTREL 70889-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003251639682</t>
+  </si>
+  <si>
+    <t>CAL-MART STENO FIONA 2971</t>
+  </si>
+  <si>
+    <t>JE840003269948605</t>
+  </si>
+  <si>
+    <t>KASH-IN GEPPETTO 71590</t>
+  </si>
+  <si>
+    <t>PROMETEDOR LOOT-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175025615</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ SUGR DADDY MAYD 86328</t>
+  </si>
+  <si>
+    <t>JE840003274938419</t>
+  </si>
+  <si>
+    <t>AHLEM BLIZZARD MAGGIE 67544</t>
+  </si>
+  <si>
+    <t>JEUSA000075962066</t>
+  </si>
+  <si>
+    <t>CAL-MART MARINE JULIE 2066-ET</t>
+  </si>
+  <si>
+    <t>JE840003239580060</t>
+  </si>
+  <si>
+    <t>CDF THRASHER STRIKER H1536</t>
+  </si>
+  <si>
+    <t>JEUSA000174831372</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ SUGAR DADDY 83753</t>
+  </si>
+  <si>
+    <t>JE840003236266482</t>
+  </si>
+  <si>
+    <t>ABS HE WHATSUP 6482-ET</t>
+  </si>
+  <si>
+    <t>CAL-MART WHATSUP-ET</t>
+  </si>
+  <si>
+    <t>ENDRES JAZZY JERSEYS</t>
+  </si>
+  <si>
+    <t>JEUSA000174670764</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ STENO 81539</t>
+  </si>
+  <si>
+    <t>SEXING TECHNOLOGIES / ACCOUNTING DEPT</t>
+  </si>
+  <si>
+    <t>JEUSA000175004227</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON DECIMAL</t>
+  </si>
+  <si>
+    <t>JE840003269043824</t>
+  </si>
+  <si>
+    <t>MM MIDWAY NANCY 23815-ET</t>
+  </si>
+  <si>
+    <t>FOREST GLEN JIGGY JALAPENO-ET</t>
+  </si>
+  <si>
+    <t>JE840003263578906</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70451-ET</t>
+  </si>
+  <si>
+    <t>JE840003263578960</t>
+  </si>
+  <si>
+    <t>KASH-IN OVERALLS 70505-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067429864</t>
+  </si>
+  <si>
+    <t>OREGON NICKLAUS HASHBROWN</t>
+  </si>
+  <si>
+    <t>WILSONVIEW IF MATT-ET</t>
+  </si>
+  <si>
+    <t>OREGON STATE UNIV</t>
+  </si>
+  <si>
+    <t>JE840003274938139</t>
+  </si>
+  <si>
+    <t>AHLEM MONSTER DAHLIA 67264</t>
+  </si>
+  <si>
+    <t>JE840003263578941</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70486-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252218064</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 50642-ET</t>
+  </si>
+  <si>
+    <t>JX AHLEM AMP HEIST {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003229319065</t>
+  </si>
+  <si>
+    <t>TOG CCI BRAYTON 2003-PP</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY CHARLEY CHEDDAR-ET</t>
+  </si>
+  <si>
+    <t>JE840003274948281</t>
+  </si>
+  <si>
+    <t>MM UNCOMMON 30829</t>
+  </si>
+  <si>
+    <t>JE840003250242090</t>
+  </si>
+  <si>
+    <t>EVANGELO GRADUATE 6919</t>
+  </si>
+  <si>
+    <t>HILMAR VICEROY MIAMI</t>
+  </si>
+  <si>
+    <t>JE840003271713420</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO GWEN 3394</t>
+  </si>
+  <si>
+    <t>JE840003274937956</t>
+  </si>
+  <si>
+    <t>AHLEM UNCOMMON DORA 67081</t>
+  </si>
+  <si>
+    <t>JX FARIA BROTHERS TORYN {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003206094415</t>
+  </si>
+  <si>
+    <t>TOG AERANGIS 8842 Z303-ET</t>
+  </si>
+  <si>
+    <t>TOG ALTABLITZ-ET</t>
+  </si>
+  <si>
+    <t>JE840003242985900</t>
+  </si>
+  <si>
+    <t>FIRE-LAKE GRADUATE BRISTOL-ET</t>
+  </si>
+  <si>
+    <t>SANDERS NICOLE, HANNAH, JOSHUA, LEAH &amp; ADAH</t>
+  </si>
+  <si>
+    <t>JE840003224439402</t>
+  </si>
+  <si>
+    <t>VIERRA LISTOWEL 33307-ET</t>
+  </si>
+  <si>
+    <t>JE840003227942271</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER HAVS 60051</t>
+  </si>
+  <si>
+    <t>ALL LYNNS VALENTINO IRWIN-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174802327</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH GIGA HAZE</t>
+  </si>
+  <si>
+    <t>DNK VJ ULVSBJERG GIANY GIGA</t>
+  </si>
+  <si>
+    <t>JX PROGENESIS MARKUP {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483444</t>
+  </si>
+  <si>
+    <t>TOG STEELE 39759-PP</t>
+  </si>
+  <si>
+    <t>JE840003252216140</t>
+  </si>
+  <si>
+    <t>PRIMUS VJ GUTZ 25718-ET</t>
+  </si>
+  <si>
+    <t>ISDK VJ KJOELB GISLEV GUTZ</t>
+  </si>
+  <si>
+    <t>JX RIVER VALLEY TRIUMPH {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003272206173</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 52486</t>
+  </si>
+  <si>
+    <t>JE840003269932754</t>
+  </si>
+  <si>
+    <t>RED TOP DABO 65018</t>
+  </si>
+  <si>
+    <t>JE840003253605084</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 27453-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067848163</t>
+  </si>
+  <si>
+    <t>AHLEM CRAZE ALLURE 8163</t>
+  </si>
+  <si>
+    <t>JEUSA000067583590</t>
+  </si>
+  <si>
+    <t>KESSENICH OVERALLS 3590</t>
+  </si>
+  <si>
+    <t>KRUEGER ROBIN &amp; KESSENICH JEFF</t>
+  </si>
+  <si>
+    <t>JE840003250242498</t>
+  </si>
+  <si>
+    <t>VIERRA LATITUDE 34978</t>
+  </si>
+  <si>
+    <t>JE840003220917327</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER HOLLY 59969</t>
+  </si>
+  <si>
+    <t>JE840003252216360</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 25938-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003224440467</t>
+  </si>
+  <si>
+    <t>LEGENDAIRY THRASHER ROULETTE</t>
+  </si>
+  <si>
+    <t>JE840003220917074</t>
+  </si>
+  <si>
+    <t>AHLEM ROBBER VALNTINE 59716</t>
+  </si>
+  <si>
+    <t>YOSEMITE PILGRIM ROBBER-ET</t>
+  </si>
+  <si>
+    <t>JE840003252223709</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER ROSANNA 63578-ET</t>
+  </si>
+  <si>
+    <t>JE840003274948227</t>
+  </si>
+  <si>
+    <t>MM STARLORD RUSTY 30775</t>
+  </si>
+  <si>
+    <t>JE840003252223598</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER ROSANNA 63467-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174213723</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH STARLORD LITHE</t>
+  </si>
+  <si>
+    <t>JE840003217483741</t>
+  </si>
+  <si>
+    <t>TOG DOUGLAS 40056-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000076211548</t>
+  </si>
+  <si>
+    <t>O.F. KALAHARI SCARLET</t>
+  </si>
+  <si>
+    <t>JEUSA000174175559</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ THRASHER HEN 76446</t>
+  </si>
+  <si>
+    <t>JE840003223351115</t>
+  </si>
+  <si>
+    <t>SANDCREEKS SUAVECITO 14452</t>
+  </si>
+  <si>
+    <t>JE840003269948692</t>
+  </si>
+  <si>
+    <t>KASH-IN VJ STENO 71677-ET</t>
+  </si>
+  <si>
+    <t>JE840003269043614</t>
+  </si>
+  <si>
+    <t>MM MIDWAY CATELYN 23605</t>
+  </si>
+  <si>
+    <t>JE840003243243635</t>
+  </si>
+  <si>
+    <t>FOUR J JADYN 25734</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ JADYN-ET</t>
+  </si>
+  <si>
+    <t>JE840003224438779</t>
+  </si>
+  <si>
+    <t>VIERRA BELLWETHER-ET</t>
+  </si>
+  <si>
+    <t>JE840003225230906</t>
+  </si>
+  <si>
+    <t>SUNWEST THRASHER KNOCK H8846</t>
+  </si>
+  <si>
+    <t>JE840003217561335</t>
+  </si>
+  <si>
+    <t>KASH-IN THRASHER 63630-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604707</t>
+  </si>
+  <si>
+    <t>DUPAT BLIZZARD 27076</t>
+  </si>
+  <si>
+    <t>JE840003224957622</t>
+  </si>
+  <si>
+    <t>RED TOP THRASHER 55531</t>
+  </si>
+  <si>
+    <t>JE840003263584770</t>
+  </si>
+  <si>
+    <t>AHLEM BLIZZARD ROSANNA 66959</t>
+  </si>
+  <si>
+    <t>JE840003263584052</t>
+  </si>
+  <si>
+    <t>AHLEM LATITUDE WYNOLA 66241-ET</t>
+  </si>
+  <si>
+    <t>JE840003272840664</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 24023-ET</t>
+  </si>
+  <si>
+    <t>JE840003252851871</t>
+  </si>
+  <si>
+    <t>LUCKY HILL GRADUATE PIMENTO</t>
+  </si>
+  <si>
+    <t>MCREYNOLDS, LUKE W</t>
+  </si>
+  <si>
+    <t>JE840003221095332</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER JENNY 80345</t>
+  </si>
+  <si>
+    <t>JE840003236266511</t>
+  </si>
+  <si>
+    <t>ABS GA ISNER 6511-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003268144504</t>
+  </si>
+  <si>
+    <t>SANDCREEKS DABO 16216-P</t>
+  </si>
+  <si>
+    <t>JX FARIA BROTHERS FULLER {5}-ET</t>
+  </si>
+  <si>
+    <t>SAND CREEK DAIRY LLC</t>
+  </si>
+  <si>
+    <t>JE840003269043781</t>
+  </si>
+  <si>
+    <t>MM MIDWAY SHELBY 23772-ET</t>
+  </si>
+  <si>
+    <t>JE840003253611203</t>
+  </si>
+  <si>
+    <t>TOG JDF MAKENNA 11138-P-ET</t>
+  </si>
+  <si>
+    <t>ISDK NR HAUGAARD NIBALI NIBIRU</t>
+  </si>
+  <si>
+    <t>JE840003230430532</t>
+  </si>
+  <si>
+    <t>POLY COLGATE JUDY 484</t>
+  </si>
+  <si>
+    <t>AHLEM HEADLINE PHAROAH 21795</t>
+  </si>
+  <si>
+    <t>CAL POLY CORPORATION</t>
+  </si>
+  <si>
+    <t>JE840003252835083</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69653-P</t>
+  </si>
+  <si>
+    <t>JE840003253604376</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26745-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003217483730</t>
+  </si>
+  <si>
+    <t>TOG HAGUE 40045-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174829373</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH GISLEV JANE</t>
+  </si>
+  <si>
+    <t>JE840003271713393</t>
+  </si>
+  <si>
+    <t>CAL-MART DABO JOLIE 3367-ET</t>
+  </si>
+  <si>
+    <t>JE840003252223368</t>
+  </si>
+  <si>
+    <t>AHLEM VJ SAMSON HELEN 63237-ET</t>
+  </si>
+  <si>
+    <t>ISDK VJ ADELGAARD HOVE SAMSON</t>
+  </si>
+  <si>
+    <t>JEUSA000175009334</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH DABO LIZZY</t>
+  </si>
+  <si>
+    <t>JE840003263584762</t>
+  </si>
+  <si>
+    <t>AHLEM UNCOMMON CRYSTAL 66951</t>
+  </si>
+  <si>
+    <t>JE840003132248460</t>
+  </si>
+  <si>
+    <t>HILMAR MONUMENT 101288</t>
+  </si>
+  <si>
+    <t>JE840003253611131</t>
+  </si>
+  <si>
+    <t>TOG JDF KAILANI 11066-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003247835465</t>
+  </si>
+  <si>
+    <t>EHRHARDT-MPH KESTREL JOSLYN-PP-ET</t>
+  </si>
+  <si>
+    <t>EHRHARDT KEVIN &amp; HEATH MICHAEL</t>
+  </si>
+  <si>
+    <t>JE840003252835331</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69901-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252215963</t>
+  </si>
+  <si>
+    <t>DUPAT SUGAR DADDY 25541-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175003123</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH DABO LISBETH</t>
+  </si>
+  <si>
+    <t>JE840003263219838</t>
+  </si>
+  <si>
+    <t>EVANGELO MIDWAY 8201</t>
+  </si>
+  <si>
+    <t>JE840003263585213</t>
+  </si>
+  <si>
+    <t>AHLEM COMIC CANDACE 87403</t>
+  </si>
+  <si>
+    <t>RIVER VALLEY CIRCUS COMIC-ET</t>
+  </si>
+  <si>
+    <t>JE840003269948195</t>
+  </si>
+  <si>
+    <t>KASH-IN GREENDAY 71180</t>
+  </si>
+  <si>
+    <t>VIERRA GREENDAY-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067673467</t>
+  </si>
+  <si>
+    <t>DABO 3467 OF KESSENICH-ET</t>
+  </si>
+  <si>
+    <t>JE840003205872420</t>
+  </si>
+  <si>
+    <t>ROWLEYS 2680 SKYLER 2392-ET</t>
+  </si>
+  <si>
+    <t>ROWLEY, STEVE</t>
+  </si>
+  <si>
+    <t>JE840003242648621</t>
+  </si>
+  <si>
+    <t>MFW ORBICULARIS BARONESS</t>
+  </si>
+  <si>
+    <t>JEUSA000174995386</t>
+  </si>
+  <si>
+    <t>SUN VALLEY DABO JERSEE-P</t>
+  </si>
+  <si>
+    <t>JX JER BEL MALDINI ARCHIE {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003262620568</t>
+  </si>
+  <si>
+    <t>STAR ROCK SUGAR DADDY 5462</t>
+  </si>
+  <si>
+    <t>JE840003253605098</t>
+  </si>
+  <si>
+    <t>DUPAT VJ STENO 27467-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003233607762</t>
+  </si>
+  <si>
+    <t>CAL-MART LISTOWEL EDNA 2298-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003236266718</t>
+  </si>
+  <si>
+    <t>ABS AJ BECKS 6718-ET</t>
+  </si>
+  <si>
+    <t>JE840003234969608</t>
+  </si>
+  <si>
+    <t>FOUR J THRASHER 23718</t>
+  </si>
+  <si>
+    <t>JE840003274938964</t>
+  </si>
+  <si>
+    <t>CDF UNCOMMON 33540</t>
+  </si>
+  <si>
+    <t>JE840003268144523</t>
+  </si>
+  <si>
+    <t>SANDCREEKS DABO 16235</t>
+  </si>
+  <si>
+    <t>JE840003243325083</t>
+  </si>
+  <si>
+    <t>TOG JDF ROBYN 10483-PP-ET</t>
+  </si>
+  <si>
+    <t>JE840003217562477</t>
+  </si>
+  <si>
+    <t>KASH-IN VJ GISLEV 64772-P</t>
+  </si>
+  <si>
+    <t>JE840003252214821</t>
+  </si>
+  <si>
+    <t>TWIN STAR SUGAR DADDY 8287</t>
+  </si>
+  <si>
+    <t>JE840003242794572</t>
+  </si>
+  <si>
+    <t>CAL-MART JUGGERNAUT JUNO 2617-ET</t>
+  </si>
+  <si>
+    <t>JE840003216448251</t>
+  </si>
+  <si>
+    <t>AHLEM DEMOS BINGO 19466</t>
+  </si>
+  <si>
+    <t>JE840003262668309</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL CHARLTON 51774</t>
+  </si>
+  <si>
+    <t>JE840003208829725</t>
+  </si>
+  <si>
+    <t>AHLEM SKYLER SKITTLES 56480-P</t>
+  </si>
+  <si>
+    <t>JE840003263584774</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO HARMONY 66963</t>
+  </si>
+  <si>
+    <t>ISDK VJ HILARIO</t>
+  </si>
+  <si>
+    <t>JE840003252222144</t>
+  </si>
+  <si>
+    <t>BW GRADUATE 35814</t>
+  </si>
+  <si>
+    <t>BW CITATION A-ET</t>
+  </si>
+  <si>
+    <t>JE840003218446580</t>
+  </si>
+  <si>
+    <t>JCJ THRASHER 46940</t>
+  </si>
+  <si>
+    <t>JE840003217483454</t>
+  </si>
+  <si>
+    <t>TOG REILE 39769-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003203346774</t>
+  </si>
+  <si>
+    <t>TOG AMELIA 37466-P-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175095922</t>
+  </si>
+  <si>
+    <t>BLUE MIST BLIZZARD MADDY 4590</t>
+  </si>
+  <si>
+    <t>VICTORY CRAZE SRIXON {6}</t>
+  </si>
+  <si>
+    <t>JE840003253608923</t>
+  </si>
+  <si>
+    <t>AHLEM GRADUATE RHYME 85493</t>
+  </si>
+  <si>
+    <t>JX SUN VALLEY JENIUS {5}</t>
+  </si>
+  <si>
+    <t>JE840003263219844</t>
+  </si>
+  <si>
+    <t>EVANGELO DABO 8207</t>
+  </si>
+  <si>
+    <t>JEUSA000076211236</t>
+  </si>
+  <si>
+    <t>O.F. WOODSTOCK MONA</t>
+  </si>
+  <si>
+    <t>JE840003234949883</t>
+  </si>
+  <si>
+    <t>SBS BRONZE 16921-ET</t>
+  </si>
+  <si>
+    <t>SBS AG DAIRY</t>
+  </si>
+  <si>
+    <t>JE840003236543659</t>
+  </si>
+  <si>
+    <t>TOG HAMBERG 40117-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003263579362</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 70907</t>
+  </si>
+  <si>
+    <t>JE840003217482808</t>
+  </si>
+  <si>
+    <t>TOG OPPORTUNITY 39123-ET</t>
+  </si>
+  <si>
+    <t>ISDK VJ HOEHOLT JERN JAMES</t>
+  </si>
+  <si>
+    <t>JE840003209969335</t>
+  </si>
+  <si>
+    <t>TOG LIVENGOOD 38393-ET</t>
+  </si>
+  <si>
+    <t>JE840003224438584</t>
+  </si>
+  <si>
+    <t>VIERRA MULAN-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000175009071</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH UNCOMMON BRIM</t>
+  </si>
+  <si>
+    <t>JE840003262668131</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DIPLO 51596</t>
+  </si>
+  <si>
+    <t>JE840003257593323</t>
+  </si>
+  <si>
+    <t>AHLEM SUAVECITO AUTUMN 65585</t>
+  </si>
+  <si>
+    <t>SEXING PILGRIM TUX 60328-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000174381569</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH CASTRO RUSTIC</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH DAZZLER PERRY</t>
+  </si>
+  <si>
+    <t>JE840003274938517</t>
+  </si>
+  <si>
+    <t>AHLEM LOOT WYNOLA 67642</t>
+  </si>
+  <si>
+    <t>JE840003257603777</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 27531-P</t>
+  </si>
+  <si>
+    <t>JE840003238816359</t>
+  </si>
+  <si>
+    <t>DREAMVIEW THRASHER 7810</t>
+  </si>
+  <si>
+    <t>JE840003252216441</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26019-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252216387</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 25965-ET</t>
+  </si>
+  <si>
+    <t>JEUSA000067744441</t>
+  </si>
+  <si>
+    <t>HIGHLAND BLIZZARD W ALTA</t>
+  </si>
+  <si>
+    <t>JX JER-Z-BOYZ WINWOOD {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003270379243</t>
+  </si>
+  <si>
+    <t>S-S-I CLOVER DABO 11283-ET</t>
+  </si>
+  <si>
+    <t>JE840003262668220</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL CHARLTON 51685</t>
+  </si>
+  <si>
+    <t>JE840003271997515</t>
+  </si>
+  <si>
+    <t>STAR ROCK MATADOR 5569</t>
+  </si>
+  <si>
+    <t>MR MILKSOURCE DAZZLER MATADOR-ET</t>
+  </si>
+  <si>
+    <t>JE840003253604164</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 26533</t>
+  </si>
+  <si>
+    <t>JE840003264023475</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW BLIZZARD MIRACLE</t>
+  </si>
+  <si>
+    <t>JE840003249028371</t>
+  </si>
+  <si>
+    <t>SUNBOW THRASHER RED VELVET</t>
+  </si>
+  <si>
+    <t>SUNBOW JERSEYS</t>
+  </si>
+  <si>
+    <t>JE840003252835334</t>
+  </si>
+  <si>
+    <t>KASH-IN DABO 69904-ET</t>
+  </si>
+  <si>
+    <t>JE840003263585004</t>
+  </si>
+  <si>
+    <t>AHLEM GEPPETTO 87194</t>
+  </si>
+  <si>
+    <t>JE840003253605046</t>
+  </si>
+  <si>
+    <t>DUPAT DABO 27415</t>
+  </si>
+  <si>
+    <t>JE840003240231188</t>
+  </si>
+  <si>
+    <t>AHLEM MIGHTY DORA 62990</t>
+  </si>
+  <si>
+    <t>JX AHLEM WORLD CUP MACGYVER 23895 {5}-ET</t>
+  </si>
+  <si>
+    <t>JE840003212618875</t>
+  </si>
+  <si>
+    <t>AVI-LANCHE THRASHR JULIENE 31799</t>
   </si>
   <si>
     <t>AVILA RICHARD &amp; JENNIFER M</t>
   </si>
   <si>
-    <t>JE840003269043755</t>
-[...3695 lines deleted...]
-    <t>ROWLEY, STEVE</t>
+    <t>JE840003262667559</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL DABO 51024</t>
+  </si>
+  <si>
+    <t>JE840003272892406</t>
+  </si>
+  <si>
+    <t>TLJ MONSTER SD BEAUTY 3070-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003239172940</t>
+  </si>
+  <si>
+    <t>DUPAT CALIBAN 24828</t>
+  </si>
+  <si>
+    <t>JE840003250032284</t>
+  </si>
+  <si>
+    <t>LEGACY LATITUDE 33494</t>
+  </si>
+  <si>
+    <t>ROCK BOTTOM DAIRY</t>
+  </si>
+  <si>
+    <t>JE840003272841108</t>
+  </si>
+  <si>
+    <t>MM VOLANT GISLEV 24467-ET</t>
+  </si>
+  <si>
+    <t>JE840003242794629</t>
+  </si>
+  <si>
+    <t>CAL-MART ORBICULARIS SONA 2674-ET</t>
+  </si>
+  <si>
+    <t>JE840003244697571</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL THRASHER 49479</t>
+  </si>
+  <si>
+    <t>JE840003127456137</t>
+  </si>
+  <si>
+    <t>BAR MB CRAZE MAID 16672</t>
+  </si>
+  <si>
+    <t>BOER JERSEYS</t>
+  </si>
+  <si>
+    <t>JEUSA000174254151</t>
+  </si>
+  <si>
+    <t>ALL LYNNS GISLEV VELVET</t>
+  </si>
+  <si>
+    <t>ALL LYNNS JUPITER VERRILL-ET</t>
+  </si>
+  <si>
+    <t>YODER, DANIEL</t>
+  </si>
+  <si>
+    <t>JE840003252834287</t>
+  </si>
+  <si>
+    <t>CINNAMON RIDGE SUAVECITO LUISA</t>
+  </si>
+  <si>
+    <t>MAXWELL AMY &amp; KARA</t>
+  </si>
+  <si>
+    <t>JE840003238816352</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER 7803</t>
+  </si>
+  <si>
+    <t>JEUSA000174360041</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ GISLEV MAE 78944</t>
+  </si>
+  <si>
+    <t>JE840003130791061</t>
+  </si>
+  <si>
+    <t>TOG JDF JANES 10333-ET</t>
+  </si>
+  <si>
+    <t>JE840003263585124</t>
+  </si>
+  <si>
+    <t>AHLEM ZEDD LILY 87314</t>
+  </si>
+  <si>
+    <t>DUPAT THRASHER ZEDD-ET</t>
+  </si>
+  <si>
+    <t>JE840003250242421</t>
+  </si>
+  <si>
+    <t>VIERRA LATITUDE 34901</t>
+  </si>
+  <si>
+    <t>JE840003239580355</t>
+  </si>
+  <si>
+    <t>CDF FRINGE THRASHER H2081</t>
+  </si>
+  <si>
+    <t>JE840003211496920</t>
+  </si>
+  <si>
+    <t>CROSSWIND CHROME 10435</t>
+  </si>
+  <si>
+    <t>JE840003132543340</t>
+  </si>
+  <si>
+    <t>JCJ LISTOWEL 2436</t>
+  </si>
+  <si>
+    <t>BUTTERCREST GALVANIZE</t>
+  </si>
+  <si>
+    <t>JE840003259546305</t>
+  </si>
+  <si>
+    <t>LA-CA-DE-LE DABO MILLIE 11975</t>
+  </si>
+  <si>
+    <t>JEUSA000067952452</t>
+  </si>
+  <si>
+    <t>AHLEM LISTOWEL SKITTLES 52452-P</t>
+  </si>
+  <si>
+    <t>HEARTLAND IRWIN TEXAS-ET</t>
+  </si>
+  <si>
+    <t>JE840003253608290</t>
+  </si>
+  <si>
+    <t>AHLEM VJ KANTONA KAREN 84860</t>
+  </si>
+  <si>
+    <t>JX AHLEM FRISCO {5}</t>
+  </si>
+  <si>
+    <t>JE840003252223144</t>
+  </si>
+  <si>
+    <t>AHLEM DOORMAN LAURA 63013</t>
+  </si>
+  <si>
+    <t>JE840003217483582</t>
+  </si>
+  <si>
+    <t>TOG BRAIRWOOD 39897-PP-ET</t>
+  </si>
+  <si>
+    <t>JE840003207123133</t>
+  </si>
+  <si>
+    <t>EVANGELO RESPECT 3100</t>
+  </si>
+  <si>
+    <t>JE840003217483054</t>
+  </si>
+  <si>
+    <t>TOG HODGE 39369-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003245152642</t>
+  </si>
+  <si>
+    <t>MM POPCORN SHELBY 17887-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003239573456</t>
+  </si>
+  <si>
+    <t>SUNWEST KESTREL CHROME 23763</t>
+  </si>
+  <si>
+    <t>JE840003250479350</t>
+  </si>
+  <si>
+    <t>ANTEBELLUM 2791 KESTREL 3405</t>
+  </si>
+  <si>
+    <t>ROWLEY STEVE &amp; GLYNN MIKE</t>
+  </si>
+  <si>
+    <t>JEUSA000175025053</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON KESTREL MAID 5004-P</t>
+  </si>
+  <si>
+    <t>JEUSA000174927286</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ NICKLAUS 84767</t>
+  </si>
+  <si>
+    <t>JE840003242794625</t>
+  </si>
+  <si>
+    <t>CAL-MART SUGARDADDY JULEP 2670</t>
+  </si>
+  <si>
+    <t>JE840003253604208</t>
+  </si>
+  <si>
+    <t>DUPAT KESTREL 26577-P</t>
+  </si>
+  <si>
+    <t>JX KASH-IN DISCO SUIT {6}-ET</t>
+  </si>
+  <si>
+    <t>JE840003249056813</t>
+  </si>
+  <si>
+    <t>TOG SYN MARIANA 40893-ET</t>
+  </si>
+  <si>
+    <t>TOG PLATINUM 36721-ET</t>
+  </si>
+  <si>
+    <t>JE840003252228229</t>
+  </si>
+  <si>
+    <t>HILMAR KESTREL 32051</t>
+  </si>
+  <si>
+    <t>JE840003270379286</t>
+  </si>
+  <si>
+    <t>CLOVER FARMS BECKS 38827 11326-ET</t>
+  </si>
+  <si>
+    <t>GRAVES, BAILEY</t>
+  </si>
+  <si>
+    <t>JE840003257829193</t>
+  </si>
+  <si>
+    <t>MM SUGAR DADDY 21312</t>
+  </si>
+  <si>
+    <t>JEUSA000174979528</t>
+  </si>
+  <si>
+    <t>PETERSON BLIZZARD LAKOTA</t>
+  </si>
+  <si>
+    <t>JE840003252216608</t>
+  </si>
+  <si>
+    <t>DUPAT SUGAR DADDY 26186-P-ET</t>
+  </si>
+  <si>
+    <t>JE840003252223579</t>
+  </si>
+  <si>
+    <t>AHLEM SANCHO BAB 63448</t>
+  </si>
+  <si>
+    <t>JE840003214623902</t>
+  </si>
+  <si>
+    <t>CDF THRASHER PRINCETON W9082</t>
+  </si>
+  <si>
+    <t>JE840003210390607</t>
+  </si>
+  <si>
+    <t>AHLEM OCTAVIUS LILAC 18446</t>
+  </si>
+  <si>
+    <t>AHLEM LEMONHEAD AUZZIE 23273-ET</t>
   </si>
   <si>
     <t>JE840003252218056</t>
   </si>
   <si>
     <t>GOLD MEDAL DABO 50634-ET</t>
   </si>
   <si>
-    <t>JE840003252835334</t>
-[...259 lines deleted...]
-  <si>
     <t>JE840003257829258</t>
   </si>
   <si>
     <t>MM DABO TOPSY 21377-ET</t>
   </si>
   <si>
-    <t>JE840003249028371</t>
-[...41 lines deleted...]
-    <t>JX JER BEL MALDINI ARCHIE {5}-ET</t>
+    <t>JEUSA000174597328</t>
+  </si>
+  <si>
+    <t>CLOVER PATCH SUGAR D HAZEL</t>
+  </si>
+  <si>
+    <t>JE840003265922776</t>
+  </si>
+  <si>
+    <t>RED TOP DABO 64783</t>
+  </si>
+  <si>
+    <t>JE840003263578719</t>
+  </si>
+  <si>
+    <t>KASH-IN ISNER 70264-ET</t>
+  </si>
+  <si>
+    <t>JE840003207125405</t>
+  </si>
+  <si>
+    <t>CDF STARLORD DEWEY W7367</t>
+  </si>
+  <si>
+    <t>DODAN DEW-Z DEWEY-ET</t>
   </si>
   <si>
     <t>JE840003257593181</t>
   </si>
   <si>
     <t>AHLEM EDORAS WENDY 65443</t>
   </si>
   <si>
     <t>AHLEM THRASHER EDORAS-ET</t>
   </si>
   <si>
-    <t>JE840003212618875</t>
-[...20 lines deleted...]
-    <t>JCJ MONUMENT 36865</t>
+    <t>JE840003264023648</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW OVERALLS DEVON</t>
+  </si>
+  <si>
+    <t>COUCH, KARIN CHITTENDEN</t>
+  </si>
+  <si>
+    <t>JE840003262667636</t>
+  </si>
+  <si>
+    <t>GOLD MEDAL MCCOMB 51101</t>
+  </si>
+  <si>
+    <t>ROWLEYS 80 URLACHER MCCOMB-ET</t>
   </si>
   <si>
     <t>JE840003262668073</t>
   </si>
   <si>
     <t>GOLD MEDAL DIPLO 51538</t>
   </si>
   <si>
     <t>AHLEM BROTHERS</t>
   </si>
   <si>
-    <t>JE840003217562477</t>
-[...251 lines deleted...]
-    <t>GOLD MEDAL DABO 51024</t>
+    <t>JE840003264023742</t>
+  </si>
+  <si>
+    <t>DUTCH HOLLOW JAMMER DELANEY</t>
+  </si>
+  <si>
+    <t>CHITTENDEN, ZACHARY S</t>
   </si>
   <si>
     <t>JE840003259546279</t>
   </si>
   <si>
     <t>LA-CA-DE-LE DABO CELERY 11949</t>
   </si>
   <si>
-    <t>JE840003253604976</t>
-[...4 lines deleted...]
-  <si>
     <t>JEUSA000174856997</t>
   </si>
   <si>
     <t>JER-Z-BOYZ DABO 84155-P</t>
   </si>
   <si>
-    <t>JE840003253604399</t>
-[...4 lines deleted...]
-  <si>
     <t>JE840003214090934</t>
   </si>
   <si>
     <t>EVANGELO PINE 3454</t>
   </si>
   <si>
     <t>JE840003260840401</t>
   </si>
   <si>
     <t>CAL-MART JAZZY JEWEL 3153-ET</t>
   </si>
   <si>
     <t>CAL-MART JAZZY-ET</t>
   </si>
   <si>
     <t>CAL-MART COMPLETELY WORTHY {6}-ET</t>
   </si>
   <si>
+    <t>JE840003269393957</t>
+  </si>
+  <si>
+    <t>VIERRA GREENDAY 37257</t>
+  </si>
+  <si>
     <t>JE840003253604326</t>
   </si>
   <si>
     <t>DUPAT UNCOMMON 26695-ET</t>
   </si>
   <si>
+    <t>JE840003236379152</t>
+  </si>
+  <si>
+    <t>AHLEM THRASHER JENNY 61035</t>
+  </si>
+  <si>
     <t>JE840003240812684</t>
   </si>
   <si>
     <t>KASH-IN SUGAR DADDY 67785-ET</t>
   </si>
   <si>
     <t>JE840003231100884</t>
   </si>
   <si>
     <t>CLOVER PATCH SUAVECITO STORMI</t>
   </si>
   <si>
-    <t>STAR ROCK FARMS</t>
-[...1 lines deleted...]
-  <si>
     <t>JE840003253604743</t>
   </si>
   <si>
     <t>DUPAT BLIZZARD 27112</t>
   </si>
   <si>
-    <t>JE840003269043955</t>
-[...2 lines deleted...]
-    <t>MM OVERALLS SHAKIRA 23946-ET</t>
+    <t>JE840003257594913</t>
+  </si>
+  <si>
+    <t>ROC-BOT LATITUDE 15161</t>
+  </si>
+  <si>
+    <t>JX PROGENESIS GIFTED {5}-ET</t>
   </si>
   <si>
     <t>JE840003221095206</t>
   </si>
   <si>
     <t>AHLEM CHROME ROSETTA 80219</t>
   </si>
   <si>
-    <t>JEUSA000067958150</t>
-[...10 lines deleted...]
-  <si>
     <t>JE840003272841317</t>
   </si>
   <si>
     <t>MM OVERALLS 24676</t>
   </si>
   <si>
-    <t>JEUSA000174795351</t>
-[...8 lines deleted...]
-    <t>GOLD MEDAL THRASHER 49479</t>
+    <t>JE840003251552131</t>
+  </si>
+  <si>
+    <t>KASH-IN SUGAR DADDY 69000</t>
+  </si>
+  <si>
+    <t>JE840003236543838</t>
+  </si>
+  <si>
+    <t>TOG SYN AMELIA 40296-ET</t>
   </si>
   <si>
     <t>JE840003214624654</t>
   </si>
   <si>
     <t>CDF STARLORD FIALA H0334</t>
   </si>
   <si>
     <t>JX PRIMUS WORL CUP FIALA {5}-ET</t>
   </si>
   <si>
     <t>JE840003271713402</t>
   </si>
   <si>
     <t>CAL-MART DABO EMMA 3376-P</t>
   </si>
   <si>
     <t>JE840003217483601</t>
   </si>
   <si>
     <t>TOG LAKOTA 39916-P-ET</t>
   </si>
   <si>
     <t>JE840003209969981</t>
   </si>
   <si>
     <t>TOG ADORE 39039-ET</t>
   </si>
   <si>
     <t>BW SOLEIL</t>
   </si>
   <si>
-    <t>JE840003127456137</t>
-[...7 lines deleted...]
-  <si>
     <t>JE840003236462877</t>
   </si>
   <si>
     <t>AHLEM VJ GISLEV PAULA 61423-ET</t>
   </si>
   <si>
+    <t>JEUSA000173453427</t>
+  </si>
+  <si>
+    <t>JER-Z-BOYZ LISTOWEL 65263-P-ET</t>
+  </si>
+  <si>
+    <t>SUNSET CANYON DECREE-ET</t>
+  </si>
+  <si>
     <t>JE840003225256665</t>
   </si>
   <si>
     <t>GOLD MEDAL THRASHER 47604</t>
   </si>
   <si>
+    <t>JEUSA000174611884</t>
+  </si>
+  <si>
+    <t>SUNNY RIDGE GISLEV GRACIE-ET</t>
+  </si>
+  <si>
     <t>JE840003209969794</t>
   </si>
   <si>
     <t>TOG MYRMECOPHILA 38852-ET</t>
   </si>
   <si>
     <t>JE840003262667612</t>
   </si>
   <si>
     <t>GOLD MEDAL MCCOMB 51077</t>
   </si>
   <si>
-    <t>ROWLEYS 80 URLACHER MCCOMB-ET</t>
-[...1 lines deleted...]
-  <si>
     <t>JE840003257593497</t>
   </si>
   <si>
     <t>AHLEM SUAVECITO SARAH 65759</t>
   </si>
   <si>
+    <t>JE840003264170390</t>
+  </si>
+  <si>
+    <t>CDF CHARLTON CHEKELO H3293</t>
+  </si>
+  <si>
     <t>JEUSA000076510830</t>
   </si>
   <si>
     <t>CLOVER FARMS VOLANT MABEL 10830</t>
   </si>
   <si>
     <t>GRAVES, WALTER C</t>
   </si>
   <si>
     <t>JE840003212920609</t>
   </si>
   <si>
     <t>AHLEM STARLORD ROSANNA 57668</t>
   </si>
   <si>
     <t>JE840003240230623</t>
   </si>
   <si>
     <t>AHLEM VJ GISLEV SHEBA 62425-ET</t>
   </si>
   <si>
     <t>JE840003252836328</t>
   </si>
   <si>
     <t>AHLEM DABO CHARM 64697-ET</t>
   </si>
   <si>
-    <t>JE840003132543340</t>
-[...7 lines deleted...]
-  <si>
     <t>JE840003239580808</t>
   </si>
   <si>
     <t>CDF HORUS STARLORD H2534</t>
   </si>
   <si>
     <t>CDF JLS HEIST HORUS-ET</t>
   </si>
   <si>
-    <t>JEUSA000067952452</t>
-[...7 lines deleted...]
-  <si>
     <t>JE840003239573543</t>
   </si>
   <si>
     <t>SUNWEST CALIBAN CHROME H3850</t>
   </si>
   <si>
     <t>JE840003225230745</t>
   </si>
   <si>
     <t>SUNWEST THRASHER DETOUR H7934</t>
   </si>
   <si>
     <t>JE840003210390282</t>
   </si>
   <si>
     <t>AHLEM PINE CORA 18121</t>
-  </si>
-[...4 lines deleted...]
-    <t>TOG GAZANIA 37611-P-ET</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-10409]m/d/yyyy"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF00008B"/>
@@ -5901,61 +5946,61 @@
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="0000008B"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -6289,33930 +6334,34194 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O772"/>
+  <dimension ref="A1:O778"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.140625" customWidth="1"/>
     <col min="2" max="2" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="8.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="32.140625" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="34.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="3"/>
     </row>
     <row r="2" spans="1:15" ht="0.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="F3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="5" t="s">
+      <c r="G3" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="H3" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="I3" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="J3" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="K3" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="5" t="s">
+      <c r="L3" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="M3" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="5" t="s">
+      <c r="N3" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="O3" s="5" t="s">
+      <c r="O3" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="B4" s="6" t="s">
+      <c r="B4" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="6" t="s">
+      <c r="C4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="7">
+      <c r="D4" s="6">
         <v>45056</v>
       </c>
-      <c r="E4" s="6">
+      <c r="E4" s="5">
+        <v>196</v>
+      </c>
+      <c r="F4" s="5">
+        <v>976</v>
+      </c>
+      <c r="G4" s="5">
+        <v>3461</v>
+      </c>
+      <c r="H4" s="5">
+        <v>78</v>
+      </c>
+      <c r="I4" s="5">
+        <v>149</v>
+      </c>
+      <c r="J4" s="5">
+        <v>677</v>
+      </c>
+      <c r="K4" s="5">
+        <v>922</v>
+      </c>
+      <c r="L4" s="5">
+        <v>85</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O4" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B5" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="6">
+        <v>45177</v>
+      </c>
+      <c r="E5" s="5">
+        <v>185</v>
+      </c>
+      <c r="F5" s="5">
+        <v>1384</v>
+      </c>
+      <c r="G5" s="5">
+        <v>1517</v>
+      </c>
+      <c r="H5" s="5">
+        <v>87</v>
+      </c>
+      <c r="I5" s="5">
+        <v>152</v>
+      </c>
+      <c r="J5" s="5">
+        <v>1065</v>
+      </c>
+      <c r="K5" s="5">
+        <v>4705</v>
+      </c>
+      <c r="L5" s="5">
+        <v>80</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O5" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B6" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="6">
+        <v>45002</v>
+      </c>
+      <c r="E6" s="5">
+        <v>181</v>
+      </c>
+      <c r="F6" s="5">
+        <v>1210</v>
+      </c>
+      <c r="G6" s="5">
+        <v>3418</v>
+      </c>
+      <c r="H6" s="5">
+        <v>81</v>
+      </c>
+      <c r="I6" s="5">
+        <v>162</v>
+      </c>
+      <c r="J6" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K6" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L6" s="5">
+        <v>79</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B7" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="6">
+        <v>44775</v>
+      </c>
+      <c r="E7" s="5">
+        <v>175</v>
+      </c>
+      <c r="F7" s="5">
+        <v>1280</v>
+      </c>
+      <c r="G7" s="5">
+        <v>2421</v>
+      </c>
+      <c r="H7" s="5">
+        <v>90</v>
+      </c>
+      <c r="I7" s="5">
+        <v>102</v>
+      </c>
+      <c r="J7" s="5">
+        <v>818</v>
+      </c>
+      <c r="K7" s="5">
+        <v>1300</v>
+      </c>
+      <c r="L7" s="5">
+        <v>83</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O7" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B8" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="6">
+        <v>45058</v>
+      </c>
+      <c r="E8" s="5">
+        <v>173</v>
+      </c>
+      <c r="F8" s="5">
+        <v>836</v>
+      </c>
+      <c r="G8" s="5">
+        <v>1263</v>
+      </c>
+      <c r="H8" s="5">
+        <v>80</v>
+      </c>
+      <c r="I8" s="5">
+        <v>96</v>
+      </c>
+      <c r="J8" s="5">
+        <v>656</v>
+      </c>
+      <c r="K8" s="5">
+        <v>1336</v>
+      </c>
+      <c r="L8" s="5">
+        <v>90</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O8" s="5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B9" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="6">
+        <v>44804</v>
+      </c>
+      <c r="E9" s="5">
+        <v>172</v>
+      </c>
+      <c r="F9" s="5">
+        <v>1345</v>
+      </c>
+      <c r="G9" s="5">
+        <v>4210</v>
+      </c>
+      <c r="H9" s="5">
+        <v>83</v>
+      </c>
+      <c r="I9" s="5">
+        <v>134</v>
+      </c>
+      <c r="J9" s="5">
+        <v>1351</v>
+      </c>
+      <c r="K9" s="5">
+        <v>3120</v>
+      </c>
+      <c r="L9" s="5">
+        <v>75</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="6">
+        <v>44873</v>
+      </c>
+      <c r="E10" s="5">
+        <v>172</v>
+      </c>
+      <c r="F10" s="5">
+        <v>713</v>
+      </c>
+      <c r="G10" s="5">
+        <v>251</v>
+      </c>
+      <c r="H10" s="5">
+        <v>82</v>
+      </c>
+      <c r="I10" s="5">
+        <v>133</v>
+      </c>
+      <c r="J10" s="5">
+        <v>458</v>
+      </c>
+      <c r="K10" s="5">
+        <v>1354</v>
+      </c>
+      <c r="L10" s="5">
+        <v>83</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O10" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B11" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="6">
+        <v>44841</v>
+      </c>
+      <c r="E11" s="5">
+        <v>171</v>
+      </c>
+      <c r="F11" s="5">
+        <v>1213</v>
+      </c>
+      <c r="G11" s="5">
+        <v>8574</v>
+      </c>
+      <c r="H11" s="5">
+        <v>81</v>
+      </c>
+      <c r="I11" s="5">
+        <v>132</v>
+      </c>
+      <c r="J11" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K11" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L11" s="5">
+        <v>83</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O11" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B12" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D12" s="6">
+        <v>44861</v>
+      </c>
+      <c r="E12" s="5">
+        <v>171</v>
+      </c>
+      <c r="F12" s="5">
+        <v>1054</v>
+      </c>
+      <c r="G12" s="5">
+        <v>2053</v>
+      </c>
+      <c r="H12" s="5">
+        <v>80</v>
+      </c>
+      <c r="I12" s="5">
+        <v>129</v>
+      </c>
+      <c r="J12" s="5">
+        <v>572</v>
+      </c>
+      <c r="K12" s="5">
+        <v>1855</v>
+      </c>
+      <c r="L12" s="5">
+        <v>80</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O12" s="5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B13" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="6">
+        <v>45246</v>
+      </c>
+      <c r="E13" s="5">
+        <v>170</v>
+      </c>
+      <c r="F13" s="5">
+        <v>952</v>
+      </c>
+      <c r="G13" s="5">
+        <v>3533</v>
+      </c>
+      <c r="H13" s="5">
+        <v>82</v>
+      </c>
+      <c r="I13" s="5">
+        <v>141</v>
+      </c>
+      <c r="J13" s="5">
+        <v>218</v>
+      </c>
+      <c r="K13" s="5">
+        <v>997</v>
+      </c>
+      <c r="L13" s="5">
+        <v>86</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="O13" s="5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B14" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="6">
+        <v>44992</v>
+      </c>
+      <c r="E14" s="5">
+        <v>170</v>
+      </c>
+      <c r="F14" s="5">
+        <v>777</v>
+      </c>
+      <c r="G14" s="5">
+        <v>430</v>
+      </c>
+      <c r="H14" s="5">
+        <v>80</v>
+      </c>
+      <c r="I14" s="5">
+        <v>120</v>
+      </c>
+      <c r="J14" s="5">
+        <v>339</v>
+      </c>
+      <c r="K14" s="5">
+        <v>-6219</v>
+      </c>
+      <c r="L14" s="5">
+        <v>80</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O14" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B15" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="6">
+        <v>43543</v>
+      </c>
+      <c r="E15" s="5">
+        <v>169</v>
+      </c>
+      <c r="F15" s="5">
+        <v>292</v>
+      </c>
+      <c r="G15" s="5">
+        <v>1223</v>
+      </c>
+      <c r="H15" s="5">
+        <v>83</v>
+      </c>
+      <c r="I15" s="5">
+        <v>145</v>
+      </c>
+      <c r="J15" s="5">
+        <v>308</v>
+      </c>
+      <c r="K15" s="5">
+        <v>-683</v>
+      </c>
+      <c r="L15" s="5">
+        <v>85</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N15" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O15" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B16" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="6">
+        <v>44740</v>
+      </c>
+      <c r="E16" s="5">
+        <v>167</v>
+      </c>
+      <c r="F16" s="5">
+        <v>1382</v>
+      </c>
+      <c r="G16" s="5">
+        <v>4293</v>
+      </c>
+      <c r="H16" s="5">
+        <v>80</v>
+      </c>
+      <c r="I16" s="5">
+        <v>162</v>
+      </c>
+      <c r="J16" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K16" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L16" s="5">
+        <v>79</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N16" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="17" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B17" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" s="6">
+        <v>44364</v>
+      </c>
+      <c r="E17" s="5">
+        <v>167</v>
+      </c>
+      <c r="F17" s="5">
+        <v>1056</v>
+      </c>
+      <c r="G17" s="5">
+        <v>2799</v>
+      </c>
+      <c r="H17" s="5">
+        <v>76</v>
+      </c>
+      <c r="I17" s="5">
+        <v>81</v>
+      </c>
+      <c r="J17" s="5">
+        <v>479</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1546</v>
+      </c>
+      <c r="L17" s="5">
+        <v>75</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N17" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="O17" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="18" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B18" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D18" s="6">
+        <v>44759</v>
+      </c>
+      <c r="E18" s="5">
+        <v>166</v>
+      </c>
+      <c r="F18" s="5">
+        <v>1178</v>
+      </c>
+      <c r="G18" s="5">
+        <v>4431</v>
+      </c>
+      <c r="H18" s="5">
+        <v>86</v>
+      </c>
+      <c r="I18" s="5">
+        <v>102</v>
+      </c>
+      <c r="J18" s="5">
+        <v>818</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1300</v>
+      </c>
+      <c r="L18" s="5">
+        <v>83</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O18" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="19" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B19" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="6">
+        <v>44907</v>
+      </c>
+      <c r="E19" s="5">
+        <v>166</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1159</v>
+      </c>
+      <c r="G19" s="5">
+        <v>3142</v>
+      </c>
+      <c r="H19" s="5">
+        <v>83</v>
+      </c>
+      <c r="I19" s="5">
+        <v>118</v>
+      </c>
+      <c r="J19" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K19" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L19" s="5">
+        <v>64</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O19" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="20" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B20" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" s="6">
+        <v>44056</v>
+      </c>
+      <c r="E20" s="5">
+        <v>165</v>
+      </c>
+      <c r="F20" s="5">
+        <v>1333</v>
+      </c>
+      <c r="G20" s="5">
+        <v>2406</v>
+      </c>
+      <c r="H20" s="5">
+        <v>87</v>
+      </c>
+      <c r="I20" s="5">
+        <v>111</v>
+      </c>
+      <c r="J20" s="5">
+        <v>269</v>
+      </c>
+      <c r="K20" s="5">
+        <v>534</v>
+      </c>
+      <c r="L20" s="5">
+        <v>86</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N20" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O20" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="21" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B21" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" s="6">
+        <v>44902</v>
+      </c>
+      <c r="E21" s="5">
+        <v>165</v>
+      </c>
+      <c r="F21" s="5">
+        <v>879</v>
+      </c>
+      <c r="G21" s="5">
+        <v>3826</v>
+      </c>
+      <c r="H21" s="5">
+        <v>83</v>
+      </c>
+      <c r="I21" s="5">
+        <v>104</v>
+      </c>
+      <c r="J21" s="5">
+        <v>679</v>
+      </c>
+      <c r="K21" s="5">
+        <v>1127</v>
+      </c>
+      <c r="L21" s="5">
+        <v>84</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N21" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O21" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="22" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B22" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="6">
+        <v>44974</v>
+      </c>
+      <c r="E22" s="5">
+        <v>165</v>
+      </c>
+      <c r="F22" s="5">
+        <v>847</v>
+      </c>
+      <c r="G22" s="5">
+        <v>1756</v>
+      </c>
+      <c r="H22" s="5">
+        <v>78</v>
+      </c>
+      <c r="I22" s="5">
+        <v>103</v>
+      </c>
+      <c r="J22" s="5">
+        <v>491</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1209</v>
+      </c>
+      <c r="L22" s="5">
+        <v>84</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N22" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O22" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="23" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B23" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="6">
+        <v>44775</v>
+      </c>
+      <c r="E23" s="5">
+        <v>163</v>
+      </c>
+      <c r="F23" s="5">
+        <v>1210</v>
+      </c>
+      <c r="G23" s="5">
+        <v>2815</v>
+      </c>
+      <c r="H23" s="5">
+        <v>81</v>
+      </c>
+      <c r="I23" s="5">
+        <v>143</v>
+      </c>
+      <c r="J23" s="5">
+        <v>878</v>
+      </c>
+      <c r="K23" s="5">
+        <v>2262</v>
+      </c>
+      <c r="L23" s="5">
+        <v>87</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N23" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="O23" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="24" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B24" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="6">
+        <v>44652</v>
+      </c>
+      <c r="E24" s="5">
+        <v>163</v>
+      </c>
+      <c r="F24" s="5">
+        <v>1037</v>
+      </c>
+      <c r="G24" s="5">
+        <v>3623</v>
+      </c>
+      <c r="H24" s="5">
+        <v>83</v>
+      </c>
+      <c r="I24" s="5">
+        <v>142</v>
+      </c>
+      <c r="J24" s="5">
+        <v>800</v>
+      </c>
+      <c r="K24" s="5">
+        <v>2183</v>
+      </c>
+      <c r="L24" s="5">
+        <v>82</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N24" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O24" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B25" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D25" s="6">
+        <v>45190</v>
+      </c>
+      <c r="E25" s="5">
+        <v>163</v>
+      </c>
+      <c r="F25" s="5">
+        <v>523</v>
+      </c>
+      <c r="G25" s="5">
+        <v>-636</v>
+      </c>
+      <c r="H25" s="5">
+        <v>79</v>
+      </c>
+      <c r="I25" s="5">
+        <v>120</v>
+      </c>
+      <c r="J25" s="5">
+        <v>269</v>
+      </c>
+      <c r="K25" s="5">
+        <v>-26</v>
+      </c>
+      <c r="L25" s="5">
+        <v>91</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N25" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="O25" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="26" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B26" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D26" s="6">
+        <v>45113</v>
+      </c>
+      <c r="E26" s="5">
+        <v>162</v>
+      </c>
+      <c r="F26" s="5">
+        <v>1339</v>
+      </c>
+      <c r="G26" s="5">
+        <v>3650</v>
+      </c>
+      <c r="H26" s="5">
+        <v>81</v>
+      </c>
+      <c r="I26" s="5">
+        <v>162</v>
+      </c>
+      <c r="J26" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K26" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L26" s="5">
+        <v>79</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N26" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B27" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" s="6">
+        <v>44482</v>
+      </c>
+      <c r="E27" s="5">
+        <v>161</v>
+      </c>
+      <c r="F27" s="5">
+        <v>505</v>
+      </c>
+      <c r="G27" s="5">
+        <v>1390</v>
+      </c>
+      <c r="H27" s="5">
+        <v>79</v>
+      </c>
+      <c r="I27" s="5">
+        <v>119</v>
+      </c>
+      <c r="J27" s="5">
+        <v>390</v>
+      </c>
+      <c r="K27" s="5">
+        <v>2047</v>
+      </c>
+      <c r="L27" s="5">
+        <v>86</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N27" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O27" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B28" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" s="6">
+        <v>44177</v>
+      </c>
+      <c r="E28" s="5">
+        <v>159</v>
+      </c>
+      <c r="F28" s="5">
+        <v>413</v>
+      </c>
+      <c r="G28" s="5">
+        <v>1414</v>
+      </c>
+      <c r="H28" s="5">
+        <v>78</v>
+      </c>
+      <c r="I28" s="5">
+        <v>144</v>
+      </c>
+      <c r="J28" s="5">
+        <v>423</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1533</v>
+      </c>
+      <c r="L28" s="5">
+        <v>87</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N28" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B29" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D29" s="6">
+        <v>44539</v>
+      </c>
+      <c r="E29" s="5">
+        <v>159</v>
+      </c>
+      <c r="F29" s="5">
+        <v>324</v>
+      </c>
+      <c r="G29" s="5">
+        <v>-385</v>
+      </c>
+      <c r="H29" s="5">
+        <v>82</v>
+      </c>
+      <c r="I29" s="5">
+        <v>93</v>
+      </c>
+      <c r="J29" s="5">
+        <v>383</v>
+      </c>
+      <c r="K29" s="5">
+        <v>-1799</v>
+      </c>
+      <c r="L29" s="5">
+        <v>78</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N29" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O29" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="30" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B30" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D30" s="6">
+        <v>44946</v>
+      </c>
+      <c r="E30" s="5">
+        <v>158</v>
+      </c>
+      <c r="F30" s="5">
+        <v>1328</v>
+      </c>
+      <c r="G30" s="5">
+        <v>3759</v>
+      </c>
+      <c r="H30" s="5">
+        <v>78</v>
+      </c>
+      <c r="I30" s="5">
+        <v>112</v>
+      </c>
+      <c r="J30" s="5">
+        <v>911</v>
+      </c>
+      <c r="K30" s="5">
+        <v>883</v>
+      </c>
+      <c r="L30" s="5">
+        <v>75</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N30" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O30" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="31" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B31" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D31" s="6">
+        <v>45180</v>
+      </c>
+      <c r="E31" s="5">
+        <v>158</v>
+      </c>
+      <c r="F31" s="5">
+        <v>1169</v>
+      </c>
+      <c r="G31" s="5">
+        <v>2843</v>
+      </c>
+      <c r="H31" s="5">
+        <v>78</v>
+      </c>
+      <c r="I31" s="5">
+        <v>141</v>
+      </c>
+      <c r="J31" s="5">
+        <v>1024</v>
+      </c>
+      <c r="K31" s="5">
+        <v>4011</v>
+      </c>
+      <c r="L31" s="5">
+        <v>82</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N31" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O31" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B32" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="6">
+        <v>44817</v>
+      </c>
+      <c r="E32" s="5">
+        <v>157</v>
+      </c>
+      <c r="F32" s="5">
+        <v>724</v>
+      </c>
+      <c r="G32" s="5">
+        <v>3078</v>
+      </c>
+      <c r="H32" s="5">
+        <v>75</v>
+      </c>
+      <c r="I32" s="5">
+        <v>107</v>
+      </c>
+      <c r="J32" s="5">
+        <v>452</v>
+      </c>
+      <c r="K32" s="5">
+        <v>1592</v>
+      </c>
+      <c r="L32" s="5">
+        <v>86</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O32" s="5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B33" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" s="6">
+        <v>44153</v>
+      </c>
+      <c r="E33" s="5">
+        <v>157</v>
+      </c>
+      <c r="F33" s="5">
+        <v>296</v>
+      </c>
+      <c r="G33" s="5">
+        <v>1828</v>
+      </c>
+      <c r="H33" s="5">
+        <v>84</v>
+      </c>
+      <c r="I33" s="5">
+        <v>100</v>
+      </c>
+      <c r="J33" s="5">
+        <v>-429</v>
+      </c>
+      <c r="K33" s="5">
+        <v>1048</v>
+      </c>
+      <c r="L33" s="5">
+        <v>90</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N33" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="O33" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="34" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B34" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" s="6">
+        <v>45036</v>
+      </c>
+      <c r="E34" s="5">
+        <v>156</v>
+      </c>
+      <c r="F34" s="5">
+        <v>1069</v>
+      </c>
+      <c r="G34" s="5">
+        <v>6189</v>
+      </c>
+      <c r="H34" s="5">
+        <v>83</v>
+      </c>
+      <c r="I34" s="5">
+        <v>130</v>
+      </c>
+      <c r="J34" s="5">
+        <v>888</v>
+      </c>
+      <c r="K34" s="5">
+        <v>2744</v>
+      </c>
+      <c r="L34" s="5">
+        <v>78</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O34" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="35" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B35" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" s="6">
+        <v>44097</v>
+      </c>
+      <c r="E35" s="5">
+        <v>156</v>
+      </c>
+      <c r="F35" s="5">
+        <v>712</v>
+      </c>
+      <c r="G35" s="5">
+        <v>2423</v>
+      </c>
+      <c r="H35" s="5">
+        <v>84</v>
+      </c>
+      <c r="I35" s="5">
+        <v>87</v>
+      </c>
+      <c r="J35" s="5">
+        <v>346</v>
+      </c>
+      <c r="K35" s="5">
+        <v>1735</v>
+      </c>
+      <c r="L35" s="5">
+        <v>90</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N35" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O35" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="36" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B36" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" s="6">
+        <v>44388</v>
+      </c>
+      <c r="E36" s="5">
+        <v>156</v>
+      </c>
+      <c r="F36" s="5">
+        <v>695</v>
+      </c>
+      <c r="G36" s="5">
+        <v>-329</v>
+      </c>
+      <c r="H36" s="5">
+        <v>81</v>
+      </c>
+      <c r="I36" s="5">
+        <v>97</v>
+      </c>
+      <c r="J36" s="5">
+        <v>949</v>
+      </c>
+      <c r="K36" s="5">
+        <v>2157</v>
+      </c>
+      <c r="L36" s="5">
+        <v>77</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N36" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="O36" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="37" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B37" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D37" s="6">
+        <v>45055</v>
+      </c>
+      <c r="E37" s="5">
+        <v>155</v>
+      </c>
+      <c r="F37" s="5">
+        <v>1194</v>
+      </c>
+      <c r="G37" s="5">
+        <v>1071</v>
+      </c>
+      <c r="H37" s="5">
+        <v>75</v>
+      </c>
+      <c r="I37" s="5">
+        <v>111</v>
+      </c>
+      <c r="J37" s="5">
+        <v>419</v>
+      </c>
+      <c r="K37" s="5">
+        <v>1076</v>
+      </c>
+      <c r="L37" s="5">
+        <v>85</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N37" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="O37" s="5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="38" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B38" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D38" s="6">
+        <v>44070</v>
+      </c>
+      <c r="E38" s="5">
+        <v>155</v>
+      </c>
+      <c r="F38" s="5">
+        <v>1155</v>
+      </c>
+      <c r="G38" s="5">
+        <v>2754</v>
+      </c>
+      <c r="H38" s="5">
+        <v>77</v>
+      </c>
+      <c r="I38" s="5">
+        <v>111</v>
+      </c>
+      <c r="J38" s="5">
+        <v>269</v>
+      </c>
+      <c r="K38" s="5">
+        <v>534</v>
+      </c>
+      <c r="L38" s="5">
+        <v>86</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N38" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O38" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="39" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B39" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D39" s="6">
+        <v>45050</v>
+      </c>
+      <c r="E39" s="5">
+        <v>155</v>
+      </c>
+      <c r="F39" s="5">
+        <v>835</v>
+      </c>
+      <c r="G39" s="5">
+        <v>1213</v>
+      </c>
+      <c r="H39" s="5">
+        <v>82</v>
+      </c>
+      <c r="I39" s="5">
+        <v>120</v>
+      </c>
+      <c r="J39" s="5">
+        <v>819</v>
+      </c>
+      <c r="K39" s="5">
+        <v>2571</v>
+      </c>
+      <c r="L39" s="5">
+        <v>77</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O39" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="40" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B40" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D40" s="6">
+        <v>44804</v>
+      </c>
+      <c r="E40" s="5">
+        <v>155</v>
+      </c>
+      <c r="F40" s="5">
+        <v>789</v>
+      </c>
+      <c r="G40" s="5">
+        <v>3214</v>
+      </c>
+      <c r="H40" s="5">
+        <v>80</v>
+      </c>
+      <c r="I40" s="5">
+        <v>128</v>
+      </c>
+      <c r="J40" s="5">
+        <v>854</v>
+      </c>
+      <c r="K40" s="5">
+        <v>2452</v>
+      </c>
+      <c r="L40" s="5">
+        <v>86</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O40" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="41" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B41" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D41" s="6">
+        <v>45143</v>
+      </c>
+      <c r="E41" s="5">
+        <v>155</v>
+      </c>
+      <c r="F41" s="5">
+        <v>767</v>
+      </c>
+      <c r="G41" s="5">
+        <v>3874</v>
+      </c>
+      <c r="H41" s="5">
+        <v>76</v>
+      </c>
+      <c r="I41" s="5">
+        <v>95</v>
+      </c>
+      <c r="J41" s="5">
+        <v>140</v>
+      </c>
+      <c r="K41" s="5">
+        <v>397</v>
+      </c>
+      <c r="L41" s="5">
+        <v>85</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N41" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O41" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="42" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B42" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D42" s="6">
+        <v>44175</v>
+      </c>
+      <c r="E42" s="5">
+        <v>155</v>
+      </c>
+      <c r="F42" s="5">
+        <v>702</v>
+      </c>
+      <c r="G42" s="5">
+        <v>2939</v>
+      </c>
+      <c r="H42" s="5">
+        <v>90</v>
+      </c>
+      <c r="I42" s="5">
+        <v>71</v>
+      </c>
+      <c r="J42" s="5">
+        <v>-26</v>
+      </c>
+      <c r="K42" s="5">
+        <v>-348</v>
+      </c>
+      <c r="L42" s="5">
+        <v>85</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N42" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="O42" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="43" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B43" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D43" s="6">
+        <v>44856</v>
+      </c>
+      <c r="E43" s="5">
+        <v>155</v>
+      </c>
+      <c r="F43" s="5">
+        <v>274</v>
+      </c>
+      <c r="G43" s="5">
+        <v>-257</v>
+      </c>
+      <c r="H43" s="5">
+        <v>79</v>
+      </c>
+      <c r="I43" s="5">
+        <v>76</v>
+      </c>
+      <c r="J43" s="5">
+        <v>154</v>
+      </c>
+      <c r="K43" s="5">
+        <v>975</v>
+      </c>
+      <c r="L43" s="5">
+        <v>84</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="N43" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O43" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="44" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B44" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D44" s="6">
+        <v>44854</v>
+      </c>
+      <c r="E44" s="5">
+        <v>155</v>
+      </c>
+      <c r="F44" s="5">
+        <v>241</v>
+      </c>
+      <c r="G44" s="5">
+        <v>317</v>
+      </c>
+      <c r="H44" s="5">
+        <v>79</v>
+      </c>
+      <c r="I44" s="5">
+        <v>113</v>
+      </c>
+      <c r="J44" s="5">
+        <v>265</v>
+      </c>
+      <c r="K44" s="5">
+        <v>2197</v>
+      </c>
+      <c r="L44" s="5">
+        <v>85</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N44" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="45" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B45" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="D45" s="6">
+        <v>44486</v>
+      </c>
+      <c r="E45" s="5">
+        <v>154</v>
+      </c>
+      <c r="F45" s="5">
+        <v>789</v>
+      </c>
+      <c r="G45" s="5">
+        <v>600</v>
+      </c>
+      <c r="H45" s="5">
+        <v>81</v>
+      </c>
+      <c r="I45" s="5">
+        <v>145</v>
+      </c>
+      <c r="J45" s="5">
+        <v>308</v>
+      </c>
+      <c r="K45" s="5">
+        <v>-683</v>
+      </c>
+      <c r="L45" s="5">
+        <v>85</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N45" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O45" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="46" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B46" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D46" s="6">
+        <v>44794</v>
+      </c>
+      <c r="E46" s="5">
+        <v>153</v>
+      </c>
+      <c r="F46" s="5">
+        <v>1711</v>
+      </c>
+      <c r="G46" s="5">
+        <v>7329</v>
+      </c>
+      <c r="H46" s="5">
+        <v>83</v>
+      </c>
+      <c r="I46" s="5">
+        <v>128</v>
+      </c>
+      <c r="J46" s="5">
+        <v>1300</v>
+      </c>
+      <c r="K46" s="5">
+        <v>3827</v>
+      </c>
+      <c r="L46" s="5">
+        <v>83</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O46" s="5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="47" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B47" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D47" s="6">
+        <v>44891</v>
+      </c>
+      <c r="E47" s="5">
+        <v>153</v>
+      </c>
+      <c r="F47" s="5">
+        <v>1610</v>
+      </c>
+      <c r="G47" s="5">
+        <v>4297</v>
+      </c>
+      <c r="H47" s="5">
+        <v>82</v>
+      </c>
+      <c r="I47" s="5">
+        <v>134</v>
+      </c>
+      <c r="J47" s="5">
+        <v>1351</v>
+      </c>
+      <c r="K47" s="5">
+        <v>3120</v>
+      </c>
+      <c r="L47" s="5">
+        <v>75</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N47" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O47" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="48" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B48" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="D48" s="6">
+        <v>44951</v>
+      </c>
+      <c r="E48" s="5">
+        <v>153</v>
+      </c>
+      <c r="F48" s="5">
+        <v>1126</v>
+      </c>
+      <c r="G48" s="5">
+        <v>2828</v>
+      </c>
+      <c r="H48" s="5">
+        <v>80</v>
+      </c>
+      <c r="I48" s="5">
+        <v>118</v>
+      </c>
+      <c r="J48" s="5">
+        <v>661</v>
+      </c>
+      <c r="K48" s="5">
+        <v>901</v>
+      </c>
+      <c r="L48" s="5">
+        <v>78</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N48" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O48" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="49" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B49" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D49" s="6">
+        <v>44106</v>
+      </c>
+      <c r="E49" s="5">
+        <v>153</v>
+      </c>
+      <c r="F49" s="5">
+        <v>857</v>
+      </c>
+      <c r="G49" s="5">
+        <v>2543</v>
+      </c>
+      <c r="H49" s="5">
+        <v>79</v>
+      </c>
+      <c r="I49" s="5">
+        <v>90</v>
+      </c>
+      <c r="J49" s="5">
+        <v>52</v>
+      </c>
+      <c r="K49" s="5">
+        <v>407</v>
+      </c>
+      <c r="L49" s="5">
+        <v>81</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N49" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O49" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="50" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B50" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D50" s="6">
+        <v>44786</v>
+      </c>
+      <c r="E50" s="5">
+        <v>153</v>
+      </c>
+      <c r="F50" s="5">
+        <v>774</v>
+      </c>
+      <c r="G50" s="5">
+        <v>1459</v>
+      </c>
+      <c r="H50" s="5">
+        <v>85</v>
+      </c>
+      <c r="I50" s="5">
+        <v>119</v>
+      </c>
+      <c r="J50" s="5">
+        <v>659</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1462</v>
+      </c>
+      <c r="L50" s="5">
+        <v>84</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="N50" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="O50" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="51" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B51" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D51" s="6">
+        <v>44847</v>
+      </c>
+      <c r="E51" s="5">
+        <v>153</v>
+      </c>
+      <c r="F51" s="5">
+        <v>703</v>
+      </c>
+      <c r="G51" s="5">
+        <v>3783</v>
+      </c>
+      <c r="H51" s="5">
+        <v>76</v>
+      </c>
+      <c r="I51" s="5">
+        <v>102</v>
+      </c>
+      <c r="J51" s="5">
+        <v>688</v>
+      </c>
+      <c r="K51" s="5">
+        <v>2866</v>
+      </c>
+      <c r="L51" s="5">
+        <v>76</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="N51" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O51" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="52" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B52" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="D52" s="6">
+        <v>44473</v>
+      </c>
+      <c r="E52" s="5">
+        <v>153</v>
+      </c>
+      <c r="F52" s="5">
+        <v>470</v>
+      </c>
+      <c r="G52" s="5">
+        <v>1442</v>
+      </c>
+      <c r="H52" s="5">
+        <v>78</v>
+      </c>
+      <c r="I52" s="5">
+        <v>115</v>
+      </c>
+      <c r="J52" s="5">
+        <v>816</v>
+      </c>
+      <c r="K52" s="5">
+        <v>820</v>
+      </c>
+      <c r="L52" s="5">
+        <v>80</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="N52" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O52" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="53" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B53" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D53" s="6">
+        <v>44545</v>
+      </c>
+      <c r="E53" s="5">
+        <v>153</v>
+      </c>
+      <c r="F53" s="5">
+        <v>-169</v>
+      </c>
+      <c r="G53" s="5">
+        <v>-1716</v>
+      </c>
+      <c r="H53" s="5">
+        <v>86</v>
+      </c>
+      <c r="I53" s="5">
+        <v>116</v>
+      </c>
+      <c r="J53" s="5">
+        <v>-377</v>
+      </c>
+      <c r="K53" s="5">
+        <v>-1529</v>
+      </c>
+      <c r="L53" s="5">
+        <v>87</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="N53" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O53" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="54" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B54" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="D54" s="6">
+        <v>45027</v>
+      </c>
+      <c r="E54" s="5">
+        <v>152</v>
+      </c>
+      <c r="F54" s="5">
+        <v>1085</v>
+      </c>
+      <c r="G54" s="5">
+        <v>6175</v>
+      </c>
+      <c r="H54" s="5">
+        <v>85</v>
+      </c>
+      <c r="I54" s="5">
+        <v>124</v>
+      </c>
+      <c r="J54" s="5">
+        <v>1004</v>
+      </c>
+      <c r="K54" s="5">
+        <v>2501</v>
+      </c>
+      <c r="L54" s="5">
+        <v>84</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N54" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O54" s="5" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="55" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B55" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="D55" s="6">
+        <v>44868</v>
+      </c>
+      <c r="E55" s="5">
+        <v>152</v>
+      </c>
+      <c r="F55" s="5">
+        <v>1085</v>
+      </c>
+      <c r="G55" s="5">
+        <v>4470</v>
+      </c>
+      <c r="H55" s="5">
+        <v>76</v>
+      </c>
+      <c r="I55" s="5">
+        <v>154</v>
+      </c>
+      <c r="J55" s="5">
+        <v>1162</v>
+      </c>
+      <c r="K55" s="5">
+        <v>3125</v>
+      </c>
+      <c r="L55" s="5">
+        <v>83</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N55" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O55" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="56" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B56" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="D56" s="6">
+        <v>44146</v>
+      </c>
+      <c r="E56" s="5">
+        <v>152</v>
+      </c>
+      <c r="F56" s="5">
+        <v>1065</v>
+      </c>
+      <c r="G56" s="5">
+        <v>4705</v>
+      </c>
+      <c r="H56" s="5">
+        <v>80</v>
+      </c>
+      <c r="I56" s="5">
+        <v>113</v>
+      </c>
+      <c r="J56" s="5">
+        <v>225</v>
+      </c>
+      <c r="K56" s="5">
+        <v>1414</v>
+      </c>
+      <c r="L56" s="5">
+        <v>79</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N56" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O56" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="57" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B57" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="D57" s="6">
+        <v>44666</v>
+      </c>
+      <c r="E57" s="5">
+        <v>152</v>
+      </c>
+      <c r="F57" s="5">
+        <v>845</v>
+      </c>
+      <c r="G57" s="5">
+        <v>2597</v>
+      </c>
+      <c r="H57" s="5">
+        <v>80</v>
+      </c>
+      <c r="I57" s="5">
+        <v>122</v>
+      </c>
+      <c r="J57" s="5">
+        <v>370</v>
+      </c>
+      <c r="K57" s="5">
+        <v>-1461</v>
+      </c>
+      <c r="L57" s="5">
+        <v>82</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N57" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O57" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="58" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B58" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D58" s="6">
+        <v>45206</v>
+      </c>
+      <c r="E58" s="5">
+        <v>152</v>
+      </c>
+      <c r="F58" s="5">
+        <v>825</v>
+      </c>
+      <c r="G58" s="5">
+        <v>6127</v>
+      </c>
+      <c r="H58" s="5">
+        <v>79</v>
+      </c>
+      <c r="I58" s="5">
+        <v>82</v>
+      </c>
+      <c r="J58" s="5">
+        <v>-210</v>
+      </c>
+      <c r="K58" s="5">
+        <v>135</v>
+      </c>
+      <c r="L58" s="5">
+        <v>88</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N58" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O58" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="59" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B59" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D59" s="6">
+        <v>45184</v>
+      </c>
+      <c r="E59" s="5">
+        <v>152</v>
+      </c>
+      <c r="F59" s="5">
+        <v>512</v>
+      </c>
+      <c r="G59" s="5">
+        <v>313</v>
+      </c>
+      <c r="H59" s="5">
+        <v>73</v>
+      </c>
+      <c r="I59" s="5">
+        <v>118</v>
+      </c>
+      <c r="J59" s="5">
+        <v>177</v>
+      </c>
+      <c r="K59" s="5">
+        <v>1734</v>
+      </c>
+      <c r="L59" s="5">
+        <v>79</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N59" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="60" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B60" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="D60" s="6">
+        <v>44974</v>
+      </c>
+      <c r="E60" s="5">
+        <v>152</v>
+      </c>
+      <c r="F60" s="5">
+        <v>314</v>
+      </c>
+      <c r="G60" s="5">
+        <v>-659</v>
+      </c>
+      <c r="H60" s="5">
+        <v>83</v>
+      </c>
+      <c r="I60" s="5">
+        <v>98</v>
+      </c>
+      <c r="J60" s="5">
+        <v>-13</v>
+      </c>
+      <c r="K60" s="5">
+        <v>-4276</v>
+      </c>
+      <c r="L60" s="5">
+        <v>76</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N60" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" s="5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="61" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B61" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="C61" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="F4" s="6">
+      <c r="D61" s="6">
+        <v>44047</v>
+      </c>
+      <c r="E61" s="5">
+        <v>152</v>
+      </c>
+      <c r="F61" s="5">
+        <v>286</v>
+      </c>
+      <c r="G61" s="5">
+        <v>998</v>
+      </c>
+      <c r="H61" s="5">
+        <v>82</v>
+      </c>
+      <c r="I61" s="5">
+        <v>90</v>
+      </c>
+      <c r="J61" s="5">
+        <v>-30</v>
+      </c>
+      <c r="K61" s="5">
+        <v>-131</v>
+      </c>
+      <c r="L61" s="5">
+        <v>81</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N61" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O61" s="5" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="62" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B62" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D62" s="6">
+        <v>44064</v>
+      </c>
+      <c r="E62" s="5">
+        <v>151</v>
+      </c>
+      <c r="F62" s="5">
+        <v>1336</v>
+      </c>
+      <c r="G62" s="5">
+        <v>3299</v>
+      </c>
+      <c r="H62" s="5">
+        <v>81</v>
+      </c>
+      <c r="I62" s="5">
+        <v>116</v>
+      </c>
+      <c r="J62" s="5">
+        <v>995</v>
+      </c>
+      <c r="K62" s="5">
+        <v>2256</v>
+      </c>
+      <c r="L62" s="5">
+        <v>86</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N62" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O62" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="63" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B63" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D63" s="6">
+        <v>44886</v>
+      </c>
+      <c r="E63" s="5">
+        <v>151</v>
+      </c>
+      <c r="F63" s="5">
+        <v>1220</v>
+      </c>
+      <c r="G63" s="5">
+        <v>2951</v>
+      </c>
+      <c r="H63" s="5">
+        <v>80</v>
+      </c>
+      <c r="I63" s="5">
+        <v>136</v>
+      </c>
+      <c r="J63" s="5">
+        <v>670</v>
+      </c>
+      <c r="K63" s="5">
+        <v>1784</v>
+      </c>
+      <c r="L63" s="5">
+        <v>81</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N63" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O63" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="64" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B64" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" s="6">
+        <v>44906</v>
+      </c>
+      <c r="E64" s="5">
+        <v>151</v>
+      </c>
+      <c r="F64" s="5">
+        <v>975</v>
+      </c>
+      <c r="G64" s="5">
+        <v>934</v>
+      </c>
+      <c r="H64" s="5">
+        <v>78</v>
+      </c>
+      <c r="I64" s="5">
+        <v>124</v>
+      </c>
+      <c r="J64" s="5">
+        <v>639</v>
+      </c>
+      <c r="K64" s="5">
+        <v>1246</v>
+      </c>
+      <c r="L64" s="5">
+        <v>80</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N64" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O64" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="65" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B65" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" s="6">
+        <v>44434</v>
+      </c>
+      <c r="E65" s="5">
+        <v>151</v>
+      </c>
+      <c r="F65" s="5">
+        <v>588</v>
+      </c>
+      <c r="G65" s="5">
+        <v>1775</v>
+      </c>
+      <c r="H65" s="5">
+        <v>79</v>
+      </c>
+      <c r="I65" s="5">
+        <v>57</v>
+      </c>
+      <c r="J65" s="5">
+        <v>-124</v>
+      </c>
+      <c r="K65" s="5">
+        <v>-913</v>
+      </c>
+      <c r="L65" s="5">
+        <v>67</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N65" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="O65" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="66" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B66" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="D66" s="6">
+        <v>44127</v>
+      </c>
+      <c r="E66" s="5">
+        <v>151</v>
+      </c>
+      <c r="F66" s="5">
+        <v>461</v>
+      </c>
+      <c r="G66" s="5">
+        <v>715</v>
+      </c>
+      <c r="H66" s="5">
+        <v>85</v>
+      </c>
+      <c r="I66" s="5">
+        <v>57</v>
+      </c>
+      <c r="J66" s="5">
+        <v>-431</v>
+      </c>
+      <c r="K66" s="5">
+        <v>-148</v>
+      </c>
+      <c r="L66" s="5">
+        <v>91</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N66" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O66" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B67" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D67" s="6">
+        <v>44737</v>
+      </c>
+      <c r="E67" s="5">
+        <v>150</v>
+      </c>
+      <c r="F67" s="5">
+        <v>1108</v>
+      </c>
+      <c r="G67" s="5">
+        <v>2589</v>
+      </c>
+      <c r="H67" s="5">
+        <v>80</v>
+      </c>
+      <c r="I67" s="5">
+        <v>162</v>
+      </c>
+      <c r="J67" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K67" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L67" s="5">
+        <v>79</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N67" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="68" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B68" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="D68" s="6">
+        <v>44875</v>
+      </c>
+      <c r="E68" s="5">
+        <v>150</v>
+      </c>
+      <c r="F68" s="5">
+        <v>1086</v>
+      </c>
+      <c r="G68" s="5">
+        <v>2855</v>
+      </c>
+      <c r="H68" s="5">
+        <v>83</v>
+      </c>
+      <c r="I68" s="5">
+        <v>89</v>
+      </c>
+      <c r="J68" s="5">
+        <v>20</v>
+      </c>
+      <c r="K68" s="5">
+        <v>-692</v>
+      </c>
+      <c r="L68" s="5">
+        <v>81</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N68" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="O68" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="69" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B69" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="D69" s="6">
+        <v>44105</v>
+      </c>
+      <c r="E69" s="5">
+        <v>150</v>
+      </c>
+      <c r="F69" s="5">
+        <v>891</v>
+      </c>
+      <c r="G69" s="5">
+        <v>1883</v>
+      </c>
+      <c r="H69" s="5">
+        <v>90</v>
+      </c>
+      <c r="I69" s="5">
+        <v>121</v>
+      </c>
+      <c r="J69" s="5">
+        <v>718</v>
+      </c>
+      <c r="K69" s="5">
+        <v>2274</v>
+      </c>
+      <c r="L69" s="5">
+        <v>82</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N69" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O69" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="70" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B70" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D70" s="6">
+        <v>44997</v>
+      </c>
+      <c r="E70" s="5">
+        <v>150</v>
+      </c>
+      <c r="F70" s="5">
+        <v>863</v>
+      </c>
+      <c r="G70" s="5">
+        <v>1425</v>
+      </c>
+      <c r="H70" s="5">
+        <v>78</v>
+      </c>
+      <c r="I70" s="5">
+        <v>137</v>
+      </c>
+      <c r="J70" s="5">
+        <v>962</v>
+      </c>
+      <c r="K70" s="5">
+        <v>2454</v>
+      </c>
+      <c r="L70" s="5">
+        <v>77</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N70" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O70" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="71" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B71" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="D71" s="6">
+        <v>44975</v>
+      </c>
+      <c r="E71" s="5">
+        <v>150</v>
+      </c>
+      <c r="F71" s="5">
+        <v>709</v>
+      </c>
+      <c r="G71" s="5">
+        <v>11</v>
+      </c>
+      <c r="H71" s="5">
+        <v>80</v>
+      </c>
+      <c r="I71" s="5">
+        <v>140</v>
+      </c>
+      <c r="J71" s="5">
+        <v>455</v>
+      </c>
+      <c r="K71" s="5">
+        <v>1034</v>
+      </c>
+      <c r="L71" s="5">
+        <v>87</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N71" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O71" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="72" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B72" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="D72" s="6">
+        <v>44970</v>
+      </c>
+      <c r="E72" s="5">
+        <v>150</v>
+      </c>
+      <c r="F72" s="5">
+        <v>300</v>
+      </c>
+      <c r="G72" s="5">
+        <v>1380</v>
+      </c>
+      <c r="H72" s="5">
+        <v>78</v>
+      </c>
+      <c r="I72" s="5">
+        <v>106</v>
+      </c>
+      <c r="J72" s="5">
+        <v>-111</v>
+      </c>
+      <c r="K72" s="5">
+        <v>-436</v>
+      </c>
+      <c r="L72" s="5">
+        <v>78</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N72" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="O72" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="73" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B73" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="D73" s="6">
+        <v>45005</v>
+      </c>
+      <c r="E73" s="5">
+        <v>149</v>
+      </c>
+      <c r="F73" s="5">
+        <v>1056</v>
+      </c>
+      <c r="G73" s="5">
+        <v>710</v>
+      </c>
+      <c r="H73" s="5">
+        <v>82</v>
+      </c>
+      <c r="I73" s="5">
+        <v>124</v>
+      </c>
+      <c r="J73" s="5">
+        <v>1004</v>
+      </c>
+      <c r="K73" s="5">
+        <v>2501</v>
+      </c>
+      <c r="L73" s="5">
+        <v>84</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N73" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O73" s="5" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="74" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B74" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="D74" s="6">
+        <v>45192</v>
+      </c>
+      <c r="E74" s="5">
+        <v>149</v>
+      </c>
+      <c r="F74" s="5">
+        <v>1032</v>
+      </c>
+      <c r="G74" s="5">
+        <v>1169</v>
+      </c>
+      <c r="H74" s="5">
+        <v>77</v>
+      </c>
+      <c r="I74" s="5">
+        <v>143</v>
+      </c>
+      <c r="J74" s="5">
+        <v>745</v>
+      </c>
+      <c r="K74" s="5">
+        <v>1447</v>
+      </c>
+      <c r="L74" s="5">
+        <v>79</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N74" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O74" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="75" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B75" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="D75" s="6">
+        <v>45037</v>
+      </c>
+      <c r="E75" s="5">
+        <v>149</v>
+      </c>
+      <c r="F75" s="5">
+        <v>1010</v>
+      </c>
+      <c r="G75" s="5">
+        <v>3622</v>
+      </c>
+      <c r="H75" s="5">
+        <v>81</v>
+      </c>
+      <c r="I75" s="5">
+        <v>119</v>
+      </c>
+      <c r="J75" s="5">
+        <v>799</v>
+      </c>
+      <c r="K75" s="5">
+        <v>1793</v>
+      </c>
+      <c r="L75" s="5">
+        <v>82</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N75" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O75" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B76" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D76" s="6">
+        <v>45240</v>
+      </c>
+      <c r="E76" s="5">
+        <v>149</v>
+      </c>
+      <c r="F76" s="5">
+        <v>893</v>
+      </c>
+      <c r="G76" s="5">
+        <v>1193</v>
+      </c>
+      <c r="H76" s="5">
+        <v>81</v>
+      </c>
+      <c r="I76" s="5">
+        <v>119</v>
+      </c>
+      <c r="J76" s="5">
+        <v>550</v>
+      </c>
+      <c r="K76" s="5">
+        <v>2007</v>
+      </c>
+      <c r="L76" s="5">
+        <v>87</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N76" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O76" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="77" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B77" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="D77" s="6">
+        <v>44214</v>
+      </c>
+      <c r="E77" s="5">
+        <v>149</v>
+      </c>
+      <c r="F77" s="5">
+        <v>877</v>
+      </c>
+      <c r="G77" s="5">
+        <v>3014</v>
+      </c>
+      <c r="H77" s="5">
+        <v>82</v>
+      </c>
+      <c r="I77" s="5">
+        <v>107</v>
+      </c>
+      <c r="J77" s="5">
+        <v>153</v>
+      </c>
+      <c r="K77" s="5">
+        <v>797</v>
+      </c>
+      <c r="L77" s="5">
+        <v>86</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N77" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="O77" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="78" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B78" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D78" s="6">
+        <v>45027</v>
+      </c>
+      <c r="E78" s="5">
+        <v>149</v>
+      </c>
+      <c r="F78" s="5">
+        <v>732</v>
+      </c>
+      <c r="G78" s="5">
+        <v>3440</v>
+      </c>
+      <c r="H78" s="5">
+        <v>79</v>
+      </c>
+      <c r="I78" s="5">
+        <v>93</v>
+      </c>
+      <c r="J78" s="5">
+        <v>122</v>
+      </c>
+      <c r="K78" s="5">
+        <v>-258</v>
+      </c>
+      <c r="L78" s="5">
+        <v>82</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N78" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O78" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B79" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="D79" s="6">
+        <v>45072</v>
+      </c>
+      <c r="E79" s="5">
+        <v>149</v>
+      </c>
+      <c r="F79" s="5">
+        <v>719</v>
+      </c>
+      <c r="G79" s="5">
+        <v>1187</v>
+      </c>
+      <c r="H79" s="5">
+        <v>80</v>
+      </c>
+      <c r="I79" s="5">
+        <v>114</v>
+      </c>
+      <c r="J79" s="5">
+        <v>328</v>
+      </c>
+      <c r="K79" s="5">
+        <v>-1497</v>
+      </c>
+      <c r="L79" s="5">
+        <v>77</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N79" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O79" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="80" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B80" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D80" s="6">
+        <v>44021</v>
+      </c>
+      <c r="E80" s="5">
+        <v>149</v>
+      </c>
+      <c r="F80" s="5">
+        <v>677</v>
+      </c>
+      <c r="G80" s="5">
+        <v>922</v>
+      </c>
+      <c r="H80" s="5">
+        <v>85</v>
+      </c>
+      <c r="I80" s="5">
+        <v>102</v>
+      </c>
+      <c r="J80" s="5">
+        <v>415</v>
+      </c>
+      <c r="K80" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L80" s="5">
+        <v>93</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N80" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O80" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B81" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="D81" s="6">
+        <v>44992</v>
+      </c>
+      <c r="E81" s="5">
+        <v>149</v>
+      </c>
+      <c r="F81" s="5">
+        <v>544</v>
+      </c>
+      <c r="G81" s="5">
+        <v>586</v>
+      </c>
+      <c r="H81" s="5">
+        <v>78</v>
+      </c>
+      <c r="I81" s="5">
+        <v>133</v>
+      </c>
+      <c r="J81" s="5">
+        <v>59</v>
+      </c>
+      <c r="K81" s="5">
+        <v>-369</v>
+      </c>
+      <c r="L81" s="5">
+        <v>77</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N81" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="O81" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="82" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B82" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="D82" s="6">
+        <v>44665</v>
+      </c>
+      <c r="E82" s="5">
+        <v>148</v>
+      </c>
+      <c r="F82" s="5">
+        <v>1023</v>
+      </c>
+      <c r="G82" s="5">
+        <v>2860</v>
+      </c>
+      <c r="H82" s="5">
+        <v>84</v>
+      </c>
+      <c r="I82" s="5">
+        <v>110</v>
+      </c>
+      <c r="J82" s="5">
+        <v>228</v>
+      </c>
+      <c r="K82" s="5">
+        <v>433</v>
+      </c>
+      <c r="L82" s="5">
+        <v>90</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N82" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O82" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="83" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B83" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="D83" s="6">
+        <v>44791</v>
+      </c>
+      <c r="E83" s="5">
+        <v>148</v>
+      </c>
+      <c r="F83" s="5">
+        <v>919</v>
+      </c>
+      <c r="G83" s="5">
+        <v>2002</v>
+      </c>
+      <c r="H83" s="5">
+        <v>79</v>
+      </c>
+      <c r="I83" s="5">
+        <v>123</v>
+      </c>
+      <c r="J83" s="5">
+        <v>792</v>
+      </c>
+      <c r="K83" s="5">
+        <v>3012</v>
+      </c>
+      <c r="L83" s="5">
+        <v>84</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N83" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O83" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="84" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B84" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D84" s="6">
+        <v>44732</v>
+      </c>
+      <c r="E84" s="5">
+        <v>148</v>
+      </c>
+      <c r="F84" s="5">
+        <v>917</v>
+      </c>
+      <c r="G84" s="5">
+        <v>2441</v>
+      </c>
+      <c r="H84" s="5">
+        <v>77</v>
+      </c>
+      <c r="I84" s="5">
+        <v>142</v>
+      </c>
+      <c r="J84" s="5">
+        <v>800</v>
+      </c>
+      <c r="K84" s="5">
+        <v>2183</v>
+      </c>
+      <c r="L84" s="5">
+        <v>82</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N84" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O84" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="85" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B85" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="D85" s="6">
+        <v>45060</v>
+      </c>
+      <c r="E85" s="5">
+        <v>148</v>
+      </c>
+      <c r="F85" s="5">
+        <v>843</v>
+      </c>
+      <c r="G85" s="5">
+        <v>1662</v>
+      </c>
+      <c r="H85" s="5">
+        <v>80</v>
+      </c>
+      <c r="I85" s="5">
+        <v>120</v>
+      </c>
+      <c r="J85" s="5">
+        <v>366</v>
+      </c>
+      <c r="K85" s="5">
+        <v>1268</v>
+      </c>
+      <c r="L85" s="5">
+        <v>87</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N85" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O85" s="5" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="86" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B86" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="D86" s="6">
+        <v>45083</v>
+      </c>
+      <c r="E86" s="5">
+        <v>148</v>
+      </c>
+      <c r="F86" s="5">
+        <v>841</v>
+      </c>
+      <c r="G86" s="5">
+        <v>3535</v>
+      </c>
+      <c r="H86" s="5">
+        <v>81</v>
+      </c>
+      <c r="I86" s="5">
+        <v>122</v>
+      </c>
+      <c r="J86" s="5">
+        <v>575</v>
+      </c>
+      <c r="K86" s="5">
+        <v>850</v>
+      </c>
+      <c r="L86" s="5">
+        <v>84</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N86" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="O86" s="5" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="87" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B87" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="D87" s="6">
+        <v>44567</v>
+      </c>
+      <c r="E87" s="5">
+        <v>148</v>
+      </c>
+      <c r="F87" s="5">
+        <v>718</v>
+      </c>
+      <c r="G87" s="5">
+        <v>1486</v>
+      </c>
+      <c r="H87" s="5">
+        <v>81</v>
+      </c>
+      <c r="I87" s="5">
+        <v>105</v>
+      </c>
+      <c r="J87" s="5">
+        <v>959</v>
+      </c>
+      <c r="K87" s="5">
+        <v>1136</v>
+      </c>
+      <c r="L87" s="5">
+        <v>88</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N87" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O87" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="88" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B88" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D88" s="6">
+        <v>45085</v>
+      </c>
+      <c r="E88" s="5">
+        <v>148</v>
+      </c>
+      <c r="F88" s="5">
+        <v>574</v>
+      </c>
+      <c r="G88" s="5">
+        <v>1261</v>
+      </c>
+      <c r="H88" s="5">
+        <v>79</v>
+      </c>
+      <c r="I88" s="5">
+        <v>93</v>
+      </c>
+      <c r="J88" s="5">
+        <v>200</v>
+      </c>
+      <c r="K88" s="5">
+        <v>1772</v>
+      </c>
+      <c r="L88" s="5">
+        <v>81</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N88" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O88" s="5" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="89" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B89" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="D89" s="6">
+        <v>44482</v>
+      </c>
+      <c r="E89" s="5">
+        <v>148</v>
+      </c>
+      <c r="F89" s="5">
+        <v>495</v>
+      </c>
+      <c r="G89" s="5">
+        <v>2057</v>
+      </c>
+      <c r="H89" s="5">
+        <v>83</v>
+      </c>
+      <c r="I89" s="5">
+        <v>98</v>
+      </c>
+      <c r="J89" s="5">
+        <v>-202</v>
+      </c>
+      <c r="K89" s="5">
+        <v>-26</v>
+      </c>
+      <c r="L89" s="5">
+        <v>92</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N89" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="O89" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="90" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B90" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="D90" s="6">
+        <v>44189</v>
+      </c>
+      <c r="E90" s="5">
+        <v>147</v>
+      </c>
+      <c r="F90" s="5">
+        <v>790</v>
+      </c>
+      <c r="G90" s="5">
+        <v>2244</v>
+      </c>
+      <c r="H90" s="5">
+        <v>81</v>
+      </c>
+      <c r="I90" s="5">
+        <v>102</v>
+      </c>
+      <c r="J90" s="5">
+        <v>415</v>
+      </c>
+      <c r="K90" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L90" s="5">
+        <v>93</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N90" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O90" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B91" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="D91" s="6">
+        <v>45027</v>
+      </c>
+      <c r="E91" s="5">
+        <v>147</v>
+      </c>
+      <c r="F91" s="5">
+        <v>769</v>
+      </c>
+      <c r="G91" s="5">
+        <v>3147</v>
+      </c>
+      <c r="H91" s="5">
+        <v>83</v>
+      </c>
+      <c r="I91" s="5">
+        <v>113</v>
+      </c>
+      <c r="J91" s="5">
+        <v>684</v>
+      </c>
+      <c r="K91" s="5">
+        <v>3129</v>
+      </c>
+      <c r="L91" s="5">
+        <v>85</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N91" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O91" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="92" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B92" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="D92" s="6">
+        <v>44972</v>
+      </c>
+      <c r="E92" s="5">
+        <v>147</v>
+      </c>
+      <c r="F92" s="5">
+        <v>706</v>
+      </c>
+      <c r="G92" s="5">
+        <v>-1635</v>
+      </c>
+      <c r="H92" s="5">
+        <v>85</v>
+      </c>
+      <c r="I92" s="5">
+        <v>105</v>
+      </c>
+      <c r="J92" s="5">
+        <v>164</v>
+      </c>
+      <c r="K92" s="5">
+        <v>-16</v>
+      </c>
+      <c r="L92" s="5">
+        <v>83</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N92" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="O92" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="93" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B93" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="D93" s="6">
+        <v>43186</v>
+      </c>
+      <c r="E93" s="5">
+        <v>147</v>
+      </c>
+      <c r="F93" s="5">
+        <v>-132</v>
+      </c>
+      <c r="G93" s="5">
+        <v>-1</v>
+      </c>
+      <c r="H93" s="5">
+        <v>85</v>
+      </c>
+      <c r="I93" s="5">
+        <v>145</v>
+      </c>
+      <c r="J93" s="5">
+        <v>308</v>
+      </c>
+      <c r="K93" s="5">
+        <v>-683</v>
+      </c>
+      <c r="L93" s="5">
+        <v>85</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="N93" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O93" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="94" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B94" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D94" s="6">
+        <v>45072</v>
+      </c>
+      <c r="E94" s="5">
+        <v>146</v>
+      </c>
+      <c r="F94" s="5">
+        <v>1085</v>
+      </c>
+      <c r="G94" s="5">
+        <v>5415</v>
+      </c>
+      <c r="H94" s="5">
+        <v>84</v>
+      </c>
+      <c r="I94" s="5">
+        <v>65</v>
+      </c>
+      <c r="J94" s="5">
+        <v>576</v>
+      </c>
+      <c r="K94" s="5">
+        <v>257</v>
+      </c>
+      <c r="L94" s="5">
+        <v>79</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N94" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O94" s="5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="95" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B95" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="D95" s="6">
+        <v>44458</v>
+      </c>
+      <c r="E95" s="5">
+        <v>146</v>
+      </c>
+      <c r="F95" s="5">
+        <v>985</v>
+      </c>
+      <c r="G95" s="5">
+        <v>3566</v>
+      </c>
+      <c r="H95" s="5">
+        <v>74</v>
+      </c>
+      <c r="I95" s="5">
+        <v>82</v>
+      </c>
+      <c r="J95" s="5">
+        <v>208</v>
+      </c>
+      <c r="K95" s="5">
+        <v>116</v>
+      </c>
+      <c r="L95" s="5">
+        <v>84</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N95" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O95" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="96" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B96" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D96" s="6">
+        <v>44287</v>
+      </c>
+      <c r="E96" s="5">
+        <v>146</v>
+      </c>
+      <c r="F96" s="5">
+        <v>246</v>
+      </c>
+      <c r="G96" s="5">
+        <v>1033</v>
+      </c>
+      <c r="H96" s="5">
+        <v>80</v>
+      </c>
+      <c r="I96" s="5">
+        <v>121</v>
+      </c>
+      <c r="J96" s="5">
+        <v>-1</v>
+      </c>
+      <c r="K96" s="5">
+        <v>-340</v>
+      </c>
+      <c r="L96" s="5">
+        <v>82</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N96" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O96" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="97" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B97" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="D97" s="6">
+        <v>44797</v>
+      </c>
+      <c r="E97" s="5">
+        <v>145</v>
+      </c>
+      <c r="F97" s="5">
+        <v>1609</v>
+      </c>
+      <c r="G97" s="5">
+        <v>6298</v>
+      </c>
+      <c r="H97" s="5">
+        <v>78</v>
+      </c>
+      <c r="I97" s="5">
+        <v>160</v>
+      </c>
+      <c r="J97" s="5">
+        <v>1087</v>
+      </c>
+      <c r="K97" s="5">
+        <v>2464</v>
+      </c>
+      <c r="L97" s="5">
+        <v>85</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N97" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O97" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="98" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B98" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="D98" s="6">
+        <v>45212</v>
+      </c>
+      <c r="E98" s="5">
+        <v>145</v>
+      </c>
+      <c r="F98" s="5">
+        <v>1098</v>
+      </c>
+      <c r="G98" s="5">
+        <v>687</v>
+      </c>
+      <c r="H98" s="5">
+        <v>83</v>
+      </c>
+      <c r="I98" s="5">
+        <v>106</v>
+      </c>
+      <c r="J98" s="5">
+        <v>567</v>
+      </c>
+      <c r="K98" s="5">
+        <v>1606</v>
+      </c>
+      <c r="L98" s="5">
+        <v>85</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N98" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O98" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="99" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B99" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="D99" s="6">
+        <v>44564</v>
+      </c>
+      <c r="E99" s="5">
+        <v>145</v>
+      </c>
+      <c r="F99" s="5">
+        <v>869</v>
+      </c>
+      <c r="G99" s="5">
+        <v>2095</v>
+      </c>
+      <c r="H99" s="5">
+        <v>79</v>
+      </c>
+      <c r="I99" s="5">
+        <v>165</v>
+      </c>
+      <c r="J99" s="5">
+        <v>1333</v>
+      </c>
+      <c r="K99" s="5">
+        <v>2406</v>
+      </c>
+      <c r="L99" s="5">
+        <v>87</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N99" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O99" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="100" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B100" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D100" s="6">
+        <v>44853</v>
+      </c>
+      <c r="E100" s="5">
+        <v>145</v>
+      </c>
+      <c r="F100" s="5">
+        <v>749</v>
+      </c>
+      <c r="G100" s="5">
+        <v>1752</v>
+      </c>
+      <c r="H100" s="5">
+        <v>83</v>
+      </c>
+      <c r="I100" s="5">
+        <v>118</v>
+      </c>
+      <c r="J100" s="5">
+        <v>489</v>
+      </c>
+      <c r="K100" s="5">
+        <v>2339</v>
+      </c>
+      <c r="L100" s="5">
+        <v>91</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N100" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="O100" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="101" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B101" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="D101" s="6">
+        <v>45013</v>
+      </c>
+      <c r="E101" s="5">
+        <v>145</v>
+      </c>
+      <c r="F101" s="5">
+        <v>708</v>
+      </c>
+      <c r="G101" s="5">
+        <v>960</v>
+      </c>
+      <c r="H101" s="5">
+        <v>87</v>
+      </c>
+      <c r="I101" s="5">
+        <v>116</v>
+      </c>
+      <c r="J101" s="5">
+        <v>345</v>
+      </c>
+      <c r="K101" s="5">
+        <v>1011</v>
+      </c>
+      <c r="L101" s="5">
+        <v>86</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="N101" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O101" s="5" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="102" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B102" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="D102" s="6">
+        <v>45096</v>
+      </c>
+      <c r="E102" s="5">
+        <v>145</v>
+      </c>
+      <c r="F102" s="5">
+        <v>618</v>
+      </c>
+      <c r="G102" s="5">
+        <v>1287</v>
+      </c>
+      <c r="H102" s="5">
+        <v>82</v>
+      </c>
+      <c r="I102" s="5">
+        <v>109</v>
+      </c>
+      <c r="J102" s="5">
+        <v>396</v>
+      </c>
+      <c r="K102" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L102" s="5">
+        <v>84</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N102" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O102" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="103" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B103" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="D103" s="6">
+        <v>44143</v>
+      </c>
+      <c r="E103" s="5">
+        <v>145</v>
+      </c>
+      <c r="F103" s="5">
+        <v>442</v>
+      </c>
+      <c r="G103" s="5">
+        <v>1800</v>
+      </c>
+      <c r="H103" s="5">
+        <v>80</v>
+      </c>
+      <c r="I103" s="5">
+        <v>90</v>
+      </c>
+      <c r="J103" s="5">
+        <v>230</v>
+      </c>
+      <c r="K103" s="5">
+        <v>777</v>
+      </c>
+      <c r="L103" s="5">
+        <v>87</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N103" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O103" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="104" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B104" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="D104" s="6">
+        <v>44241</v>
+      </c>
+      <c r="E104" s="5">
+        <v>145</v>
+      </c>
+      <c r="F104" s="5">
+        <v>360</v>
+      </c>
+      <c r="G104" s="5">
+        <v>1096</v>
+      </c>
+      <c r="H104" s="5">
+        <v>91</v>
+      </c>
+      <c r="I104" s="5">
+        <v>89</v>
+      </c>
+      <c r="J104" s="5">
+        <v>345</v>
+      </c>
+      <c r="K104" s="5">
+        <v>1043</v>
+      </c>
+      <c r="L104" s="5">
+        <v>87</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N104" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="O104" s="5" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="105" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B105" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="D105" s="6">
+        <v>44904</v>
+      </c>
+      <c r="E105" s="5">
+        <v>144</v>
+      </c>
+      <c r="F105" s="5">
+        <v>1524</v>
+      </c>
+      <c r="G105" s="5">
+        <v>3926</v>
+      </c>
+      <c r="H105" s="5">
+        <v>82</v>
+      </c>
+      <c r="I105" s="5">
+        <v>132</v>
+      </c>
+      <c r="J105" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K105" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L105" s="5">
+        <v>83</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N105" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O105" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="106" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B106" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="D106" s="6">
+        <v>44825</v>
+      </c>
+      <c r="E106" s="5">
+        <v>144</v>
+      </c>
+      <c r="F106" s="5">
+        <v>1209</v>
+      </c>
+      <c r="G106" s="5">
+        <v>517</v>
+      </c>
+      <c r="H106" s="5">
+        <v>81</v>
+      </c>
+      <c r="I106" s="5">
+        <v>133</v>
+      </c>
+      <c r="J106" s="5">
+        <v>787</v>
+      </c>
+      <c r="K106" s="5">
+        <v>2161</v>
+      </c>
+      <c r="L106" s="5">
+        <v>76</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N106" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O106" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="107" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B107" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="D107" s="6">
+        <v>45210</v>
+      </c>
+      <c r="E107" s="5">
+        <v>144</v>
+      </c>
+      <c r="F107" s="5">
+        <v>1148</v>
+      </c>
+      <c r="G107" s="5">
+        <v>7458</v>
+      </c>
+      <c r="H107" s="5">
+        <v>83</v>
+      </c>
+      <c r="I107" s="5">
+        <v>93</v>
+      </c>
+      <c r="J107" s="5">
+        <v>1182</v>
+      </c>
+      <c r="K107" s="5">
+        <v>4164</v>
+      </c>
+      <c r="L107" s="5">
+        <v>79</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N107" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O107" s="5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="108" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B108" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D108" s="6">
+        <v>45025</v>
+      </c>
+      <c r="E108" s="5">
+        <v>144</v>
+      </c>
+      <c r="F108" s="5">
+        <v>1054</v>
+      </c>
+      <c r="G108" s="5">
+        <v>4818</v>
+      </c>
+      <c r="H108" s="5">
+        <v>85</v>
+      </c>
+      <c r="I108" s="5">
+        <v>97</v>
+      </c>
+      <c r="J108" s="5">
+        <v>826</v>
+      </c>
+      <c r="K108" s="5">
+        <v>955</v>
+      </c>
+      <c r="L108" s="5">
+        <v>86</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N108" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O108" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="109" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B109" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="D109" s="6">
+        <v>45128</v>
+      </c>
+      <c r="E109" s="5">
+        <v>144</v>
+      </c>
+      <c r="F109" s="5">
+        <v>1032</v>
+      </c>
+      <c r="G109" s="5">
+        <v>1530</v>
+      </c>
+      <c r="H109" s="5">
+        <v>67</v>
+      </c>
+      <c r="I109" s="5">
+        <v>137</v>
+      </c>
+      <c r="J109" s="5">
+        <v>962</v>
+      </c>
+      <c r="K109" s="5">
+        <v>2454</v>
+      </c>
+      <c r="L109" s="5">
+        <v>77</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="N109" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O109" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B110" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="D110" s="6">
+        <v>44151</v>
+      </c>
+      <c r="E110" s="5">
+        <v>144</v>
+      </c>
+      <c r="F110" s="5">
+        <v>788</v>
+      </c>
+      <c r="G110" s="5">
+        <v>2463</v>
+      </c>
+      <c r="H110" s="5">
+        <v>86</v>
+      </c>
+      <c r="I110" s="5">
+        <v>61</v>
+      </c>
+      <c r="J110" s="5">
+        <v>-186</v>
+      </c>
+      <c r="K110" s="5">
+        <v>833</v>
+      </c>
+      <c r="L110" s="5">
+        <v>80</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N110" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="O110" s="5" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="111" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B111" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="D111" s="6">
+        <v>44917</v>
+      </c>
+      <c r="E111" s="5">
+        <v>144</v>
+      </c>
+      <c r="F111" s="5">
+        <v>746</v>
+      </c>
+      <c r="G111" s="5">
+        <v>3288</v>
+      </c>
+      <c r="H111" s="5">
+        <v>84</v>
+      </c>
+      <c r="I111" s="5">
+        <v>41</v>
+      </c>
+      <c r="J111" s="5">
+        <v>-1</v>
+      </c>
+      <c r="K111" s="5">
+        <v>-2239</v>
+      </c>
+      <c r="L111" s="5">
+        <v>67</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N111" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="O111" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="112" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B112" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="D112" s="6">
+        <v>44473</v>
+      </c>
+      <c r="E112" s="5">
+        <v>144</v>
+      </c>
+      <c r="F112" s="5">
+        <v>700</v>
+      </c>
+      <c r="G112" s="5">
+        <v>1476</v>
+      </c>
+      <c r="H112" s="5">
+        <v>85</v>
+      </c>
+      <c r="I112" s="5">
+        <v>49</v>
+      </c>
+      <c r="J112" s="5">
+        <v>-280</v>
+      </c>
+      <c r="K112" s="5">
+        <v>-81</v>
+      </c>
+      <c r="L112" s="5">
+        <v>80</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N112" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="O112" s="5" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="113" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B113" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="D113" s="6">
+        <v>45041</v>
+      </c>
+      <c r="E113" s="5">
+        <v>144</v>
+      </c>
+      <c r="F113" s="5">
+        <v>588</v>
+      </c>
+      <c r="G113" s="5">
+        <v>2726</v>
+      </c>
+      <c r="H113" s="5">
+        <v>80</v>
+      </c>
+      <c r="I113" s="5">
+        <v>107</v>
+      </c>
+      <c r="J113" s="5">
+        <v>88</v>
+      </c>
+      <c r="K113" s="5">
+        <v>-251</v>
+      </c>
+      <c r="L113" s="5">
+        <v>85</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N113" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O113" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="114" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B114" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="D114" s="6">
+        <v>45082</v>
+      </c>
+      <c r="E114" s="5">
+        <v>144</v>
+      </c>
+      <c r="F114" s="5">
+        <v>585</v>
+      </c>
+      <c r="G114" s="5">
+        <v>-1084</v>
+      </c>
+      <c r="H114" s="5">
+        <v>75</v>
+      </c>
+      <c r="I114" s="5">
+        <v>109</v>
+      </c>
+      <c r="J114" s="5">
+        <v>396</v>
+      </c>
+      <c r="K114" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L114" s="5">
+        <v>84</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N114" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O114" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="115" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B115" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="D115" s="6">
+        <v>44669</v>
+      </c>
+      <c r="E115" s="5">
+        <v>144</v>
+      </c>
+      <c r="F115" s="5">
+        <v>529</v>
+      </c>
+      <c r="G115" s="5">
+        <v>2413</v>
+      </c>
+      <c r="H115" s="5">
+        <v>82</v>
+      </c>
+      <c r="I115" s="5">
+        <v>139</v>
+      </c>
+      <c r="J115" s="5">
+        <v>-204</v>
+      </c>
+      <c r="K115" s="5">
+        <v>-252</v>
+      </c>
+      <c r="L115" s="5">
+        <v>90</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N115" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O115" s="5" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="116" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B116" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="D116" s="6">
+        <v>45013</v>
+      </c>
+      <c r="E116" s="5">
+        <v>144</v>
+      </c>
+      <c r="F116" s="5">
+        <v>528</v>
+      </c>
+      <c r="G116" s="5">
+        <v>4084</v>
+      </c>
+      <c r="H116" s="5">
+        <v>78</v>
+      </c>
+      <c r="I116" s="5">
+        <v>109</v>
+      </c>
+      <c r="J116" s="5">
+        <v>-3</v>
+      </c>
+      <c r="K116" s="5">
+        <v>403</v>
+      </c>
+      <c r="L116" s="5">
+        <v>82</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N116" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="O116" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="117" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B117" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="D117" s="6">
+        <v>44046</v>
+      </c>
+      <c r="E117" s="5">
+        <v>144</v>
+      </c>
+      <c r="F117" s="5">
+        <v>352</v>
+      </c>
+      <c r="G117" s="5">
+        <v>1453</v>
+      </c>
+      <c r="H117" s="5">
+        <v>84</v>
+      </c>
+      <c r="I117" s="5">
+        <v>116</v>
+      </c>
+      <c r="J117" s="5">
+        <v>43</v>
+      </c>
+      <c r="K117" s="5">
+        <v>137</v>
+      </c>
+      <c r="L117" s="5">
+        <v>91</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N117" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="O117" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="118" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B118" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="D118" s="6">
+        <v>45086</v>
+      </c>
+      <c r="E118" s="5">
+        <v>144</v>
+      </c>
+      <c r="F118" s="5">
+        <v>254</v>
+      </c>
+      <c r="G118" s="5">
+        <v>938</v>
+      </c>
+      <c r="H118" s="5">
+        <v>80</v>
+      </c>
+      <c r="I118" s="5">
+        <v>103</v>
+      </c>
+      <c r="J118" s="5">
+        <v>-315</v>
+      </c>
+      <c r="K118" s="5">
+        <v>-186</v>
+      </c>
+      <c r="L118" s="5">
+        <v>94</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N118" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O118" s="5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="119" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B119" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="D119" s="6">
+        <v>44837</v>
+      </c>
+      <c r="E119" s="5">
+        <v>144</v>
+      </c>
+      <c r="F119" s="5">
+        <v>178</v>
+      </c>
+      <c r="G119" s="5">
+        <v>-1520</v>
+      </c>
+      <c r="H119" s="5">
+        <v>82</v>
+      </c>
+      <c r="I119" s="5">
+        <v>91</v>
+      </c>
+      <c r="J119" s="5">
+        <v>579</v>
+      </c>
+      <c r="K119" s="5">
+        <v>689</v>
+      </c>
+      <c r="L119" s="5">
+        <v>76</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N119" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O119" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="120" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B120" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D120" s="6">
+        <v>44226</v>
+      </c>
+      <c r="E120" s="5">
+        <v>143</v>
+      </c>
+      <c r="F120" s="5">
+        <v>1256</v>
+      </c>
+      <c r="G120" s="5">
+        <v>3219</v>
+      </c>
+      <c r="H120" s="5">
+        <v>86</v>
+      </c>
+      <c r="I120" s="5">
+        <v>63</v>
+      </c>
+      <c r="J120" s="5">
+        <v>350</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1714</v>
+      </c>
+      <c r="L120" s="5">
+        <v>76</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N120" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="O120" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="121" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B121" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="D121" s="6">
+        <v>44847</v>
+      </c>
+      <c r="E121" s="5">
+        <v>143</v>
+      </c>
+      <c r="F121" s="5">
+        <v>1000</v>
+      </c>
+      <c r="G121" s="5">
+        <v>2385</v>
+      </c>
+      <c r="H121" s="5">
+        <v>80</v>
+      </c>
+      <c r="I121" s="5">
+        <v>92</v>
+      </c>
+      <c r="J121" s="5">
+        <v>319</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1345</v>
+      </c>
+      <c r="L121" s="5">
+        <v>90</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N121" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="O121" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="122" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B122" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="D122" s="6">
+        <v>44933</v>
+      </c>
+      <c r="E122" s="5">
+        <v>143</v>
+      </c>
+      <c r="F122" s="5">
+        <v>940</v>
+      </c>
+      <c r="G122" s="5">
+        <v>1342</v>
+      </c>
+      <c r="H122" s="5">
+        <v>78</v>
+      </c>
+      <c r="I122" s="5">
+        <v>104</v>
+      </c>
+      <c r="J122" s="5">
+        <v>728</v>
+      </c>
+      <c r="K122" s="5">
+        <v>1872</v>
+      </c>
+      <c r="L122" s="5">
+        <v>83</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N122" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O122" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="123" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B123" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="D123" s="6">
+        <v>44244</v>
+      </c>
+      <c r="E123" s="5">
+        <v>143</v>
+      </c>
+      <c r="F123" s="5">
+        <v>906</v>
+      </c>
+      <c r="G123" s="5">
+        <v>1073</v>
+      </c>
+      <c r="H123" s="5">
+        <v>76</v>
+      </c>
+      <c r="I123" s="5">
+        <v>162</v>
+      </c>
+      <c r="J123" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K123" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L123" s="5">
+        <v>79</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="N123" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="124" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B124" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="D124" s="6">
+        <v>44070</v>
+      </c>
+      <c r="E124" s="5">
+        <v>143</v>
+      </c>
+      <c r="F124" s="5">
+        <v>878</v>
+      </c>
+      <c r="G124" s="5">
+        <v>2262</v>
+      </c>
+      <c r="H124" s="5">
+        <v>87</v>
+      </c>
+      <c r="I124" s="5">
+        <v>139</v>
+      </c>
+      <c r="J124" s="5">
+        <v>942</v>
+      </c>
+      <c r="K124" s="5">
+        <v>2324</v>
+      </c>
+      <c r="L124" s="5">
+        <v>84</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N124" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O124" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="125" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B125" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D125" s="6">
+        <v>44913</v>
+      </c>
+      <c r="E125" s="5">
+        <v>143</v>
+      </c>
+      <c r="F125" s="5">
+        <v>811</v>
+      </c>
+      <c r="G125" s="5">
+        <v>2114</v>
+      </c>
+      <c r="H125" s="5">
+        <v>78</v>
+      </c>
+      <c r="I125" s="5">
+        <v>119</v>
+      </c>
+      <c r="J125" s="5">
+        <v>496</v>
+      </c>
+      <c r="K125" s="5">
+        <v>-213</v>
+      </c>
+      <c r="L125" s="5">
+        <v>82</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N125" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O125" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="126" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B126" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="D126" s="6">
+        <v>44831</v>
+      </c>
+      <c r="E126" s="5">
+        <v>143</v>
+      </c>
+      <c r="F126" s="5">
+        <v>768</v>
+      </c>
+      <c r="G126" s="5">
+        <v>644</v>
+      </c>
+      <c r="H126" s="5">
+        <v>86</v>
+      </c>
+      <c r="I126" s="5">
+        <v>122</v>
+      </c>
+      <c r="J126" s="5">
+        <v>441</v>
+      </c>
+      <c r="K126" s="5">
+        <v>1973</v>
+      </c>
+      <c r="L126" s="5">
+        <v>80</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N126" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O126" s="5" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="127" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B127" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="D127" s="6">
+        <v>45133</v>
+      </c>
+      <c r="E127" s="5">
+        <v>143</v>
+      </c>
+      <c r="F127" s="5">
+        <v>680</v>
+      </c>
+      <c r="G127" s="5">
+        <v>2651</v>
+      </c>
+      <c r="H127" s="5">
+        <v>83</v>
+      </c>
+      <c r="I127" s="5">
+        <v>100</v>
+      </c>
+      <c r="J127" s="5">
+        <v>447</v>
+      </c>
+      <c r="K127" s="5">
+        <v>1284</v>
+      </c>
+      <c r="L127" s="5">
+        <v>81</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N127" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="O127" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="128" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B128" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="D128" s="6">
+        <v>44557</v>
+      </c>
+      <c r="E128" s="5">
+        <v>143</v>
+      </c>
+      <c r="F128" s="5">
+        <v>478</v>
+      </c>
+      <c r="G128" s="5">
+        <v>289</v>
+      </c>
+      <c r="H128" s="5">
+        <v>84</v>
+      </c>
+      <c r="I128" s="5">
+        <v>115</v>
+      </c>
+      <c r="J128" s="5">
+        <v>450</v>
+      </c>
+      <c r="K128" s="5">
+        <v>706</v>
+      </c>
+      <c r="L128" s="5">
+        <v>80</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N128" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="O128" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="129" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B129" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="D129" s="6">
+        <v>45164</v>
+      </c>
+      <c r="E129" s="5">
+        <v>143</v>
+      </c>
+      <c r="F129" s="5">
+        <v>467</v>
+      </c>
+      <c r="G129" s="5">
+        <v>1140</v>
+      </c>
+      <c r="H129" s="5">
+        <v>80</v>
+      </c>
+      <c r="I129" s="5">
+        <v>76</v>
+      </c>
+      <c r="J129" s="5">
+        <v>82</v>
+      </c>
+      <c r="K129" s="5">
+        <v>-1190</v>
+      </c>
+      <c r="L129" s="5">
+        <v>77</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N129" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="130" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B130" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="D130" s="6">
+        <v>44138</v>
+      </c>
+      <c r="E130" s="5">
+        <v>143</v>
+      </c>
+      <c r="F130" s="5">
+        <v>310</v>
+      </c>
+      <c r="G130" s="5">
+        <v>444</v>
+      </c>
+      <c r="H130" s="5">
+        <v>72</v>
+      </c>
+      <c r="I130" s="5">
+        <v>101</v>
+      </c>
+      <c r="J130" s="5">
+        <v>-508</v>
+      </c>
+      <c r="K130" s="5">
+        <v>150</v>
+      </c>
+      <c r="L130" s="5">
+        <v>82</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N130" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="O130" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="131" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B131" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D131" s="6">
+        <v>44314</v>
+      </c>
+      <c r="E131" s="5">
+        <v>143</v>
+      </c>
+      <c r="F131" s="5">
+        <v>118</v>
+      </c>
+      <c r="G131" s="5">
+        <v>670</v>
+      </c>
+      <c r="H131" s="5">
+        <v>81</v>
+      </c>
+      <c r="I131" s="5">
+        <v>115</v>
+      </c>
+      <c r="J131" s="5">
+        <v>-93</v>
+      </c>
+      <c r="K131" s="5">
+        <v>535</v>
+      </c>
+      <c r="L131" s="5">
+        <v>78</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N131" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O131" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="132" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B132" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="D132" s="6">
+        <v>44974</v>
+      </c>
+      <c r="E132" s="5">
+        <v>143</v>
+      </c>
+      <c r="F132" s="5">
+        <v>74</v>
+      </c>
+      <c r="G132" s="5">
+        <v>-1196</v>
+      </c>
+      <c r="H132" s="5">
+        <v>78</v>
+      </c>
+      <c r="I132" s="5">
+        <v>91</v>
+      </c>
+      <c r="J132" s="5">
+        <v>-611</v>
+      </c>
+      <c r="K132" s="5">
+        <v>-969</v>
+      </c>
+      <c r="L132" s="5">
+        <v>82</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N132" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="O132" s="5" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="133" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B133" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="D133" s="6">
+        <v>45249</v>
+      </c>
+      <c r="E133" s="5">
+        <v>142</v>
+      </c>
+      <c r="F133" s="5">
+        <v>1146</v>
+      </c>
+      <c r="G133" s="5">
+        <v>2208</v>
+      </c>
+      <c r="H133" s="5">
+        <v>82</v>
+      </c>
+      <c r="I133" s="5">
+        <v>103</v>
+      </c>
+      <c r="J133" s="5">
+        <v>688</v>
+      </c>
+      <c r="K133" s="5">
+        <v>1590</v>
+      </c>
+      <c r="L133" s="5">
+        <v>84</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N133" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="O133" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="134" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B134" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="D134" s="6">
+        <v>44744</v>
+      </c>
+      <c r="E134" s="5">
+        <v>142</v>
+      </c>
+      <c r="F134" s="5">
+        <v>1015</v>
+      </c>
+      <c r="G134" s="5">
+        <v>1924</v>
+      </c>
+      <c r="H134" s="5">
+        <v>83</v>
+      </c>
+      <c r="I134" s="5">
+        <v>102</v>
+      </c>
+      <c r="J134" s="5">
+        <v>574</v>
+      </c>
+      <c r="K134" s="5">
+        <v>1231</v>
+      </c>
+      <c r="L134" s="5">
+        <v>81</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N134" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134" s="5" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="135" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B135" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="D135" s="6">
+        <v>44819</v>
+      </c>
+      <c r="E135" s="5">
+        <v>142</v>
+      </c>
+      <c r="F135" s="5">
+        <v>838</v>
+      </c>
+      <c r="G135" s="5">
+        <v>1563</v>
+      </c>
+      <c r="H135" s="5">
+        <v>81</v>
+      </c>
+      <c r="I135" s="5">
+        <v>108</v>
+      </c>
+      <c r="J135" s="5">
+        <v>646</v>
+      </c>
+      <c r="K135" s="5">
+        <v>114</v>
+      </c>
+      <c r="L135" s="5">
+        <v>87</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N135" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O135" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="136" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B136" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="D136" s="6">
+        <v>44486</v>
+      </c>
+      <c r="E136" s="5">
+        <v>142</v>
+      </c>
+      <c r="F136" s="5">
+        <v>829</v>
+      </c>
+      <c r="G136" s="5">
+        <v>2064</v>
+      </c>
+      <c r="H136" s="5">
+        <v>77</v>
+      </c>
+      <c r="I136" s="5">
+        <v>111</v>
+      </c>
+      <c r="J136" s="5">
+        <v>737</v>
+      </c>
+      <c r="K136" s="5">
+        <v>6552</v>
+      </c>
+      <c r="L136" s="5">
+        <v>81</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="N136" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="O136" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="137" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B137" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="D137" s="6">
+        <v>45071</v>
+      </c>
+      <c r="E137" s="5">
+        <v>142</v>
+      </c>
+      <c r="F137" s="5">
+        <v>796</v>
+      </c>
+      <c r="G137" s="5">
+        <v>5343</v>
+      </c>
+      <c r="H137" s="5">
+        <v>81</v>
+      </c>
+      <c r="I137" s="5">
+        <v>109</v>
+      </c>
+      <c r="J137" s="5">
+        <v>396</v>
+      </c>
+      <c r="K137" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L137" s="5">
+        <v>84</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N137" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O137" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="138" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B138" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="D138" s="6">
+        <v>44886</v>
+      </c>
+      <c r="E138" s="5">
+        <v>142</v>
+      </c>
+      <c r="F138" s="5">
+        <v>773</v>
+      </c>
+      <c r="G138" s="5">
+        <v>3004</v>
+      </c>
+      <c r="H138" s="5">
+        <v>79</v>
+      </c>
+      <c r="I138" s="5">
+        <v>112</v>
+      </c>
+      <c r="J138" s="5">
+        <v>690</v>
+      </c>
+      <c r="K138" s="5">
+        <v>1717</v>
+      </c>
+      <c r="L138" s="5">
+        <v>90</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N138" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O138" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="139" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B139" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="D139" s="6">
+        <v>44794</v>
+      </c>
+      <c r="E139" s="5">
+        <v>142</v>
+      </c>
+      <c r="F139" s="5">
+        <v>770</v>
+      </c>
+      <c r="G139" s="5">
+        <v>1756</v>
+      </c>
+      <c r="H139" s="5">
+        <v>84</v>
+      </c>
+      <c r="I139" s="5">
+        <v>83</v>
+      </c>
+      <c r="J139" s="5">
+        <v>55</v>
+      </c>
+      <c r="K139" s="5">
+        <v>2114</v>
+      </c>
+      <c r="L139" s="5">
+        <v>79</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N139" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="O139" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="140" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B140" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="D140" s="6">
+        <v>45116</v>
+      </c>
+      <c r="E140" s="5">
+        <v>142</v>
+      </c>
+      <c r="F140" s="5">
+        <v>659</v>
+      </c>
+      <c r="G140" s="5">
+        <v>1357</v>
+      </c>
+      <c r="H140" s="5">
+        <v>79</v>
+      </c>
+      <c r="I140" s="5">
+        <v>139</v>
+      </c>
+      <c r="J140" s="5">
+        <v>1089</v>
+      </c>
+      <c r="K140" s="5">
+        <v>3245</v>
+      </c>
+      <c r="L140" s="5">
+        <v>86</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N140" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="O140" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="141" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B141" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="D141" s="6">
+        <v>44320</v>
+      </c>
+      <c r="E141" s="5">
+        <v>142</v>
+      </c>
+      <c r="F141" s="5">
+        <v>585</v>
+      </c>
+      <c r="G141" s="5">
+        <v>2047</v>
+      </c>
+      <c r="H141" s="5">
+        <v>84</v>
+      </c>
+      <c r="I141" s="5">
+        <v>74</v>
+      </c>
+      <c r="J141" s="5">
+        <v>-200</v>
+      </c>
+      <c r="K141" s="5">
+        <v>-1030</v>
+      </c>
+      <c r="L141" s="5">
+        <v>76</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N141" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="O141" s="5" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="142" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B142" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="D142" s="6">
+        <v>43892</v>
+      </c>
+      <c r="E142" s="5">
+        <v>142</v>
+      </c>
+      <c r="F142" s="5">
+        <v>578</v>
+      </c>
+      <c r="G142" s="5">
+        <v>1786</v>
+      </c>
+      <c r="H142" s="5">
+        <v>82</v>
+      </c>
+      <c r="I142" s="5">
+        <v>98</v>
+      </c>
+      <c r="J142" s="5">
+        <v>30</v>
+      </c>
+      <c r="K142" s="5">
+        <v>81</v>
+      </c>
+      <c r="L142" s="5">
+        <v>75</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N142" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="O142" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="143" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B143" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="D143" s="6">
+        <v>45113</v>
+      </c>
+      <c r="E143" s="5">
+        <v>142</v>
+      </c>
+      <c r="F143" s="5">
+        <v>575</v>
+      </c>
+      <c r="G143" s="5">
+        <v>155</v>
+      </c>
+      <c r="H143" s="5">
+        <v>76</v>
+      </c>
+      <c r="I143" s="5">
+        <v>103</v>
+      </c>
+      <c r="J143" s="5">
+        <v>308</v>
+      </c>
+      <c r="K143" s="5">
+        <v>1583</v>
+      </c>
+      <c r="L143" s="5">
+        <v>88</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N143" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="O143" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="144" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B144" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="D144" s="6">
+        <v>44410</v>
+      </c>
+      <c r="E144" s="5">
+        <v>142</v>
+      </c>
+      <c r="F144" s="5">
+        <v>558</v>
+      </c>
+      <c r="G144" s="5">
+        <v>809</v>
+      </c>
+      <c r="H144" s="5">
+        <v>80</v>
+      </c>
+      <c r="I144" s="5">
+        <v>98</v>
+      </c>
+      <c r="J144" s="5">
+        <v>202</v>
+      </c>
+      <c r="K144" s="5">
+        <v>683</v>
+      </c>
+      <c r="L144" s="5">
+        <v>85</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N144" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="O144" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="145" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B145" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="D145" s="6">
+        <v>44258</v>
+      </c>
+      <c r="E145" s="5">
+        <v>142</v>
+      </c>
+      <c r="F145" s="5">
+        <v>529</v>
+      </c>
+      <c r="G145" s="5">
+        <v>2847</v>
+      </c>
+      <c r="H145" s="5">
+        <v>84</v>
+      </c>
+      <c r="I145" s="5">
+        <v>81</v>
+      </c>
+      <c r="J145" s="5">
+        <v>295</v>
+      </c>
+      <c r="K145" s="5">
+        <v>668</v>
+      </c>
+      <c r="L145" s="5">
+        <v>86</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N145" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="O145" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="146" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B146" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="D146" s="6">
+        <v>44932</v>
+      </c>
+      <c r="E146" s="5">
+        <v>142</v>
+      </c>
+      <c r="F146" s="5">
+        <v>414</v>
+      </c>
+      <c r="G146" s="5">
+        <v>-1564</v>
+      </c>
+      <c r="H146" s="5">
+        <v>84</v>
+      </c>
+      <c r="I146" s="5">
+        <v>39</v>
+      </c>
+      <c r="J146" s="5">
+        <v>-71</v>
+      </c>
+      <c r="K146" s="5">
+        <v>-621</v>
+      </c>
+      <c r="L146" s="5">
+        <v>84</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N146" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="O146" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="147" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B147" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="D147" s="6">
+        <v>45064</v>
+      </c>
+      <c r="E147" s="5">
+        <v>142</v>
+      </c>
+      <c r="F147" s="5">
+        <v>396</v>
+      </c>
+      <c r="G147" s="5">
+        <v>3625</v>
+      </c>
+      <c r="H147" s="5">
+        <v>82</v>
+      </c>
+      <c r="I147" s="5">
+        <v>68</v>
+      </c>
+      <c r="J147" s="5">
+        <v>-256</v>
+      </c>
+      <c r="K147" s="5">
+        <v>119</v>
+      </c>
+      <c r="L147" s="5">
+        <v>80</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N147" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="O147" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="148" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B148" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="D148" s="6">
+        <v>44649</v>
+      </c>
+      <c r="E148" s="5">
+        <v>142</v>
+      </c>
+      <c r="F148" s="5">
+        <v>389</v>
+      </c>
+      <c r="G148" s="5">
+        <v>2595</v>
+      </c>
+      <c r="H148" s="5">
+        <v>78</v>
+      </c>
+      <c r="I148" s="5">
+        <v>98</v>
+      </c>
+      <c r="J148" s="5">
+        <v>949</v>
+      </c>
+      <c r="K148" s="5">
+        <v>2729</v>
+      </c>
+      <c r="L148" s="5">
+        <v>72</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N148" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O148" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="149" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B149" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="D149" s="6">
+        <v>43978</v>
+      </c>
+      <c r="E149" s="5">
+        <v>142</v>
+      </c>
+      <c r="F149" s="5">
+        <v>272</v>
+      </c>
+      <c r="G149" s="5">
+        <v>225</v>
+      </c>
+      <c r="H149" s="5">
+        <v>84</v>
+      </c>
+      <c r="I149" s="5">
+        <v>74</v>
+      </c>
+      <c r="J149" s="5">
+        <v>165</v>
+      </c>
+      <c r="K149" s="5">
+        <v>175</v>
+      </c>
+      <c r="L149" s="5">
+        <v>83</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N149" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O149" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="150" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B150" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="D150" s="6">
+        <v>45032</v>
+      </c>
+      <c r="E150" s="5">
+        <v>141</v>
+      </c>
+      <c r="F150" s="5">
+        <v>1264</v>
+      </c>
+      <c r="G150" s="5">
+        <v>5289</v>
+      </c>
+      <c r="H150" s="5">
+        <v>80</v>
+      </c>
+      <c r="I150" s="5">
+        <v>120</v>
+      </c>
+      <c r="J150" s="5">
+        <v>340</v>
+      </c>
+      <c r="K150" s="5">
+        <v>257</v>
+      </c>
+      <c r="L150" s="5">
+        <v>81</v>
+      </c>
+      <c r="M150" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N150" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O150" s="5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="151" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B151" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="D151" s="6">
+        <v>44157</v>
+      </c>
+      <c r="E151" s="5">
+        <v>141</v>
+      </c>
+      <c r="F151" s="5">
+        <v>1024</v>
+      </c>
+      <c r="G151" s="5">
+        <v>4011</v>
+      </c>
+      <c r="H151" s="5">
+        <v>82</v>
+      </c>
+      <c r="I151" s="5">
+        <v>63</v>
+      </c>
+      <c r="J151" s="5">
+        <v>518</v>
+      </c>
+      <c r="K151" s="5">
+        <v>3245</v>
+      </c>
+      <c r="L151" s="5">
+        <v>81</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N151" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O151" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="152" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B152" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="D152" s="6">
+        <v>45126</v>
+      </c>
+      <c r="E152" s="5">
+        <v>141</v>
+      </c>
+      <c r="F152" s="5">
+        <v>560</v>
+      </c>
+      <c r="G152" s="5">
+        <v>1561</v>
+      </c>
+      <c r="H152" s="5">
+        <v>77</v>
+      </c>
+      <c r="I152" s="5">
+        <v>115</v>
+      </c>
+      <c r="J152" s="5">
+        <v>493</v>
+      </c>
+      <c r="K152" s="5">
+        <v>753</v>
+      </c>
+      <c r="L152" s="5">
+        <v>88</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N152" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O152" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="153" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B153" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="D153" s="6">
+        <v>45020</v>
+      </c>
+      <c r="E153" s="5">
+        <v>141</v>
+      </c>
+      <c r="F153" s="5">
+        <v>497</v>
+      </c>
+      <c r="G153" s="5">
+        <v>-125</v>
+      </c>
+      <c r="H153" s="5">
+        <v>78</v>
+      </c>
+      <c r="I153" s="5">
+        <v>85</v>
+      </c>
+      <c r="J153" s="5">
+        <v>-58</v>
+      </c>
+      <c r="K153" s="5">
+        <v>-774</v>
+      </c>
+      <c r="L153" s="5">
+        <v>80</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N153" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O153" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="154" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B154" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D154" s="6">
+        <v>44908</v>
+      </c>
+      <c r="E154" s="5">
+        <v>141</v>
+      </c>
+      <c r="F154" s="5">
+        <v>436</v>
+      </c>
+      <c r="G154" s="5">
+        <v>-310</v>
+      </c>
+      <c r="H154" s="5">
+        <v>80</v>
+      </c>
+      <c r="I154" s="5">
+        <v>111</v>
+      </c>
+      <c r="J154" s="5">
+        <v>155</v>
+      </c>
+      <c r="K154" s="5">
+        <v>832</v>
+      </c>
+      <c r="L154" s="5">
+        <v>88</v>
+      </c>
+      <c r="M154" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N154" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="O154" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="155" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B155" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="D155" s="6">
+        <v>44603</v>
+      </c>
+      <c r="E155" s="5">
+        <v>141</v>
+      </c>
+      <c r="F155" s="5">
+        <v>218</v>
+      </c>
+      <c r="G155" s="5">
+        <v>997</v>
+      </c>
+      <c r="H155" s="5">
+        <v>86</v>
+      </c>
+      <c r="I155" s="5">
+        <v>124</v>
+      </c>
+      <c r="J155" s="5">
+        <v>504</v>
+      </c>
+      <c r="K155" s="5">
+        <v>1642</v>
+      </c>
+      <c r="L155" s="5">
+        <v>86</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N155" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O155" s="5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="156" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B156" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="D156" s="6">
+        <v>44974</v>
+      </c>
+      <c r="E156" s="5">
+        <v>141</v>
+      </c>
+      <c r="F156" s="5">
+        <v>162</v>
+      </c>
+      <c r="G156" s="5">
+        <v>1162</v>
+      </c>
+      <c r="H156" s="5">
+        <v>74</v>
+      </c>
+      <c r="I156" s="5">
+        <v>91</v>
+      </c>
+      <c r="J156" s="5">
+        <v>-611</v>
+      </c>
+      <c r="K156" s="5">
+        <v>-969</v>
+      </c>
+      <c r="L156" s="5">
+        <v>82</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N156" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="O156" s="5" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="157" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B157" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>457</v>
+      </c>
+      <c r="D157" s="6">
+        <v>44784</v>
+      </c>
+      <c r="E157" s="5">
+        <v>140</v>
+      </c>
+      <c r="F157" s="5">
+        <v>1584</v>
+      </c>
+      <c r="G157" s="5">
+        <v>3927</v>
+      </c>
+      <c r="H157" s="5">
+        <v>86</v>
+      </c>
+      <c r="I157" s="5">
+        <v>145</v>
+      </c>
+      <c r="J157" s="5">
+        <v>1292</v>
+      </c>
+      <c r="K157" s="5">
+        <v>3505</v>
+      </c>
+      <c r="L157" s="5">
+        <v>87</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N157" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O157" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="158" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B158" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="D158" s="6">
+        <v>45107</v>
+      </c>
+      <c r="E158" s="5">
+        <v>140</v>
+      </c>
+      <c r="F158" s="5">
+        <v>1349</v>
+      </c>
+      <c r="G158" s="5">
+        <v>4941</v>
+      </c>
+      <c r="H158" s="5">
+        <v>80</v>
+      </c>
+      <c r="I158" s="5">
+        <v>128</v>
+      </c>
+      <c r="J158" s="5">
+        <v>702</v>
+      </c>
+      <c r="K158" s="5">
+        <v>3012</v>
+      </c>
+      <c r="L158" s="5">
+        <v>83</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N158" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O158" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="159" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B159" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="D159" s="6">
+        <v>44801</v>
+      </c>
+      <c r="E159" s="5">
+        <v>140</v>
+      </c>
+      <c r="F159" s="5">
+        <v>1061</v>
+      </c>
+      <c r="G159" s="5">
+        <v>4804</v>
+      </c>
+      <c r="H159" s="5">
+        <v>81</v>
+      </c>
+      <c r="I159" s="5">
+        <v>121</v>
+      </c>
+      <c r="J159" s="5">
+        <v>830</v>
+      </c>
+      <c r="K159" s="5">
+        <v>2574</v>
+      </c>
+      <c r="L159" s="5">
+        <v>77</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N159" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O159" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="160" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B160" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="D160" s="6">
+        <v>44852</v>
+      </c>
+      <c r="E160" s="5">
+        <v>140</v>
+      </c>
+      <c r="F160" s="5">
+        <v>1034</v>
+      </c>
+      <c r="G160" s="5">
+        <v>2893</v>
+      </c>
+      <c r="H160" s="5">
+        <v>87</v>
+      </c>
+      <c r="I160" s="5">
+        <v>82</v>
+      </c>
+      <c r="J160" s="5">
+        <v>675</v>
+      </c>
+      <c r="K160" s="5">
+        <v>1095</v>
+      </c>
+      <c r="L160" s="5">
+        <v>85</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N160" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O160" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="161" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B161" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="D161" s="6">
+        <v>44251</v>
+      </c>
+      <c r="E161" s="5">
+        <v>140</v>
+      </c>
+      <c r="F161" s="5">
+        <v>982</v>
+      </c>
+      <c r="G161" s="5">
+        <v>2687</v>
+      </c>
+      <c r="H161" s="5">
+        <v>77</v>
+      </c>
+      <c r="I161" s="5">
+        <v>162</v>
+      </c>
+      <c r="J161" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K161" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L161" s="5">
+        <v>79</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="N161" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O161" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="162" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B162" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="D162" s="6">
+        <v>44896</v>
+      </c>
+      <c r="E162" s="5">
+        <v>140</v>
+      </c>
+      <c r="F162" s="5">
+        <v>937</v>
+      </c>
+      <c r="G162" s="5">
+        <v>4191</v>
+      </c>
+      <c r="H162" s="5">
+        <v>79</v>
+      </c>
+      <c r="I162" s="5">
+        <v>104</v>
+      </c>
+      <c r="J162" s="5">
+        <v>1257</v>
+      </c>
+      <c r="K162" s="5">
+        <v>3072</v>
+      </c>
+      <c r="L162" s="5">
+        <v>79</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N162" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O162" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="163" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B163" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="D163" s="6">
+        <v>45106</v>
+      </c>
+      <c r="E163" s="5">
+        <v>140</v>
+      </c>
+      <c r="F163" s="5">
+        <v>915</v>
+      </c>
+      <c r="G163" s="5">
+        <v>1814</v>
+      </c>
+      <c r="H163" s="5">
+        <v>81</v>
+      </c>
+      <c r="I163" s="5">
+        <v>98</v>
+      </c>
+      <c r="J163" s="5">
+        <v>692</v>
+      </c>
+      <c r="K163" s="5">
+        <v>1389</v>
+      </c>
+      <c r="L163" s="5">
+        <v>79</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N163" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O163" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="164" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B164" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="D164" s="6">
+        <v>44845</v>
+      </c>
+      <c r="E164" s="5">
+        <v>140</v>
+      </c>
+      <c r="F164" s="5">
+        <v>834</v>
+      </c>
+      <c r="G164" s="5">
+        <v>1983</v>
+      </c>
+      <c r="H164" s="5">
+        <v>83</v>
+      </c>
+      <c r="I164" s="5">
+        <v>97</v>
+      </c>
+      <c r="J164" s="5">
+        <v>408</v>
+      </c>
+      <c r="K164" s="5">
+        <v>994</v>
+      </c>
+      <c r="L164" s="5">
+        <v>79</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="N164" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="O164" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="165" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B165" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="D165" s="6">
+        <v>44943</v>
+      </c>
+      <c r="E165" s="5">
+        <v>140</v>
+      </c>
+      <c r="F165" s="5">
+        <v>809</v>
+      </c>
+      <c r="G165" s="5">
+        <v>2472</v>
+      </c>
+      <c r="H165" s="5">
+        <v>78</v>
+      </c>
+      <c r="I165" s="5">
+        <v>87</v>
+      </c>
+      <c r="J165" s="5">
+        <v>1182</v>
+      </c>
+      <c r="K165" s="5">
+        <v>3547</v>
+      </c>
+      <c r="L165" s="5">
+        <v>84</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N165" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="O165" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="166" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B166" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="D166" s="6">
+        <v>44179</v>
+      </c>
+      <c r="E166" s="5">
+        <v>140</v>
+      </c>
+      <c r="F166" s="5">
+        <v>738</v>
+      </c>
+      <c r="G166" s="5">
+        <v>1907</v>
+      </c>
+      <c r="H166" s="5">
+        <v>82</v>
+      </c>
+      <c r="I166" s="5">
+        <v>101</v>
+      </c>
+      <c r="J166" s="5">
+        <v>1109</v>
+      </c>
+      <c r="K166" s="5">
+        <v>3077</v>
+      </c>
+      <c r="L166" s="5">
+        <v>84</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N166" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O166" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="167" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B167" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="D167" s="6">
+        <v>45042</v>
+      </c>
+      <c r="E167" s="5">
+        <v>140</v>
+      </c>
+      <c r="F167" s="5">
+        <v>722</v>
+      </c>
+      <c r="G167" s="5">
+        <v>2765</v>
+      </c>
+      <c r="H167" s="5">
+        <v>76</v>
+      </c>
+      <c r="I167" s="5">
+        <v>105</v>
+      </c>
+      <c r="J167" s="5">
+        <v>-371</v>
+      </c>
+      <c r="K167" s="5">
+        <v>-510</v>
+      </c>
+      <c r="L167" s="5">
+        <v>87</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N167" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="O167" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="168" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B168" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="D168" s="6">
+        <v>44941</v>
+      </c>
+      <c r="E168" s="5">
+        <v>140</v>
+      </c>
+      <c r="F168" s="5">
+        <v>715</v>
+      </c>
+      <c r="G168" s="5">
+        <v>2623</v>
+      </c>
+      <c r="H168" s="5">
+        <v>81</v>
+      </c>
+      <c r="I168" s="5">
+        <v>108</v>
+      </c>
+      <c r="J168" s="5">
+        <v>700</v>
+      </c>
+      <c r="K168" s="5">
+        <v>867</v>
+      </c>
+      <c r="L168" s="5">
+        <v>86</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N168" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O168" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="169" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B169" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="D169" s="6">
+        <v>44103</v>
+      </c>
+      <c r="E169" s="5">
+        <v>140</v>
+      </c>
+      <c r="F169" s="5">
+        <v>661</v>
+      </c>
+      <c r="G169" s="5">
+        <v>1194</v>
+      </c>
+      <c r="H169" s="5">
+        <v>85</v>
+      </c>
+      <c r="I169" s="5">
+        <v>118</v>
+      </c>
+      <c r="J169" s="5">
+        <v>459</v>
+      </c>
+      <c r="K169" s="5">
+        <v>1397</v>
+      </c>
+      <c r="L169" s="5">
+        <v>83</v>
+      </c>
+      <c r="M169" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N169" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O169" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="170" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B170" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="D170" s="6">
+        <v>45050</v>
+      </c>
+      <c r="E170" s="5">
+        <v>140</v>
+      </c>
+      <c r="F170" s="5">
+        <v>645</v>
+      </c>
+      <c r="G170" s="5">
+        <v>1720</v>
+      </c>
+      <c r="H170" s="5">
+        <v>79</v>
+      </c>
+      <c r="I170" s="5">
+        <v>73</v>
+      </c>
+      <c r="J170" s="5">
+        <v>-84</v>
+      </c>
+      <c r="K170" s="5">
+        <v>99</v>
+      </c>
+      <c r="L170" s="5">
+        <v>80</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N170" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O170" s="5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="171" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B171" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="D171" s="6">
+        <v>44990</v>
+      </c>
+      <c r="E171" s="5">
+        <v>140</v>
+      </c>
+      <c r="F171" s="5">
+        <v>627</v>
+      </c>
+      <c r="G171" s="5">
+        <v>2720</v>
+      </c>
+      <c r="H171" s="5">
+        <v>80</v>
+      </c>
+      <c r="I171" s="5">
+        <v>111</v>
+      </c>
+      <c r="J171" s="5">
+        <v>384</v>
+      </c>
+      <c r="K171" s="5">
+        <v>46</v>
+      </c>
+      <c r="L171" s="5">
+        <v>88</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N171" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O171" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="172" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B172" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="D172" s="6">
+        <v>45025</v>
+      </c>
+      <c r="E172" s="5">
+        <v>140</v>
+      </c>
+      <c r="F172" s="5">
+        <v>535</v>
+      </c>
+      <c r="G172" s="5">
+        <v>2255</v>
+      </c>
+      <c r="H172" s="5">
+        <v>75</v>
+      </c>
+      <c r="I172" s="5">
+        <v>167</v>
+      </c>
+      <c r="J172" s="5">
+        <v>1056</v>
+      </c>
+      <c r="K172" s="5">
+        <v>2799</v>
+      </c>
+      <c r="L172" s="5">
+        <v>76</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="N172" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O172" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="173" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B173" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="D173" s="6">
+        <v>44097</v>
+      </c>
+      <c r="E173" s="5">
+        <v>140</v>
+      </c>
+      <c r="F173" s="5">
+        <v>534</v>
+      </c>
+      <c r="G173" s="5">
+        <v>1263</v>
+      </c>
+      <c r="H173" s="5">
+        <v>83</v>
+      </c>
+      <c r="I173" s="5">
+        <v>111</v>
+      </c>
+      <c r="J173" s="5">
+        <v>269</v>
+      </c>
+      <c r="K173" s="5">
+        <v>534</v>
+      </c>
+      <c r="L173" s="5">
+        <v>86</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N173" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O173" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="174" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B174" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="D174" s="6">
+        <v>44845</v>
+      </c>
+      <c r="E174" s="5">
+        <v>140</v>
+      </c>
+      <c r="F174" s="5">
+        <v>449</v>
+      </c>
+      <c r="G174" s="5">
+        <v>1673</v>
+      </c>
+      <c r="H174" s="5">
+        <v>83</v>
+      </c>
+      <c r="I174" s="5">
+        <v>126</v>
+      </c>
+      <c r="J174" s="5">
+        <v>12</v>
+      </c>
+      <c r="K174" s="5">
+        <v>-108</v>
+      </c>
+      <c r="L174" s="5">
+        <v>85</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N174" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O174" s="5" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="175" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B175" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="D175" s="6">
+        <v>44364</v>
+      </c>
+      <c r="E175" s="5">
+        <v>140</v>
+      </c>
+      <c r="F175" s="5">
+        <v>436</v>
+      </c>
+      <c r="G175" s="5">
+        <v>1365</v>
+      </c>
+      <c r="H175" s="5">
+        <v>86</v>
+      </c>
+      <c r="I175" s="5">
+        <v>111</v>
+      </c>
+      <c r="J175" s="5">
+        <v>269</v>
+      </c>
+      <c r="K175" s="5">
+        <v>534</v>
+      </c>
+      <c r="L175" s="5">
+        <v>86</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N175" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O175" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="176" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B176" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="D176" s="6">
+        <v>44616</v>
+      </c>
+      <c r="E176" s="5">
+        <v>140</v>
+      </c>
+      <c r="F176" s="5">
+        <v>429</v>
+      </c>
+      <c r="G176" s="5">
+        <v>956</v>
+      </c>
+      <c r="H176" s="5">
+        <v>82</v>
+      </c>
+      <c r="I176" s="5">
+        <v>97</v>
+      </c>
+      <c r="J176" s="5">
+        <v>-62</v>
+      </c>
+      <c r="K176" s="5">
+        <v>376</v>
+      </c>
+      <c r="L176" s="5">
+        <v>84</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N176" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="O176" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="177" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B177" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="D177" s="6">
+        <v>44863</v>
+      </c>
+      <c r="E177" s="5">
+        <v>140</v>
+      </c>
+      <c r="F177" s="5">
+        <v>359</v>
+      </c>
+      <c r="G177" s="5">
+        <v>-382</v>
+      </c>
+      <c r="H177" s="5">
+        <v>78</v>
+      </c>
+      <c r="I177" s="5">
+        <v>91</v>
+      </c>
+      <c r="J177" s="5">
+        <v>315</v>
+      </c>
+      <c r="K177" s="5">
+        <v>1101</v>
+      </c>
+      <c r="L177" s="5">
+        <v>79</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N177" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="O177" s="5" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="178" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B178" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="D178" s="6">
+        <v>45009</v>
+      </c>
+      <c r="E178" s="5">
+        <v>139</v>
+      </c>
+      <c r="F178" s="5">
+        <v>1190</v>
+      </c>
+      <c r="G178" s="5">
+        <v>4151</v>
+      </c>
+      <c r="H178" s="5">
+        <v>80</v>
+      </c>
+      <c r="I178" s="5">
+        <v>113</v>
+      </c>
+      <c r="J178" s="5">
+        <v>679</v>
+      </c>
+      <c r="K178" s="5">
+        <v>693</v>
+      </c>
+      <c r="L178" s="5">
+        <v>79</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N178" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="O178" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="179" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B179" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="D179" s="6">
+        <v>45091</v>
+      </c>
+      <c r="E179" s="5">
+        <v>139</v>
+      </c>
+      <c r="F179" s="5">
+        <v>1144</v>
+      </c>
+      <c r="G179" s="5">
+        <v>3811</v>
+      </c>
+      <c r="H179" s="5">
+        <v>78</v>
+      </c>
+      <c r="I179" s="5">
+        <v>113</v>
+      </c>
+      <c r="J179" s="5">
+        <v>679</v>
+      </c>
+      <c r="K179" s="5">
+        <v>693</v>
+      </c>
+      <c r="L179" s="5">
+        <v>79</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N179" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="O179" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="180" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B180" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="D180" s="6">
+        <v>43288</v>
+      </c>
+      <c r="E180" s="5">
+        <v>139</v>
+      </c>
+      <c r="F180" s="5">
+        <v>942</v>
+      </c>
+      <c r="G180" s="5">
+        <v>2324</v>
+      </c>
+      <c r="H180" s="5">
+        <v>84</v>
+      </c>
+      <c r="I180" s="5">
+        <v>115</v>
+      </c>
+      <c r="J180" s="5">
+        <v>797</v>
+      </c>
+      <c r="K180" s="5">
+        <v>2101</v>
+      </c>
+      <c r="L180" s="5">
+        <v>80</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N180" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O180" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="181" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B181" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="D181" s="6">
+        <v>44863</v>
+      </c>
+      <c r="E181" s="5">
+        <v>139</v>
+      </c>
+      <c r="F181" s="5">
+        <v>866</v>
+      </c>
+      <c r="G181" s="5">
+        <v>1800</v>
+      </c>
+      <c r="H181" s="5">
+        <v>79</v>
+      </c>
+      <c r="I181" s="5">
+        <v>141</v>
+      </c>
+      <c r="J181" s="5">
+        <v>358</v>
+      </c>
+      <c r="K181" s="5">
+        <v>1207</v>
+      </c>
+      <c r="L181" s="5">
+        <v>85</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N181" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O181" s="5" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="182" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B182" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="D182" s="6">
+        <v>44541</v>
+      </c>
+      <c r="E182" s="5">
+        <v>139</v>
+      </c>
+      <c r="F182" s="5">
+        <v>773</v>
+      </c>
+      <c r="G182" s="5">
+        <v>1645</v>
+      </c>
+      <c r="H182" s="5">
+        <v>79</v>
+      </c>
+      <c r="I182" s="5">
+        <v>112</v>
+      </c>
+      <c r="J182" s="5">
+        <v>878</v>
+      </c>
+      <c r="K182" s="5">
+        <v>2239</v>
+      </c>
+      <c r="L182" s="5">
+        <v>76</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="N182" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O182" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="183" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B183" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="D183" s="6">
+        <v>44669</v>
+      </c>
+      <c r="E183" s="5">
+        <v>139</v>
+      </c>
+      <c r="F183" s="5">
+        <v>745</v>
+      </c>
+      <c r="G183" s="5">
+        <v>1193</v>
+      </c>
+      <c r="H183" s="5">
+        <v>87</v>
+      </c>
+      <c r="I183" s="5">
+        <v>110</v>
+      </c>
+      <c r="J183" s="5">
+        <v>228</v>
+      </c>
+      <c r="K183" s="5">
+        <v>433</v>
+      </c>
+      <c r="L183" s="5">
+        <v>90</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N183" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O183" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="184" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B184" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D184" s="6">
+        <v>44387</v>
+      </c>
+      <c r="E184" s="5">
+        <v>139</v>
+      </c>
+      <c r="F184" s="5">
+        <v>667</v>
+      </c>
+      <c r="G184" s="5">
+        <v>1428</v>
+      </c>
+      <c r="H184" s="5">
+        <v>82</v>
+      </c>
+      <c r="I184" s="5">
+        <v>64</v>
+      </c>
+      <c r="J184" s="5">
+        <v>244</v>
+      </c>
+      <c r="K184" s="5">
+        <v>2022</v>
+      </c>
+      <c r="L184" s="5">
+        <v>81</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N184" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="O184" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="185" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B185" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="D185" s="6">
+        <v>45046</v>
+      </c>
+      <c r="E185" s="5">
+        <v>139</v>
+      </c>
+      <c r="F185" s="5">
+        <v>630</v>
+      </c>
+      <c r="G185" s="5">
+        <v>-1597</v>
+      </c>
+      <c r="H185" s="5">
+        <v>80</v>
+      </c>
+      <c r="I185" s="5">
+        <v>98</v>
+      </c>
+      <c r="J185" s="5">
+        <v>-92</v>
+      </c>
+      <c r="K185" s="5">
+        <v>-1042</v>
+      </c>
+      <c r="L185" s="5">
+        <v>82</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="N185" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O185" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="186" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B186" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="D186" s="6">
+        <v>44083</v>
+      </c>
+      <c r="E186" s="5">
+        <v>139</v>
+      </c>
+      <c r="F186" s="5">
+        <v>555</v>
+      </c>
+      <c r="G186" s="5">
+        <v>691</v>
+      </c>
+      <c r="H186" s="5">
+        <v>80</v>
+      </c>
+      <c r="I186" s="5">
+        <v>90</v>
+      </c>
+      <c r="J186" s="5">
+        <v>136</v>
+      </c>
+      <c r="K186" s="5">
+        <v>772</v>
+      </c>
+      <c r="L186" s="5">
+        <v>88</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N186" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O186" s="5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="187" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B187" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="D187" s="6">
+        <v>45081</v>
+      </c>
+      <c r="E187" s="5">
+        <v>139</v>
+      </c>
+      <c r="F187" s="5">
+        <v>505</v>
+      </c>
+      <c r="G187" s="5">
+        <v>1449</v>
+      </c>
+      <c r="H187" s="5">
+        <v>76</v>
+      </c>
+      <c r="I187" s="5">
+        <v>84</v>
+      </c>
+      <c r="J187" s="5">
+        <v>164</v>
+      </c>
+      <c r="K187" s="5">
+        <v>466</v>
+      </c>
+      <c r="L187" s="5">
+        <v>86</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N187" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="O187" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="188" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B188" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D188" s="6">
+        <v>45036</v>
+      </c>
+      <c r="E188" s="5">
+        <v>139</v>
+      </c>
+      <c r="F188" s="5">
+        <v>476</v>
+      </c>
+      <c r="G188" s="5">
+        <v>1882</v>
+      </c>
+      <c r="H188" s="5">
+        <v>78</v>
+      </c>
+      <c r="I188" s="5">
+        <v>80</v>
+      </c>
+      <c r="J188" s="5">
+        <v>-354</v>
+      </c>
+      <c r="K188" s="5">
+        <v>-2772</v>
+      </c>
+      <c r="L188" s="5">
+        <v>78</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N188" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="O188" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="189" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B189" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="D189" s="6">
+        <v>44902</v>
+      </c>
+      <c r="E189" s="5">
+        <v>139</v>
+      </c>
+      <c r="F189" s="5">
+        <v>467</v>
+      </c>
+      <c r="G189" s="5">
+        <v>3137</v>
+      </c>
+      <c r="H189" s="5">
+        <v>78</v>
+      </c>
+      <c r="I189" s="5">
+        <v>102</v>
+      </c>
+      <c r="J189" s="5">
+        <v>415</v>
+      </c>
+      <c r="K189" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L189" s="5">
+        <v>93</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N189" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O189" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="190" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B190" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="D190" s="6">
+        <v>44030</v>
+      </c>
+      <c r="E190" s="5">
+        <v>139</v>
+      </c>
+      <c r="F190" s="5">
+        <v>436</v>
+      </c>
+      <c r="G190" s="5">
+        <v>943</v>
+      </c>
+      <c r="H190" s="5">
+        <v>85</v>
+      </c>
+      <c r="I190" s="5">
+        <v>102</v>
+      </c>
+      <c r="J190" s="5">
+        <v>415</v>
+      </c>
+      <c r="K190" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L190" s="5">
+        <v>93</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N190" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O190" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="191" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B191" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="D191" s="6">
+        <v>44990</v>
+      </c>
+      <c r="E191" s="5">
+        <v>139</v>
+      </c>
+      <c r="F191" s="5">
+        <v>407</v>
+      </c>
+      <c r="G191" s="5">
+        <v>1529</v>
+      </c>
+      <c r="H191" s="5">
+        <v>80</v>
+      </c>
+      <c r="I191" s="5">
+        <v>107</v>
+      </c>
+      <c r="J191" s="5">
+        <v>244</v>
+      </c>
+      <c r="K191" s="5">
+        <v>1497</v>
+      </c>
+      <c r="L191" s="5">
+        <v>86</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N191" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O191" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="192" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B192" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="D192" s="6">
+        <v>44463</v>
+      </c>
+      <c r="E192" s="5">
+        <v>139</v>
+      </c>
+      <c r="F192" s="5">
+        <v>390</v>
+      </c>
+      <c r="G192" s="5">
+        <v>1327</v>
+      </c>
+      <c r="H192" s="5">
+        <v>77</v>
+      </c>
+      <c r="I192" s="5">
+        <v>78</v>
+      </c>
+      <c r="J192" s="5">
+        <v>6</v>
+      </c>
+      <c r="K192" s="5">
+        <v>833</v>
+      </c>
+      <c r="L192" s="5">
+        <v>75</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N192" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="O192" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="193" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B193" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="D193" s="6">
+        <v>45099</v>
+      </c>
+      <c r="E193" s="5">
+        <v>139</v>
+      </c>
+      <c r="F193" s="5">
+        <v>348</v>
+      </c>
+      <c r="G193" s="5">
+        <v>2736</v>
+      </c>
+      <c r="H193" s="5">
+        <v>81</v>
+      </c>
+      <c r="I193" s="5">
+        <v>111</v>
+      </c>
+      <c r="J193" s="5">
+        <v>371</v>
+      </c>
+      <c r="K193" s="5">
+        <v>801</v>
+      </c>
+      <c r="L193" s="5">
+        <v>87</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N193" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="O193" s="5" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="194" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B194" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="D194" s="6">
+        <v>42559</v>
+      </c>
+      <c r="E194" s="5">
+        <v>139</v>
+      </c>
+      <c r="F194" s="5">
+        <v>-204</v>
+      </c>
+      <c r="G194" s="5">
+        <v>-252</v>
+      </c>
+      <c r="H194" s="5">
+        <v>90</v>
+      </c>
+      <c r="I194" s="5">
+        <v>91</v>
+      </c>
+      <c r="J194" s="5">
+        <v>-365</v>
+      </c>
+      <c r="K194" s="5">
+        <v>-1084</v>
+      </c>
+      <c r="L194" s="5">
+        <v>78</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="N194" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="O194" s="5" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="195" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B195" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="D195" s="6">
+        <v>45134</v>
+      </c>
+      <c r="E195" s="5">
+        <v>138</v>
+      </c>
+      <c r="F195" s="5">
+        <v>1317</v>
+      </c>
+      <c r="G195" s="5">
+        <v>4323</v>
+      </c>
+      <c r="H195" s="5">
+        <v>74</v>
+      </c>
+      <c r="I195" s="5">
+        <v>117</v>
+      </c>
+      <c r="J195" s="5">
+        <v>418</v>
+      </c>
+      <c r="K195" s="5">
+        <v>1790</v>
+      </c>
+      <c r="L195" s="5">
+        <v>83</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N195" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O195" s="5" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="196" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B196" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="D196" s="6">
+        <v>44902</v>
+      </c>
+      <c r="E196" s="5">
+        <v>138</v>
+      </c>
+      <c r="F196" s="5">
+        <v>957</v>
+      </c>
+      <c r="G196" s="5">
+        <v>2130</v>
+      </c>
+      <c r="H196" s="5">
+        <v>80</v>
+      </c>
+      <c r="I196" s="5">
+        <v>118</v>
+      </c>
+      <c r="J196" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K196" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L196" s="5">
+        <v>64</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N196" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O196" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="197" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B197" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="D197" s="6">
+        <v>44987</v>
+      </c>
+      <c r="E197" s="5">
+        <v>138</v>
+      </c>
+      <c r="F197" s="5">
+        <v>910</v>
+      </c>
+      <c r="G197" s="5">
+        <v>3104</v>
+      </c>
+      <c r="H197" s="5">
+        <v>85</v>
+      </c>
+      <c r="I197" s="5">
+        <v>63</v>
+      </c>
+      <c r="J197" s="5">
+        <v>124</v>
+      </c>
+      <c r="K197" s="5">
+        <v>937</v>
+      </c>
+      <c r="L197" s="5">
+        <v>83</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N197" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="O197" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="198" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B198" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="D198" s="6">
+        <v>44950</v>
+      </c>
+      <c r="E198" s="5">
+        <v>138</v>
+      </c>
+      <c r="F198" s="5">
+        <v>876</v>
+      </c>
+      <c r="G198" s="5">
+        <v>3993</v>
+      </c>
+      <c r="H198" s="5">
+        <v>85</v>
+      </c>
+      <c r="I198" s="5">
+        <v>118</v>
+      </c>
+      <c r="J198" s="5">
+        <v>681</v>
+      </c>
+      <c r="K198" s="5">
+        <v>1652</v>
+      </c>
+      <c r="L198" s="5">
+        <v>77</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N198" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O198" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="199" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B199" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="D199" s="6">
+        <v>44762</v>
+      </c>
+      <c r="E199" s="5">
+        <v>138</v>
+      </c>
+      <c r="F199" s="5">
+        <v>868</v>
+      </c>
+      <c r="G199" s="5">
+        <v>2322</v>
+      </c>
+      <c r="H199" s="5">
+        <v>85</v>
+      </c>
+      <c r="I199" s="5">
+        <v>142</v>
+      </c>
+      <c r="J199" s="5">
+        <v>800</v>
+      </c>
+      <c r="K199" s="5">
+        <v>2183</v>
+      </c>
+      <c r="L199" s="5">
+        <v>82</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N199" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O199" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="200" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B200" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="D200" s="6">
+        <v>44114</v>
+      </c>
+      <c r="E200" s="5">
+        <v>138</v>
+      </c>
+      <c r="F200" s="5">
+        <v>827</v>
+      </c>
+      <c r="G200" s="5">
+        <v>2326</v>
+      </c>
+      <c r="H200" s="5">
+        <v>84</v>
+      </c>
+      <c r="I200" s="5">
+        <v>91</v>
+      </c>
+      <c r="J200" s="5">
+        <v>198</v>
+      </c>
+      <c r="K200" s="5">
+        <v>-414</v>
+      </c>
+      <c r="L200" s="5">
+        <v>77</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="N200" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="O200" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="201" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B201" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="D201" s="6">
+        <v>45005</v>
+      </c>
+      <c r="E201" s="5">
+        <v>138</v>
+      </c>
+      <c r="F201" s="5">
+        <v>812</v>
+      </c>
+      <c r="G201" s="5">
+        <v>1799</v>
+      </c>
+      <c r="H201" s="5">
+        <v>80</v>
+      </c>
+      <c r="I201" s="5">
+        <v>109</v>
+      </c>
+      <c r="J201" s="5">
+        <v>-25</v>
+      </c>
+      <c r="K201" s="5">
+        <v>414</v>
+      </c>
+      <c r="L201" s="5">
+        <v>87</v>
+      </c>
+      <c r="M201" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N201" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O201" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="202" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B202" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="D202" s="6">
+        <v>44496</v>
+      </c>
+      <c r="E202" s="5">
+        <v>138</v>
+      </c>
+      <c r="F202" s="5">
+        <v>794</v>
+      </c>
+      <c r="G202" s="5">
+        <v>2761</v>
+      </c>
+      <c r="H202" s="5">
+        <v>90</v>
+      </c>
+      <c r="I202" s="5">
+        <v>84</v>
+      </c>
+      <c r="J202" s="5">
+        <v>507</v>
+      </c>
+      <c r="K202" s="5">
+        <v>2693</v>
+      </c>
+      <c r="L202" s="5">
+        <v>81</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N202" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O202" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="203" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B203" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="D203" s="6">
+        <v>44118</v>
+      </c>
+      <c r="E203" s="5">
+        <v>138</v>
+      </c>
+      <c r="F203" s="5">
+        <v>751</v>
+      </c>
+      <c r="G203" s="5">
+        <v>809</v>
+      </c>
+      <c r="H203" s="5">
+        <v>80</v>
+      </c>
+      <c r="I203" s="5">
+        <v>64</v>
+      </c>
+      <c r="J203" s="5">
+        <v>542</v>
+      </c>
+      <c r="K203" s="5">
+        <v>2330</v>
+      </c>
+      <c r="L203" s="5">
+        <v>82</v>
+      </c>
+      <c r="M203" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N203" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="O203" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="204" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B204" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D204" s="6">
+        <v>44997</v>
+      </c>
+      <c r="E204" s="5">
+        <v>138</v>
+      </c>
+      <c r="F204" s="5">
+        <v>740</v>
+      </c>
+      <c r="G204" s="5">
+        <v>2324</v>
+      </c>
+      <c r="H204" s="5">
+        <v>79</v>
+      </c>
+      <c r="I204" s="5">
+        <v>88</v>
+      </c>
+      <c r="J204" s="5">
+        <v>188</v>
+      </c>
+      <c r="K204" s="5">
+        <v>608</v>
+      </c>
+      <c r="L204" s="5">
+        <v>86</v>
+      </c>
+      <c r="M204" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N204" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="O204" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="205" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B205" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="D205" s="6">
+        <v>44147</v>
+      </c>
+      <c r="E205" s="5">
+        <v>138</v>
+      </c>
+      <c r="F205" s="5">
+        <v>556</v>
+      </c>
+      <c r="G205" s="5">
+        <v>877</v>
+      </c>
+      <c r="H205" s="5">
+        <v>85</v>
+      </c>
+      <c r="I205" s="5">
+        <v>71</v>
+      </c>
+      <c r="J205" s="5">
+        <v>70</v>
+      </c>
+      <c r="K205" s="5">
+        <v>956</v>
+      </c>
+      <c r="L205" s="5">
+        <v>80</v>
+      </c>
+      <c r="M205" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N205" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="O205" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="206" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B206" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="D206" s="6">
+        <v>45262</v>
+      </c>
+      <c r="E206" s="5">
+        <v>138</v>
+      </c>
+      <c r="F206" s="5">
+        <v>551</v>
+      </c>
+      <c r="G206" s="5">
+        <v>3178</v>
+      </c>
+      <c r="H206" s="5">
+        <v>78</v>
+      </c>
+      <c r="I206" s="5">
+        <v>112</v>
+      </c>
+      <c r="J206" s="5">
+        <v>335</v>
+      </c>
+      <c r="K206" s="5">
+        <v>2113</v>
+      </c>
+      <c r="L206" s="5">
+        <v>81</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N206" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="O206" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="207" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B207" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="D207" s="6">
+        <v>44808</v>
+      </c>
+      <c r="E207" s="5">
+        <v>138</v>
+      </c>
+      <c r="F207" s="5">
+        <v>455</v>
+      </c>
+      <c r="G207" s="5">
+        <v>2247</v>
+      </c>
+      <c r="H207" s="5">
+        <v>81</v>
+      </c>
+      <c r="I207" s="5">
+        <v>91</v>
+      </c>
+      <c r="J207" s="5">
+        <v>-139</v>
+      </c>
+      <c r="K207" s="5">
+        <v>-848</v>
+      </c>
+      <c r="L207" s="5">
+        <v>81</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N207" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O207" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="208" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B208" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="D208" s="6">
+        <v>44179</v>
+      </c>
+      <c r="E208" s="5">
+        <v>138</v>
+      </c>
+      <c r="F208" s="5">
+        <v>432</v>
+      </c>
+      <c r="G208" s="5">
+        <v>130</v>
+      </c>
+      <c r="H208" s="5">
+        <v>79</v>
+      </c>
+      <c r="I208" s="5">
+        <v>125</v>
+      </c>
+      <c r="J208" s="5">
+        <v>203</v>
+      </c>
+      <c r="K208" s="5">
+        <v>1093</v>
+      </c>
+      <c r="L208" s="5">
+        <v>86</v>
+      </c>
+      <c r="M208" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N208" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O208" s="5" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="209" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B209" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="D209" s="6">
+        <v>44810</v>
+      </c>
+      <c r="E209" s="5">
+        <v>138</v>
+      </c>
+      <c r="F209" s="5">
+        <v>288</v>
+      </c>
+      <c r="G209" s="5">
+        <v>1079</v>
+      </c>
+      <c r="H209" s="5">
+        <v>82</v>
+      </c>
+      <c r="I209" s="5">
+        <v>155</v>
+      </c>
+      <c r="J209" s="5">
+        <v>880</v>
+      </c>
+      <c r="K209" s="5">
+        <v>1761</v>
+      </c>
+      <c r="L209" s="5">
+        <v>85</v>
+      </c>
+      <c r="M209" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="N209" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O209" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="210" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B210" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="D210" s="6">
+        <v>44007</v>
+      </c>
+      <c r="E210" s="5">
+        <v>138</v>
+      </c>
+      <c r="F210" s="5">
+        <v>-69</v>
+      </c>
+      <c r="G210" s="5">
+        <v>607</v>
+      </c>
+      <c r="H210" s="5">
+        <v>86</v>
+      </c>
+      <c r="I210" s="5">
+        <v>78</v>
+      </c>
+      <c r="J210" s="5">
+        <v>-457</v>
+      </c>
+      <c r="K210" s="5">
+        <v>-54</v>
+      </c>
+      <c r="L210" s="5">
+        <v>92</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N210" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="O210" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="211" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B211" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="D211" s="6">
+        <v>44873</v>
+      </c>
+      <c r="E211" s="5">
+        <v>137</v>
+      </c>
+      <c r="F211" s="5">
+        <v>1207</v>
+      </c>
+      <c r="G211" s="5">
+        <v>2530</v>
+      </c>
+      <c r="H211" s="5">
+        <v>84</v>
+      </c>
+      <c r="I211" s="5">
+        <v>128</v>
+      </c>
+      <c r="J211" s="5">
+        <v>258</v>
+      </c>
+      <c r="K211" s="5">
+        <v>398</v>
+      </c>
+      <c r="L211" s="5">
+        <v>84</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N211" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O211" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="212" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B212" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="D212" s="6">
+        <v>45246</v>
+      </c>
+      <c r="E212" s="5">
+        <v>137</v>
+      </c>
+      <c r="F212" s="5">
+        <v>1117</v>
+      </c>
+      <c r="G212" s="5">
+        <v>3296</v>
+      </c>
+      <c r="H212" s="5">
+        <v>71</v>
+      </c>
+      <c r="I212" s="5">
+        <v>90</v>
+      </c>
+      <c r="J212" s="5">
+        <v>786</v>
+      </c>
+      <c r="K212" s="5">
+        <v>2121</v>
+      </c>
+      <c r="L212" s="5">
+        <v>84</v>
+      </c>
+      <c r="M212" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N212" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O212" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="213" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B213" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="D213" s="6">
+        <v>44909</v>
+      </c>
+      <c r="E213" s="5">
+        <v>137</v>
+      </c>
+      <c r="F213" s="5">
+        <v>1092</v>
+      </c>
+      <c r="G213" s="5">
+        <v>186</v>
+      </c>
+      <c r="H213" s="5">
+        <v>81</v>
+      </c>
+      <c r="I213" s="5">
+        <v>132</v>
+      </c>
+      <c r="J213" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K213" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L213" s="5">
+        <v>83</v>
+      </c>
+      <c r="M213" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N213" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O213" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="214" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B214" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="D214" s="6">
+        <v>44897</v>
+      </c>
+      <c r="E214" s="5">
+        <v>137</v>
+      </c>
+      <c r="F214" s="5">
+        <v>1061</v>
+      </c>
+      <c r="G214" s="5">
+        <v>5672</v>
+      </c>
+      <c r="H214" s="5">
+        <v>82</v>
+      </c>
+      <c r="I214" s="5">
+        <v>109</v>
+      </c>
+      <c r="J214" s="5">
+        <v>601</v>
+      </c>
+      <c r="K214" s="5">
+        <v>1937</v>
+      </c>
+      <c r="L214" s="5">
+        <v>85</v>
+      </c>
+      <c r="M214" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="N214" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="O214" s="5" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="215" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B215" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="D215" s="6">
+        <v>44905</v>
+      </c>
+      <c r="E215" s="5">
+        <v>137</v>
+      </c>
+      <c r="F215" s="5">
+        <v>1032</v>
+      </c>
+      <c r="G215" s="5">
+        <v>2823</v>
+      </c>
+      <c r="H215" s="5">
+        <v>83</v>
+      </c>
+      <c r="I215" s="5">
+        <v>84</v>
+      </c>
+      <c r="J215" s="5">
+        <v>232</v>
+      </c>
+      <c r="K215" s="5">
+        <v>905</v>
+      </c>
+      <c r="L215" s="5">
+        <v>83</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N215" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O215" s="5" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="216" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B216" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="D216" s="6">
+        <v>44875</v>
+      </c>
+      <c r="E216" s="5">
+        <v>137</v>
+      </c>
+      <c r="F216" s="5">
+        <v>981</v>
+      </c>
+      <c r="G216" s="5">
+        <v>2294</v>
+      </c>
+      <c r="H216" s="5">
+        <v>84</v>
+      </c>
+      <c r="I216" s="5">
+        <v>71</v>
+      </c>
+      <c r="J216" s="5">
+        <v>565</v>
+      </c>
+      <c r="K216" s="5">
+        <v>1570</v>
+      </c>
+      <c r="L216" s="5">
+        <v>83</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N216" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O216" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="217" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B217" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="D217" s="6">
+        <v>44834</v>
+      </c>
+      <c r="E217" s="5">
+        <v>137</v>
+      </c>
+      <c r="F217" s="5">
+        <v>965</v>
+      </c>
+      <c r="G217" s="5">
+        <v>3175</v>
+      </c>
+      <c r="H217" s="5">
+        <v>74</v>
+      </c>
+      <c r="I217" s="5">
+        <v>132</v>
+      </c>
+      <c r="J217" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K217" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L217" s="5">
+        <v>83</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N217" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O217" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="218" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B218" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="D218" s="6">
+        <v>43885</v>
+      </c>
+      <c r="E218" s="5">
+        <v>137</v>
+      </c>
+      <c r="F218" s="5">
+        <v>962</v>
+      </c>
+      <c r="G218" s="5">
+        <v>2454</v>
+      </c>
+      <c r="H218" s="5">
+        <v>77</v>
+      </c>
+      <c r="I218" s="5">
+        <v>131</v>
+      </c>
+      <c r="J218" s="5">
+        <v>844</v>
+      </c>
+      <c r="K218" s="5">
+        <v>2074</v>
+      </c>
+      <c r="L218" s="5">
+        <v>84</v>
+      </c>
+      <c r="M218" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="N218" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="O218" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="219" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B219" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="D219" s="6">
+        <v>44035</v>
+      </c>
+      <c r="E219" s="5">
+        <v>137</v>
+      </c>
+      <c r="F219" s="5">
+        <v>955</v>
+      </c>
+      <c r="G219" s="5">
+        <v>2263</v>
+      </c>
+      <c r="H219" s="5">
+        <v>85</v>
+      </c>
+      <c r="I219" s="5">
+        <v>102</v>
+      </c>
+      <c r="J219" s="5">
+        <v>624</v>
+      </c>
+      <c r="K219" s="5">
+        <v>1791</v>
+      </c>
+      <c r="L219" s="5">
+        <v>79</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N219" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="O219" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="220" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B220" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="D220" s="6">
+        <v>44741</v>
+      </c>
+      <c r="E220" s="5">
+        <v>137</v>
+      </c>
+      <c r="F220" s="5">
+        <v>928</v>
+      </c>
+      <c r="G220" s="5">
+        <v>2368</v>
+      </c>
+      <c r="H220" s="5">
+        <v>81</v>
+      </c>
+      <c r="I220" s="5">
+        <v>89</v>
+      </c>
+      <c r="J220" s="5">
+        <v>1029</v>
+      </c>
+      <c r="K220" s="5">
+        <v>1978</v>
+      </c>
+      <c r="L220" s="5">
+        <v>87</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N220" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O220" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="221" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B221" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="D221" s="6">
+        <v>44021</v>
+      </c>
+      <c r="E221" s="5">
+        <v>137</v>
+      </c>
+      <c r="F221" s="5">
+        <v>906</v>
+      </c>
+      <c r="G221" s="5">
+        <v>3968</v>
+      </c>
+      <c r="H221" s="5">
+        <v>87</v>
+      </c>
+      <c r="I221" s="5">
+        <v>102</v>
+      </c>
+      <c r="J221" s="5">
+        <v>415</v>
+      </c>
+      <c r="K221" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L221" s="5">
+        <v>93</v>
+      </c>
+      <c r="M221" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N221" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O221" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="222" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B222" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="D222" s="6">
+        <v>44317</v>
+      </c>
+      <c r="E222" s="5">
+        <v>137</v>
+      </c>
+      <c r="F222" s="5">
+        <v>842</v>
+      </c>
+      <c r="G222" s="5">
+        <v>877</v>
+      </c>
+      <c r="H222" s="5">
+        <v>76</v>
+      </c>
+      <c r="I222" s="5">
+        <v>92</v>
+      </c>
+      <c r="J222" s="5">
+        <v>786</v>
+      </c>
+      <c r="K222" s="5">
+        <v>1884</v>
+      </c>
+      <c r="L222" s="5">
+        <v>88</v>
+      </c>
+      <c r="M222" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N222" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="O222" s="5" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="223" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B223" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="D223" s="6">
+        <v>44194</v>
+      </c>
+      <c r="E223" s="5">
+        <v>137</v>
+      </c>
+      <c r="F223" s="5">
+        <v>832</v>
+      </c>
+      <c r="G223" s="5">
+        <v>2933</v>
+      </c>
+      <c r="H223" s="5">
+        <v>87</v>
+      </c>
+      <c r="I223" s="5">
+        <v>66</v>
+      </c>
+      <c r="J223" s="5">
+        <v>423</v>
+      </c>
+      <c r="K223" s="5">
+        <v>1246</v>
+      </c>
+      <c r="L223" s="5">
+        <v>87</v>
+      </c>
+      <c r="M223" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N223" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="O223" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="224" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B224" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="D224" s="6">
+        <v>44219</v>
+      </c>
+      <c r="E224" s="5">
+        <v>137</v>
+      </c>
+      <c r="F224" s="5">
+        <v>772</v>
+      </c>
+      <c r="G224" s="5">
+        <v>3100</v>
+      </c>
+      <c r="H224" s="5">
+        <v>81</v>
+      </c>
+      <c r="I224" s="5">
+        <v>85</v>
+      </c>
+      <c r="J224" s="5">
+        <v>-291</v>
+      </c>
+      <c r="K224" s="5">
+        <v>-757</v>
+      </c>
+      <c r="L224" s="5">
+        <v>72</v>
+      </c>
+      <c r="M224" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N224" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="O224" s="5" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="225" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B225" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="D225" s="6">
+        <v>45211</v>
+      </c>
+      <c r="E225" s="5">
+        <v>137</v>
+      </c>
+      <c r="F225" s="5">
+        <v>689</v>
+      </c>
+      <c r="G225" s="5">
+        <v>6375</v>
+      </c>
+      <c r="H225" s="5">
+        <v>79</v>
+      </c>
+      <c r="I225" s="5">
+        <v>122</v>
+      </c>
+      <c r="J225" s="5">
+        <v>432</v>
+      </c>
+      <c r="K225" s="5">
+        <v>501</v>
+      </c>
+      <c r="L225" s="5">
+        <v>83</v>
+      </c>
+      <c r="M225" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N225" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O225" s="5" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="226" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B226" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="D226" s="6">
+        <v>44800</v>
+      </c>
+      <c r="E226" s="5">
+        <v>137</v>
+      </c>
+      <c r="F226" s="5">
+        <v>619</v>
+      </c>
+      <c r="G226" s="5">
+        <v>2834</v>
+      </c>
+      <c r="H226" s="5">
+        <v>78</v>
+      </c>
+      <c r="I226" s="5">
+        <v>86</v>
+      </c>
+      <c r="J226" s="5">
+        <v>145</v>
+      </c>
+      <c r="K226" s="5">
+        <v>162</v>
+      </c>
+      <c r="L226" s="5">
+        <v>84</v>
+      </c>
+      <c r="M226" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N226" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="O226" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="227" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B227" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="D227" s="6">
+        <v>45165</v>
+      </c>
+      <c r="E227" s="5">
+        <v>137</v>
+      </c>
+      <c r="F227" s="5">
+        <v>590</v>
+      </c>
+      <c r="G227" s="5">
+        <v>-1306</v>
+      </c>
+      <c r="H227" s="5">
+        <v>82</v>
+      </c>
+      <c r="I227" s="5">
+        <v>93</v>
+      </c>
+      <c r="J227" s="5">
+        <v>639</v>
+      </c>
+      <c r="K227" s="5">
+        <v>1294</v>
+      </c>
+      <c r="L227" s="5">
+        <v>85</v>
+      </c>
+      <c r="M227" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N227" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O227" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="228" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B228" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="D228" s="6">
+        <v>44644</v>
+      </c>
+      <c r="E228" s="5">
+        <v>137</v>
+      </c>
+      <c r="F228" s="5">
+        <v>589</v>
+      </c>
+      <c r="G228" s="5">
+        <v>3022</v>
+      </c>
+      <c r="H228" s="5">
+        <v>88</v>
+      </c>
+      <c r="I228" s="5">
+        <v>134</v>
+      </c>
+      <c r="J228" s="5">
+        <v>437</v>
+      </c>
+      <c r="K228" s="5">
+        <v>1264</v>
+      </c>
+      <c r="L228" s="5">
+        <v>75</v>
+      </c>
+      <c r="M228" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="N228" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O228" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="229" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B229" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="D229" s="6">
+        <v>45009</v>
+      </c>
+      <c r="E229" s="5">
+        <v>137</v>
+      </c>
+      <c r="F229" s="5">
+        <v>581</v>
+      </c>
+      <c r="G229" s="5">
+        <v>2077</v>
+      </c>
+      <c r="H229" s="5">
+        <v>79</v>
+      </c>
+      <c r="I229" s="5">
+        <v>140</v>
+      </c>
+      <c r="J229" s="5">
+        <v>436</v>
+      </c>
+      <c r="K229" s="5">
+        <v>1365</v>
+      </c>
+      <c r="L229" s="5">
+        <v>86</v>
+      </c>
+      <c r="M229" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="N229" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O229" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="230" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B230" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="D230" s="6">
+        <v>44670</v>
+      </c>
+      <c r="E230" s="5">
+        <v>137</v>
+      </c>
+      <c r="F230" s="5">
+        <v>553</v>
+      </c>
+      <c r="G230" s="5">
+        <v>968</v>
+      </c>
+      <c r="H230" s="5">
+        <v>77</v>
+      </c>
+      <c r="I230" s="5">
+        <v>142</v>
+      </c>
+      <c r="J230" s="5">
+        <v>800</v>
+      </c>
+      <c r="K230" s="5">
+        <v>2183</v>
+      </c>
+      <c r="L230" s="5">
+        <v>82</v>
+      </c>
+      <c r="M230" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N230" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O230" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="231" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B231" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="D231" s="6">
+        <v>44362</v>
+      </c>
+      <c r="E231" s="5">
+        <v>137</v>
+      </c>
+      <c r="F231" s="5">
+        <v>503</v>
+      </c>
+      <c r="G231" s="5">
+        <v>1371</v>
+      </c>
+      <c r="H231" s="5">
+        <v>85</v>
+      </c>
+      <c r="I231" s="5">
+        <v>124</v>
+      </c>
+      <c r="J231" s="5">
+        <v>515</v>
+      </c>
+      <c r="K231" s="5">
+        <v>1062</v>
+      </c>
+      <c r="L231" s="5">
+        <v>71</v>
+      </c>
+      <c r="M231" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N231" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O231" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="232" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B232" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="D232" s="6">
+        <v>44992</v>
+      </c>
+      <c r="E232" s="5">
+        <v>137</v>
+      </c>
+      <c r="F232" s="5">
+        <v>440</v>
+      </c>
+      <c r="G232" s="5">
+        <v>2057</v>
+      </c>
+      <c r="H232" s="5">
+        <v>76</v>
+      </c>
+      <c r="I232" s="5">
+        <v>106</v>
+      </c>
+      <c r="J232" s="5">
+        <v>37</v>
+      </c>
+      <c r="K232" s="5">
+        <v>-70</v>
+      </c>
+      <c r="L232" s="5">
+        <v>85</v>
+      </c>
+      <c r="M232" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N232" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="O232" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="233" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B233" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="D233" s="6">
+        <v>45188</v>
+      </c>
+      <c r="E233" s="5">
+        <v>137</v>
+      </c>
+      <c r="F233" s="5">
+        <v>295</v>
+      </c>
+      <c r="G233" s="5">
+        <v>1519</v>
+      </c>
+      <c r="H233" s="5">
+        <v>84</v>
+      </c>
+      <c r="I233" s="5">
+        <v>100</v>
+      </c>
+      <c r="J233" s="5">
+        <v>226</v>
+      </c>
+      <c r="K233" s="5">
+        <v>2074</v>
+      </c>
+      <c r="L233" s="5">
+        <v>88</v>
+      </c>
+      <c r="M233" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N233" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="O233" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="234" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B234" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="D234" s="6">
+        <v>44211</v>
+      </c>
+      <c r="E234" s="5">
+        <v>137</v>
+      </c>
+      <c r="F234" s="5">
+        <v>266</v>
+      </c>
+      <c r="G234" s="5">
+        <v>-17</v>
+      </c>
+      <c r="H234" s="5">
+        <v>79</v>
+      </c>
+      <c r="I234" s="5">
+        <v>83</v>
+      </c>
+      <c r="J234" s="5">
+        <v>-272</v>
+      </c>
+      <c r="K234" s="5">
+        <v>-1278</v>
+      </c>
+      <c r="L234" s="5">
+        <v>81</v>
+      </c>
+      <c r="M234" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N234" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="O234" s="5" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="235" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B235" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="D235" s="6">
+        <v>44752</v>
+      </c>
+      <c r="E235" s="5">
+        <v>136</v>
+      </c>
+      <c r="F235" s="5">
+        <v>1419</v>
+      </c>
+      <c r="G235" s="5">
+        <v>3365</v>
+      </c>
+      <c r="H235" s="5">
+        <v>75</v>
+      </c>
+      <c r="I235" s="5">
+        <v>162</v>
+      </c>
+      <c r="J235" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K235" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L235" s="5">
+        <v>79</v>
+      </c>
+      <c r="M235" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N235" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O235" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="236" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B236" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="D236" s="6">
+        <v>44781</v>
+      </c>
+      <c r="E236" s="5">
+        <v>136</v>
+      </c>
+      <c r="F236" s="5">
+        <v>1388</v>
+      </c>
+      <c r="G236" s="5">
+        <v>3874</v>
+      </c>
+      <c r="H236" s="5">
+        <v>86</v>
+      </c>
+      <c r="I236" s="5">
+        <v>114</v>
+      </c>
+      <c r="J236" s="5">
+        <v>933</v>
+      </c>
+      <c r="K236" s="5">
+        <v>1884</v>
+      </c>
+      <c r="L236" s="5">
+        <v>86</v>
+      </c>
+      <c r="M236" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N236" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O236" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="237" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B237" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="D237" s="6">
+        <v>44941</v>
+      </c>
+      <c r="E237" s="5">
+        <v>136</v>
+      </c>
+      <c r="F237" s="5">
+        <v>1146</v>
+      </c>
+      <c r="G237" s="5">
+        <v>4939</v>
+      </c>
+      <c r="H237" s="5">
+        <v>86</v>
+      </c>
+      <c r="I237" s="5">
+        <v>56</v>
+      </c>
+      <c r="J237" s="5">
+        <v>291</v>
+      </c>
+      <c r="K237" s="5">
+        <v>1452</v>
+      </c>
+      <c r="L237" s="5">
+        <v>87</v>
+      </c>
+      <c r="M237" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N237" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="O237" s="5" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="238" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B238" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="D238" s="6">
+        <v>44700</v>
+      </c>
+      <c r="E238" s="5">
+        <v>136</v>
+      </c>
+      <c r="F238" s="5">
         <v>976</v>
       </c>
-      <c r="G4" s="6">
-[...2 lines deleted...]
-      <c r="H4" s="6">
+      <c r="G238" s="5">
+        <v>1298</v>
+      </c>
+      <c r="H238" s="5">
+        <v>75</v>
+      </c>
+      <c r="I238" s="5">
+        <v>118</v>
+      </c>
+      <c r="J238" s="5">
+        <v>477</v>
+      </c>
+      <c r="K238" s="5">
+        <v>1101</v>
+      </c>
+      <c r="L238" s="5">
+        <v>88</v>
+      </c>
+      <c r="M238" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N238" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O238" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="239" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B239" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="D239" s="6">
+        <v>44973</v>
+      </c>
+      <c r="E239" s="5">
+        <v>136</v>
+      </c>
+      <c r="F239" s="5">
+        <v>962</v>
+      </c>
+      <c r="G239" s="5">
+        <v>1662</v>
+      </c>
+      <c r="H239" s="5">
+        <v>79</v>
+      </c>
+      <c r="I239" s="5">
+        <v>137</v>
+      </c>
+      <c r="J239" s="5">
+        <v>842</v>
+      </c>
+      <c r="K239" s="5">
+        <v>877</v>
+      </c>
+      <c r="L239" s="5">
+        <v>76</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N239" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O239" s="5" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="240" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B240" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="D240" s="6">
+        <v>44809</v>
+      </c>
+      <c r="E240" s="5">
+        <v>136</v>
+      </c>
+      <c r="F240" s="5">
+        <v>921</v>
+      </c>
+      <c r="G240" s="5">
+        <v>1489</v>
+      </c>
+      <c r="H240" s="5">
+        <v>70</v>
+      </c>
+      <c r="I240" s="5">
+        <v>126</v>
+      </c>
+      <c r="J240" s="5">
+        <v>1038</v>
+      </c>
+      <c r="K240" s="5">
+        <v>4294</v>
+      </c>
+      <c r="L240" s="5">
         <v>78</v>
       </c>
-      <c r="I4" s="6">
-[...2 lines deleted...]
-      <c r="J4" s="6">
+      <c r="M240" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N240" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="O240" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="241" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B241" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="D241" s="6">
+        <v>45023</v>
+      </c>
+      <c r="E241" s="5">
+        <v>136</v>
+      </c>
+      <c r="F241" s="5">
+        <v>796</v>
+      </c>
+      <c r="G241" s="5">
+        <v>2933</v>
+      </c>
+      <c r="H241" s="5">
+        <v>78</v>
+      </c>
+      <c r="I241" s="5">
+        <v>37</v>
+      </c>
+      <c r="J241" s="5">
+        <v>200</v>
+      </c>
+      <c r="K241" s="5">
+        <v>1268</v>
+      </c>
+      <c r="L241" s="5">
+        <v>86</v>
+      </c>
+      <c r="M241" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N241" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="O241" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="242" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B242" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="D242" s="6">
+        <v>45144</v>
+      </c>
+      <c r="E242" s="5">
+        <v>136</v>
+      </c>
+      <c r="F242" s="5">
+        <v>778</v>
+      </c>
+      <c r="G242" s="5">
+        <v>3089</v>
+      </c>
+      <c r="H242" s="5">
+        <v>78</v>
+      </c>
+      <c r="I242" s="5">
+        <v>118</v>
+      </c>
+      <c r="J242" s="5">
+        <v>392</v>
+      </c>
+      <c r="K242" s="5">
+        <v>1018</v>
+      </c>
+      <c r="L242" s="5">
+        <v>87</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N242" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="O242" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="243" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B243" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="D243" s="6">
+        <v>45065</v>
+      </c>
+      <c r="E243" s="5">
+        <v>136</v>
+      </c>
+      <c r="F243" s="5">
+        <v>776</v>
+      </c>
+      <c r="G243" s="5">
+        <v>1535</v>
+      </c>
+      <c r="H243" s="5">
+        <v>75</v>
+      </c>
+      <c r="I243" s="5">
+        <v>146</v>
+      </c>
+      <c r="J243" s="5">
+        <v>1006</v>
+      </c>
+      <c r="K243" s="5">
+        <v>3450</v>
+      </c>
+      <c r="L243" s="5">
+        <v>87</v>
+      </c>
+      <c r="M243" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N243" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O243" s="5" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="244" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B244" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="D244" s="6">
+        <v>45102</v>
+      </c>
+      <c r="E244" s="5">
+        <v>136</v>
+      </c>
+      <c r="F244" s="5">
+        <v>689</v>
+      </c>
+      <c r="G244" s="5">
+        <v>1431</v>
+      </c>
+      <c r="H244" s="5">
+        <v>76</v>
+      </c>
+      <c r="I244" s="5">
+        <v>139</v>
+      </c>
+      <c r="J244" s="5">
+        <v>773</v>
+      </c>
+      <c r="K244" s="5">
+        <v>1645</v>
+      </c>
+      <c r="L244" s="5">
+        <v>79</v>
+      </c>
+      <c r="M244" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="N244" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="O244" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="245" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B245" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="C245" s="5" t="s">
         <v>676</v>
       </c>
-      <c r="K4" s="6">
+      <c r="D245" s="6">
+        <v>43467</v>
+      </c>
+      <c r="E245" s="5">
+        <v>136</v>
+      </c>
+      <c r="F245" s="5">
+        <v>608</v>
+      </c>
+      <c r="G245" s="5">
+        <v>1970</v>
+      </c>
+      <c r="H245" s="5">
+        <v>76</v>
+      </c>
+      <c r="I245" s="5">
+        <v>115</v>
+      </c>
+      <c r="J245" s="5">
+        <v>797</v>
+      </c>
+      <c r="K245" s="5">
+        <v>2101</v>
+      </c>
+      <c r="L245" s="5">
+        <v>80</v>
+      </c>
+      <c r="M245" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="N245" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O245" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="246" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B246" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="D246" s="6">
+        <v>44997</v>
+      </c>
+      <c r="E246" s="5">
+        <v>136</v>
+      </c>
+      <c r="F246" s="5">
+        <v>567</v>
+      </c>
+      <c r="G246" s="5">
+        <v>1571</v>
+      </c>
+      <c r="H246" s="5">
+        <v>80</v>
+      </c>
+      <c r="I246" s="5">
+        <v>85</v>
+      </c>
+      <c r="J246" s="5">
+        <v>170</v>
+      </c>
+      <c r="K246" s="5">
+        <v>1417</v>
+      </c>
+      <c r="L246" s="5">
+        <v>85</v>
+      </c>
+      <c r="M246" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N246" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O246" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="247" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B247" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="D247" s="6">
+        <v>45128</v>
+      </c>
+      <c r="E247" s="5">
+        <v>136</v>
+      </c>
+      <c r="F247" s="5">
+        <v>426</v>
+      </c>
+      <c r="G247" s="5">
+        <v>-122</v>
+      </c>
+      <c r="H247" s="5">
+        <v>81</v>
+      </c>
+      <c r="I247" s="5">
+        <v>109</v>
+      </c>
+      <c r="J247" s="5">
+        <v>42</v>
+      </c>
+      <c r="K247" s="5">
+        <v>634</v>
+      </c>
+      <c r="L247" s="5">
+        <v>93</v>
+      </c>
+      <c r="M247" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N247" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O247" s="5" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="248" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B248" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="D248" s="6">
+        <v>45027</v>
+      </c>
+      <c r="E248" s="5">
+        <v>136</v>
+      </c>
+      <c r="F248" s="5">
+        <v>421</v>
+      </c>
+      <c r="G248" s="5">
+        <v>753</v>
+      </c>
+      <c r="H248" s="5">
+        <v>82</v>
+      </c>
+      <c r="I248" s="5">
+        <v>74</v>
+      </c>
+      <c r="J248" s="5">
+        <v>216</v>
+      </c>
+      <c r="K248" s="5">
+        <v>821</v>
+      </c>
+      <c r="L248" s="5">
+        <v>83</v>
+      </c>
+      <c r="M248" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N248" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O248" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="249" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B249" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="D249" s="6">
+        <v>43975</v>
+      </c>
+      <c r="E249" s="5">
+        <v>136</v>
+      </c>
+      <c r="F249" s="5">
+        <v>392</v>
+      </c>
+      <c r="G249" s="5">
+        <v>1558</v>
+      </c>
+      <c r="H249" s="5">
+        <v>87</v>
+      </c>
+      <c r="I249" s="5">
+        <v>74</v>
+      </c>
+      <c r="J249" s="5">
+        <v>212</v>
+      </c>
+      <c r="K249" s="5">
+        <v>921</v>
+      </c>
+      <c r="L249" s="5">
+        <v>88</v>
+      </c>
+      <c r="M249" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N249" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="O249" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="250" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B250" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="D250" s="6">
+        <v>45116</v>
+      </c>
+      <c r="E250" s="5">
+        <v>136</v>
+      </c>
+      <c r="F250" s="5">
+        <v>352</v>
+      </c>
+      <c r="G250" s="5">
+        <v>597</v>
+      </c>
+      <c r="H250" s="5">
+        <v>81</v>
+      </c>
+      <c r="I250" s="5">
+        <v>100</v>
+      </c>
+      <c r="J250" s="5">
+        <v>374</v>
+      </c>
+      <c r="K250" s="5">
+        <v>756</v>
+      </c>
+      <c r="L250" s="5">
+        <v>88</v>
+      </c>
+      <c r="M250" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N250" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="O250" s="5" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="251" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B251" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="D251" s="6">
+        <v>44831</v>
+      </c>
+      <c r="E251" s="5">
+        <v>136</v>
+      </c>
+      <c r="F251" s="5">
+        <v>334</v>
+      </c>
+      <c r="G251" s="5">
+        <v>371</v>
+      </c>
+      <c r="H251" s="5">
+        <v>80</v>
+      </c>
+      <c r="I251" s="5">
+        <v>126</v>
+      </c>
+      <c r="J251" s="5">
+        <v>12</v>
+      </c>
+      <c r="K251" s="5">
+        <v>-108</v>
+      </c>
+      <c r="L251" s="5">
+        <v>85</v>
+      </c>
+      <c r="M251" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N251" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O251" s="5" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="252" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B252" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="D252" s="6">
+        <v>45004</v>
+      </c>
+      <c r="E252" s="5">
+        <v>135</v>
+      </c>
+      <c r="F252" s="5">
+        <v>1250</v>
+      </c>
+      <c r="G252" s="5">
+        <v>4423</v>
+      </c>
+      <c r="H252" s="5">
+        <v>78</v>
+      </c>
+      <c r="I252" s="5">
+        <v>66</v>
+      </c>
+      <c r="J252" s="5">
+        <v>531</v>
+      </c>
+      <c r="K252" s="5">
+        <v>2145</v>
+      </c>
+      <c r="L252" s="5">
+        <v>83</v>
+      </c>
+      <c r="M252" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N252" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O252" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="253" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B253" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="D253" s="6">
+        <v>44728</v>
+      </c>
+      <c r="E253" s="5">
+        <v>135</v>
+      </c>
+      <c r="F253" s="5">
+        <v>1237</v>
+      </c>
+      <c r="G253" s="5">
+        <v>1770</v>
+      </c>
+      <c r="H253" s="5">
+        <v>80</v>
+      </c>
+      <c r="I253" s="5">
+        <v>128</v>
+      </c>
+      <c r="J253" s="5">
+        <v>696</v>
+      </c>
+      <c r="K253" s="5">
+        <v>1497</v>
+      </c>
+      <c r="L253" s="5">
+        <v>77</v>
+      </c>
+      <c r="M253" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N253" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O253" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="254" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B254" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="D254" s="6">
+        <v>44903</v>
+      </c>
+      <c r="E254" s="5">
+        <v>135</v>
+      </c>
+      <c r="F254" s="5">
+        <v>1202</v>
+      </c>
+      <c r="G254" s="5">
+        <v>4386</v>
+      </c>
+      <c r="H254" s="5">
+        <v>81</v>
+      </c>
+      <c r="I254" s="5">
+        <v>132</v>
+      </c>
+      <c r="J254" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K254" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L254" s="5">
+        <v>83</v>
+      </c>
+      <c r="M254" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N254" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O254" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="255" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B255" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="D255" s="6">
+        <v>44762</v>
+      </c>
+      <c r="E255" s="5">
+        <v>135</v>
+      </c>
+      <c r="F255" s="5">
+        <v>1152</v>
+      </c>
+      <c r="G255" s="5">
+        <v>3015</v>
+      </c>
+      <c r="H255" s="5">
+        <v>83</v>
+      </c>
+      <c r="I255" s="5">
+        <v>137</v>
+      </c>
+      <c r="J255" s="5">
+        <v>962</v>
+      </c>
+      <c r="K255" s="5">
+        <v>2454</v>
+      </c>
+      <c r="L255" s="5">
+        <v>77</v>
+      </c>
+      <c r="M255" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N255" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O255" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="256" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B256" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="D256" s="6">
+        <v>44190</v>
+      </c>
+      <c r="E256" s="5">
+        <v>135</v>
+      </c>
+      <c r="F256" s="5">
+        <v>1149</v>
+      </c>
+      <c r="G256" s="5">
+        <v>2989</v>
+      </c>
+      <c r="H256" s="5">
+        <v>88</v>
+      </c>
+      <c r="I256" s="5">
+        <v>102</v>
+      </c>
+      <c r="J256" s="5">
+        <v>415</v>
+      </c>
+      <c r="K256" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L256" s="5">
+        <v>93</v>
+      </c>
+      <c r="M256" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N256" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O256" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="257" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B257" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="D257" s="6">
+        <v>44737</v>
+      </c>
+      <c r="E257" s="5">
+        <v>135</v>
+      </c>
+      <c r="F257" s="5">
+        <v>970</v>
+      </c>
+      <c r="G257" s="5">
+        <v>828</v>
+      </c>
+      <c r="H257" s="5">
+        <v>72</v>
+      </c>
+      <c r="I257" s="5">
+        <v>102</v>
+      </c>
+      <c r="J257" s="5">
+        <v>574</v>
+      </c>
+      <c r="K257" s="5">
+        <v>1231</v>
+      </c>
+      <c r="L257" s="5">
+        <v>81</v>
+      </c>
+      <c r="M257" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N257" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O257" s="5" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="258" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B258" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="D258" s="6">
+        <v>44888</v>
+      </c>
+      <c r="E258" s="5">
+        <v>135</v>
+      </c>
+      <c r="F258" s="5">
+        <v>787</v>
+      </c>
+      <c r="G258" s="5">
+        <v>2099</v>
+      </c>
+      <c r="H258" s="5">
+        <v>87</v>
+      </c>
+      <c r="I258" s="5">
+        <v>65</v>
+      </c>
+      <c r="J258" s="5">
+        <v>153</v>
+      </c>
+      <c r="K258" s="5">
+        <v>302</v>
+      </c>
+      <c r="L258" s="5">
+        <v>87</v>
+      </c>
+      <c r="M258" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N258" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O258" s="5" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="259" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B259" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="D259" s="6">
+        <v>44685</v>
+      </c>
+      <c r="E259" s="5">
+        <v>135</v>
+      </c>
+      <c r="F259" s="5">
+        <v>784</v>
+      </c>
+      <c r="G259" s="5">
+        <v>-478</v>
+      </c>
+      <c r="H259" s="5">
+        <v>75</v>
+      </c>
+      <c r="I259" s="5">
+        <v>117</v>
+      </c>
+      <c r="J259" s="5">
+        <v>418</v>
+      </c>
+      <c r="K259" s="5">
+        <v>1790</v>
+      </c>
+      <c r="L259" s="5">
+        <v>83</v>
+      </c>
+      <c r="M259" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N259" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O259" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="260" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B260" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D260" s="6">
+        <v>44086</v>
+      </c>
+      <c r="E260" s="5">
+        <v>135</v>
+      </c>
+      <c r="F260" s="5">
+        <v>739</v>
+      </c>
+      <c r="G260" s="5">
+        <v>3179</v>
+      </c>
+      <c r="H260" s="5">
+        <v>85</v>
+      </c>
+      <c r="I260" s="5">
+        <v>93</v>
+      </c>
+      <c r="J260" s="5">
+        <v>562</v>
+      </c>
+      <c r="K260" s="5">
+        <v>416</v>
+      </c>
+      <c r="L260" s="5">
+        <v>81</v>
+      </c>
+      <c r="M260" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N260" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O260" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="261" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B261" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="D261" s="6">
+        <v>44828</v>
+      </c>
+      <c r="E261" s="5">
+        <v>135</v>
+      </c>
+      <c r="F261" s="5">
+        <v>699</v>
+      </c>
+      <c r="G261" s="5">
+        <v>1734</v>
+      </c>
+      <c r="H261" s="5">
+        <v>80</v>
+      </c>
+      <c r="I261" s="5">
+        <v>81</v>
+      </c>
+      <c r="J261" s="5">
+        <v>-49</v>
+      </c>
+      <c r="K261" s="5">
+        <v>778</v>
+      </c>
+      <c r="L261" s="5">
+        <v>84</v>
+      </c>
+      <c r="M261" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N261" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="O261" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="262" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B262" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="D262" s="6">
+        <v>44241</v>
+      </c>
+      <c r="E262" s="5">
+        <v>135</v>
+      </c>
+      <c r="F262" s="5">
+        <v>689</v>
+      </c>
+      <c r="G262" s="5">
+        <v>1550</v>
+      </c>
+      <c r="H262" s="5">
+        <v>87</v>
+      </c>
+      <c r="I262" s="5">
+        <v>112</v>
+      </c>
+      <c r="J262" s="5">
+        <v>563</v>
+      </c>
+      <c r="K262" s="5">
+        <v>984</v>
+      </c>
+      <c r="L262" s="5">
+        <v>90</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N262" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O262" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="263" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B263" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="D263" s="6">
+        <v>45145</v>
+      </c>
+      <c r="E263" s="5">
+        <v>135</v>
+      </c>
+      <c r="F263" s="5">
+        <v>606</v>
+      </c>
+      <c r="G263" s="5">
+        <v>1055</v>
+      </c>
+      <c r="H263" s="5">
+        <v>80</v>
+      </c>
+      <c r="I263" s="5">
+        <v>71</v>
+      </c>
+      <c r="J263" s="5">
+        <v>126</v>
+      </c>
+      <c r="K263" s="5">
+        <v>-3</v>
+      </c>
+      <c r="L263" s="5">
+        <v>77</v>
+      </c>
+      <c r="M263" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N263" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="O263" s="5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="264" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B264" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="D264" s="6">
+        <v>45005</v>
+      </c>
+      <c r="E264" s="5">
+        <v>135</v>
+      </c>
+      <c r="F264" s="5">
+        <v>518</v>
+      </c>
+      <c r="G264" s="5">
+        <v>216</v>
+      </c>
+      <c r="H264" s="5">
+        <v>76</v>
+      </c>
+      <c r="I264" s="5">
+        <v>109</v>
+      </c>
+      <c r="J264" s="5">
+        <v>-25</v>
+      </c>
+      <c r="K264" s="5">
+        <v>414</v>
+      </c>
+      <c r="L264" s="5">
+        <v>87</v>
+      </c>
+      <c r="M264" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N264" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O264" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="265" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B265" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="D265" s="6">
+        <v>44863</v>
+      </c>
+      <c r="E265" s="5">
+        <v>135</v>
+      </c>
+      <c r="F265" s="5">
+        <v>494</v>
+      </c>
+      <c r="G265" s="5">
+        <v>725</v>
+      </c>
+      <c r="H265" s="5">
+        <v>83</v>
+      </c>
+      <c r="I265" s="5">
+        <v>54</v>
+      </c>
+      <c r="J265" s="5">
+        <v>-364</v>
+      </c>
+      <c r="K265" s="5">
+        <v>-835</v>
+      </c>
+      <c r="L265" s="5">
+        <v>82</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N265" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="O265" s="5" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="266" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B266" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="D266" s="6">
+        <v>44954</v>
+      </c>
+      <c r="E266" s="5">
+        <v>135</v>
+      </c>
+      <c r="F266" s="5">
+        <v>283</v>
+      </c>
+      <c r="G266" s="5">
+        <v>3011</v>
+      </c>
+      <c r="H266" s="5">
+        <v>70</v>
+      </c>
+      <c r="I266" s="5">
+        <v>79</v>
+      </c>
+      <c r="J266" s="5">
+        <v>-399</v>
+      </c>
+      <c r="K266" s="5">
+        <v>-1189</v>
+      </c>
+      <c r="L266" s="5">
+        <v>72</v>
+      </c>
+      <c r="M266" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N266" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="O266" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="267" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B267" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="D267" s="6">
+        <v>44574</v>
+      </c>
+      <c r="E267" s="5">
+        <v>135</v>
+      </c>
+      <c r="F267" s="5">
+        <v>283</v>
+      </c>
+      <c r="G267" s="5">
+        <v>-454</v>
+      </c>
+      <c r="H267" s="5">
+        <v>80</v>
+      </c>
+      <c r="I267" s="5">
+        <v>76</v>
+      </c>
+      <c r="J267" s="5">
+        <v>-157</v>
+      </c>
+      <c r="K267" s="5">
+        <v>-1137</v>
+      </c>
+      <c r="L267" s="5">
+        <v>82</v>
+      </c>
+      <c r="M267" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N267" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="O267" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="268" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B268" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="D268" s="6">
+        <v>44335</v>
+      </c>
+      <c r="E268" s="5">
+        <v>135</v>
+      </c>
+      <c r="F268" s="5">
+        <v>0</v>
+      </c>
+      <c r="G268" s="5">
+        <v>-497</v>
+      </c>
+      <c r="H268" s="5">
+        <v>79</v>
+      </c>
+      <c r="I268" s="5">
+        <v>121</v>
+      </c>
+      <c r="J268" s="5">
+        <v>-1</v>
+      </c>
+      <c r="K268" s="5">
+        <v>-340</v>
+      </c>
+      <c r="L268" s="5">
+        <v>82</v>
+      </c>
+      <c r="M268" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N268" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O268" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="269" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B269" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="D269" s="6">
+        <v>43748</v>
+      </c>
+      <c r="E269" s="5">
+        <v>134</v>
+      </c>
+      <c r="F269" s="5">
+        <v>1351</v>
+      </c>
+      <c r="G269" s="5">
+        <v>3120</v>
+      </c>
+      <c r="H269" s="5">
+        <v>75</v>
+      </c>
+      <c r="I269" s="5">
+        <v>112</v>
+      </c>
+      <c r="J269" s="5">
+        <v>707</v>
+      </c>
+      <c r="K269" s="5">
+        <v>3021</v>
+      </c>
+      <c r="L269" s="5">
+        <v>84</v>
+      </c>
+      <c r="M269" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N269" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O269" s="5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="270" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B270" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="D270" s="6">
+        <v>44893</v>
+      </c>
+      <c r="E270" s="5">
+        <v>134</v>
+      </c>
+      <c r="F270" s="5">
+        <v>1195</v>
+      </c>
+      <c r="G270" s="5">
+        <v>2184</v>
+      </c>
+      <c r="H270" s="5">
+        <v>85</v>
+      </c>
+      <c r="I270" s="5">
+        <v>111</v>
+      </c>
+      <c r="J270" s="5">
+        <v>493</v>
+      </c>
+      <c r="K270" s="5">
+        <v>2407</v>
+      </c>
+      <c r="L270" s="5">
+        <v>78</v>
+      </c>
+      <c r="M270" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N270" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O270" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="271" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B271" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="D271" s="6">
+        <v>44933</v>
+      </c>
+      <c r="E271" s="5">
+        <v>134</v>
+      </c>
+      <c r="F271" s="5">
+        <v>1011</v>
+      </c>
+      <c r="G271" s="5">
+        <v>4102</v>
+      </c>
+      <c r="H271" s="5">
+        <v>81</v>
+      </c>
+      <c r="I271" s="5">
+        <v>104</v>
+      </c>
+      <c r="J271" s="5">
+        <v>728</v>
+      </c>
+      <c r="K271" s="5">
+        <v>1872</v>
+      </c>
+      <c r="L271" s="5">
+        <v>83</v>
+      </c>
+      <c r="M271" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N271" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O271" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="272" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B272" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="D272" s="6">
+        <v>45002</v>
+      </c>
+      <c r="E272" s="5">
+        <v>134</v>
+      </c>
+      <c r="F272" s="5">
+        <v>842</v>
+      </c>
+      <c r="G272" s="5">
+        <v>3760</v>
+      </c>
+      <c r="H272" s="5">
+        <v>81</v>
+      </c>
+      <c r="I272" s="5">
+        <v>85</v>
+      </c>
+      <c r="J272" s="5">
+        <v>527</v>
+      </c>
+      <c r="K272" s="5">
+        <v>-83</v>
+      </c>
+      <c r="L272" s="5">
+        <v>77</v>
+      </c>
+      <c r="M272" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N272" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="O272" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="273" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B273" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="D273" s="6">
+        <v>45023</v>
+      </c>
+      <c r="E273" s="5">
+        <v>134</v>
+      </c>
+      <c r="F273" s="5">
+        <v>783</v>
+      </c>
+      <c r="G273" s="5">
+        <v>1259</v>
+      </c>
+      <c r="H273" s="5">
+        <v>80</v>
+      </c>
+      <c r="I273" s="5">
+        <v>87</v>
+      </c>
+      <c r="J273" s="5">
+        <v>388</v>
+      </c>
+      <c r="K273" s="5">
+        <v>1090</v>
+      </c>
+      <c r="L273" s="5">
+        <v>84</v>
+      </c>
+      <c r="M273" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N273" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="O273" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="274" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B274" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="C274" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="D274" s="6">
+        <v>44731</v>
+      </c>
+      <c r="E274" s="5">
+        <v>134</v>
+      </c>
+      <c r="F274" s="5">
+        <v>754</v>
+      </c>
+      <c r="G274" s="5">
+        <v>49</v>
+      </c>
+      <c r="H274" s="5">
+        <v>82</v>
+      </c>
+      <c r="I274" s="5">
+        <v>48</v>
+      </c>
+      <c r="J274" s="5">
+        <v>157</v>
+      </c>
+      <c r="K274" s="5">
+        <v>114</v>
+      </c>
+      <c r="L274" s="5">
+        <v>77</v>
+      </c>
+      <c r="M274" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N274" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O274" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="275" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B275" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="D275" s="6">
+        <v>44295</v>
+      </c>
+      <c r="E275" s="5">
+        <v>134</v>
+      </c>
+      <c r="F275" s="5">
+        <v>735</v>
+      </c>
+      <c r="G275" s="5">
+        <v>1746</v>
+      </c>
+      <c r="H275" s="5">
+        <v>75</v>
+      </c>
+      <c r="I275" s="5">
+        <v>79</v>
+      </c>
+      <c r="J275" s="5">
+        <v>203</v>
+      </c>
+      <c r="K275" s="5">
+        <v>898</v>
+      </c>
+      <c r="L275" s="5">
+        <v>84</v>
+      </c>
+      <c r="M275" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N275" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="O275" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="276" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B276" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D276" s="6">
+        <v>44462</v>
+      </c>
+      <c r="E276" s="5">
+        <v>134</v>
+      </c>
+      <c r="F276" s="5">
+        <v>625</v>
+      </c>
+      <c r="G276" s="5">
+        <v>1284</v>
+      </c>
+      <c r="H276" s="5">
+        <v>87</v>
+      </c>
+      <c r="I276" s="5">
+        <v>57</v>
+      </c>
+      <c r="J276" s="5">
+        <v>-102</v>
+      </c>
+      <c r="K276" s="5">
+        <v>-1179</v>
+      </c>
+      <c r="L276" s="5">
+        <v>82</v>
+      </c>
+      <c r="M276" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N276" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O276" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="277" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B277" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="D277" s="6">
+        <v>45101</v>
+      </c>
+      <c r="E277" s="5">
+        <v>134</v>
+      </c>
+      <c r="F277" s="5">
+        <v>494</v>
+      </c>
+      <c r="G277" s="5">
+        <v>2414</v>
+      </c>
+      <c r="H277" s="5">
+        <v>80</v>
+      </c>
+      <c r="I277" s="5">
+        <v>66</v>
+      </c>
+      <c r="J277" s="5">
+        <v>-107</v>
+      </c>
+      <c r="K277" s="5">
+        <v>-602</v>
+      </c>
+      <c r="L277" s="5">
+        <v>85</v>
+      </c>
+      <c r="M277" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N277" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="O277" s="5" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="278" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B278" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="D278" s="6">
+        <v>45050</v>
+      </c>
+      <c r="E278" s="5">
+        <v>134</v>
+      </c>
+      <c r="F278" s="5">
+        <v>493</v>
+      </c>
+      <c r="G278" s="5">
+        <v>2670</v>
+      </c>
+      <c r="H278" s="5">
+        <v>80</v>
+      </c>
+      <c r="I278" s="5">
+        <v>88</v>
+      </c>
+      <c r="J278" s="5">
+        <v>168</v>
+      </c>
+      <c r="K278" s="5">
+        <v>790</v>
+      </c>
+      <c r="L278" s="5">
+        <v>78</v>
+      </c>
+      <c r="M278" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N278" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O278" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="279" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B279" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="D279" s="6">
+        <v>45246</v>
+      </c>
+      <c r="E279" s="5">
+        <v>134</v>
+      </c>
+      <c r="F279" s="5">
+        <v>312</v>
+      </c>
+      <c r="G279" s="5">
+        <v>-4247</v>
+      </c>
+      <c r="H279" s="5">
+        <v>80</v>
+      </c>
+      <c r="I279" s="5">
+        <v>64</v>
+      </c>
+      <c r="J279" s="5">
+        <v>-261</v>
+      </c>
+      <c r="K279" s="5">
+        <v>-894</v>
+      </c>
+      <c r="L279" s="5">
+        <v>91</v>
+      </c>
+      <c r="M279" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N279" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O279" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="280" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B280" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="D280" s="6">
+        <v>44329</v>
+      </c>
+      <c r="E280" s="5">
+        <v>134</v>
+      </c>
+      <c r="F280" s="5">
+        <v>239</v>
+      </c>
+      <c r="G280" s="5">
+        <v>435</v>
+      </c>
+      <c r="H280" s="5">
+        <v>72</v>
+      </c>
+      <c r="I280" s="5">
+        <v>115</v>
+      </c>
+      <c r="J280" s="5">
+        <v>-93</v>
+      </c>
+      <c r="K280" s="5">
+        <v>535</v>
+      </c>
+      <c r="L280" s="5">
+        <v>78</v>
+      </c>
+      <c r="M280" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N280" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O280" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="281" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B281" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="D281" s="6">
+        <v>45019</v>
+      </c>
+      <c r="E281" s="5">
+        <v>134</v>
+      </c>
+      <c r="F281" s="5">
+        <v>32</v>
+      </c>
+      <c r="G281" s="5">
+        <v>1670</v>
+      </c>
+      <c r="H281" s="5">
+        <v>85</v>
+      </c>
+      <c r="I281" s="5">
+        <v>73</v>
+      </c>
+      <c r="J281" s="5">
+        <v>-416</v>
+      </c>
+      <c r="K281" s="5">
+        <v>-875</v>
+      </c>
+      <c r="L281" s="5">
+        <v>86</v>
+      </c>
+      <c r="M281" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N281" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="O281" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="282" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B282" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="D282" s="6">
+        <v>43901</v>
+      </c>
+      <c r="E282" s="5">
+        <v>134</v>
+      </c>
+      <c r="F282" s="5">
+        <v>-9</v>
+      </c>
+      <c r="G282" s="5">
+        <v>482</v>
+      </c>
+      <c r="H282" s="5">
+        <v>86</v>
+      </c>
+      <c r="I282" s="5">
+        <v>112</v>
+      </c>
+      <c r="J282" s="5">
+        <v>-136</v>
+      </c>
+      <c r="K282" s="5">
+        <v>452</v>
+      </c>
+      <c r="L282" s="5">
+        <v>93</v>
+      </c>
+      <c r="M282" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N282" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O282" s="5" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="283" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B283" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="D283" s="6">
+        <v>45035</v>
+      </c>
+      <c r="E283" s="5">
+        <v>133</v>
+      </c>
+      <c r="F283" s="5">
+        <v>1315</v>
+      </c>
+      <c r="G283" s="5">
+        <v>4522</v>
+      </c>
+      <c r="H283" s="5">
+        <v>79</v>
+      </c>
+      <c r="I283" s="5">
+        <v>104</v>
+      </c>
+      <c r="J283" s="5">
+        <v>1257</v>
+      </c>
+      <c r="K283" s="5">
+        <v>3072</v>
+      </c>
+      <c r="L283" s="5">
+        <v>79</v>
+      </c>
+      <c r="M283" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N283" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O283" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="284" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B284" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="D284" s="6">
+        <v>45049</v>
+      </c>
+      <c r="E284" s="5">
+        <v>133</v>
+      </c>
+      <c r="F284" s="5">
+        <v>1281</v>
+      </c>
+      <c r="G284" s="5">
+        <v>3878</v>
+      </c>
+      <c r="H284" s="5">
+        <v>75</v>
+      </c>
+      <c r="I284" s="5">
+        <v>92</v>
+      </c>
+      <c r="J284" s="5">
+        <v>850</v>
+      </c>
+      <c r="K284" s="5">
+        <v>2423</v>
+      </c>
+      <c r="L284" s="5">
+        <v>83</v>
+      </c>
+      <c r="M284" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N284" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O284" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="285" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B285" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="D285" s="6">
+        <v>44741</v>
+      </c>
+      <c r="E285" s="5">
+        <v>133</v>
+      </c>
+      <c r="F285" s="5">
+        <v>1236</v>
+      </c>
+      <c r="G285" s="5">
+        <v>3829</v>
+      </c>
+      <c r="H285" s="5">
+        <v>81</v>
+      </c>
+      <c r="I285" s="5">
+        <v>120</v>
+      </c>
+      <c r="J285" s="5">
+        <v>808</v>
+      </c>
+      <c r="K285" s="5">
+        <v>2042</v>
+      </c>
+      <c r="L285" s="5">
+        <v>86</v>
+      </c>
+      <c r="M285" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N285" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O285" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="286" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B286" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="D286" s="6">
+        <v>44850</v>
+      </c>
+      <c r="E286" s="5">
+        <v>133</v>
+      </c>
+      <c r="F286" s="5">
+        <v>1074</v>
+      </c>
+      <c r="G286" s="5">
+        <v>5395</v>
+      </c>
+      <c r="H286" s="5">
+        <v>86</v>
+      </c>
+      <c r="I286" s="5">
+        <v>83</v>
+      </c>
+      <c r="J286" s="5">
+        <v>407</v>
+      </c>
+      <c r="K286" s="5">
+        <v>1479</v>
+      </c>
+      <c r="L286" s="5">
+        <v>83</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="N286" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O286" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="287" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B287" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="D287" s="6">
+        <v>45076</v>
+      </c>
+      <c r="E287" s="5">
+        <v>133</v>
+      </c>
+      <c r="F287" s="5">
+        <v>928</v>
+      </c>
+      <c r="G287" s="5">
+        <v>3236</v>
+      </c>
+      <c r="H287" s="5">
+        <v>77</v>
+      </c>
+      <c r="I287" s="5">
+        <v>154</v>
+      </c>
+      <c r="J287" s="5">
+        <v>1162</v>
+      </c>
+      <c r="K287" s="5">
+        <v>3125</v>
+      </c>
+      <c r="L287" s="5">
+        <v>83</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N287" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O287" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="288" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B288" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="D288" s="6">
+        <v>44166</v>
+      </c>
+      <c r="E288" s="5">
+        <v>133</v>
+      </c>
+      <c r="F288" s="5">
+        <v>787</v>
+      </c>
+      <c r="G288" s="5">
+        <v>2161</v>
+      </c>
+      <c r="H288" s="5">
+        <v>76</v>
+      </c>
+      <c r="I288" s="5">
+        <v>97</v>
+      </c>
+      <c r="J288" s="5">
+        <v>1026</v>
+      </c>
+      <c r="K288" s="5">
+        <v>2158</v>
+      </c>
+      <c r="L288" s="5">
+        <v>84</v>
+      </c>
+      <c r="M288" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N288" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O288" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="289" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B289" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="D289" s="6">
+        <v>44832</v>
+      </c>
+      <c r="E289" s="5">
+        <v>133</v>
+      </c>
+      <c r="F289" s="5">
+        <v>785</v>
+      </c>
+      <c r="G289" s="5">
+        <v>3038</v>
+      </c>
+      <c r="H289" s="5">
+        <v>85</v>
+      </c>
+      <c r="I289" s="5">
+        <v>78</v>
+      </c>
+      <c r="J289" s="5">
+        <v>312</v>
+      </c>
+      <c r="K289" s="5">
+        <v>670</v>
+      </c>
+      <c r="L289" s="5">
+        <v>82</v>
+      </c>
+      <c r="M289" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N289" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O289" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="290" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B290" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="D290" s="6">
+        <v>44661</v>
+      </c>
+      <c r="E290" s="5">
+        <v>133</v>
+      </c>
+      <c r="F290" s="5">
+        <v>783</v>
+      </c>
+      <c r="G290" s="5">
+        <v>369</v>
+      </c>
+      <c r="H290" s="5">
+        <v>86</v>
+      </c>
+      <c r="I290" s="5">
+        <v>110</v>
+      </c>
+      <c r="J290" s="5">
+        <v>228</v>
+      </c>
+      <c r="K290" s="5">
+        <v>433</v>
+      </c>
+      <c r="L290" s="5">
+        <v>90</v>
+      </c>
+      <c r="M290" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N290" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O290" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="291" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B291" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>783</v>
+      </c>
+      <c r="D291" s="6">
+        <v>45162</v>
+      </c>
+      <c r="E291" s="5">
+        <v>133</v>
+      </c>
+      <c r="F291" s="5">
+        <v>766</v>
+      </c>
+      <c r="G291" s="5">
+        <v>1661</v>
+      </c>
+      <c r="H291" s="5">
+        <v>78</v>
+      </c>
+      <c r="I291" s="5">
+        <v>87</v>
+      </c>
+      <c r="J291" s="5">
+        <v>148</v>
+      </c>
+      <c r="K291" s="5">
+        <v>420</v>
+      </c>
+      <c r="L291" s="5">
+        <v>79</v>
+      </c>
+      <c r="M291" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N291" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O291" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="292" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B292" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="D292" s="6">
+        <v>44539</v>
+      </c>
+      <c r="E292" s="5">
+        <v>133</v>
+      </c>
+      <c r="F292" s="5">
+        <v>724</v>
+      </c>
+      <c r="G292" s="5">
+        <v>4166</v>
+      </c>
+      <c r="H292" s="5">
+        <v>80</v>
+      </c>
+      <c r="I292" s="5">
+        <v>41</v>
+      </c>
+      <c r="J292" s="5">
+        <v>-148</v>
+      </c>
+      <c r="K292" s="5">
+        <v>-1103</v>
+      </c>
+      <c r="L292" s="5">
+        <v>80</v>
+      </c>
+      <c r="M292" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N292" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="O292" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="293" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B293" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="D293" s="6">
+        <v>44924</v>
+      </c>
+      <c r="E293" s="5">
+        <v>133</v>
+      </c>
+      <c r="F293" s="5">
+        <v>713</v>
+      </c>
+      <c r="G293" s="5">
+        <v>3353</v>
+      </c>
+      <c r="H293" s="5">
+        <v>83</v>
+      </c>
+      <c r="I293" s="5">
+        <v>100</v>
+      </c>
+      <c r="J293" s="5">
+        <v>253</v>
+      </c>
+      <c r="K293" s="5">
+        <v>-708</v>
+      </c>
+      <c r="L293" s="5">
+        <v>80</v>
+      </c>
+      <c r="M293" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N293" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O293" s="5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="294" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B294" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="D294" s="6">
+        <v>45127</v>
+      </c>
+      <c r="E294" s="5">
+        <v>133</v>
+      </c>
+      <c r="F294" s="5">
+        <v>695</v>
+      </c>
+      <c r="G294" s="5">
+        <v>1910</v>
+      </c>
+      <c r="H294" s="5">
+        <v>85</v>
+      </c>
+      <c r="I294" s="5">
+        <v>97</v>
+      </c>
+      <c r="J294" s="5">
+        <v>650</v>
+      </c>
+      <c r="K294" s="5">
+        <v>689</v>
+      </c>
+      <c r="L294" s="5">
+        <v>81</v>
+      </c>
+      <c r="M294" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N294" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O294" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="295" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B295" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="D295" s="6">
+        <v>44627</v>
+      </c>
+      <c r="E295" s="5">
+        <v>133</v>
+      </c>
+      <c r="F295" s="5">
+        <v>684</v>
+      </c>
+      <c r="G295" s="5">
+        <v>2595</v>
+      </c>
+      <c r="H295" s="5">
+        <v>82</v>
+      </c>
+      <c r="I295" s="5">
+        <v>109</v>
+      </c>
+      <c r="J295" s="5">
+        <v>-3</v>
+      </c>
+      <c r="K295" s="5">
+        <v>403</v>
+      </c>
+      <c r="L295" s="5">
+        <v>82</v>
+      </c>
+      <c r="M295" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N295" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="O295" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="296" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B296" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="D296" s="6">
+        <v>45015</v>
+      </c>
+      <c r="E296" s="5">
+        <v>133</v>
+      </c>
+      <c r="F296" s="5">
+        <v>684</v>
+      </c>
+      <c r="G296" s="5">
+        <v>1088</v>
+      </c>
+      <c r="H296" s="5">
+        <v>77</v>
+      </c>
+      <c r="I296" s="5">
+        <v>86</v>
+      </c>
+      <c r="J296" s="5">
+        <v>709</v>
+      </c>
+      <c r="K296" s="5">
+        <v>805</v>
+      </c>
+      <c r="L296" s="5">
+        <v>82</v>
+      </c>
+      <c r="M296" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N296" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O296" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="297" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B297" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="D297" s="6">
+        <v>44587</v>
+      </c>
+      <c r="E297" s="5">
+        <v>133</v>
+      </c>
+      <c r="F297" s="5">
+        <v>672</v>
+      </c>
+      <c r="G297" s="5">
+        <v>2089</v>
+      </c>
+      <c r="H297" s="5">
+        <v>88</v>
+      </c>
+      <c r="I297" s="5">
+        <v>121</v>
+      </c>
+      <c r="J297" s="5">
+        <v>317</v>
+      </c>
+      <c r="K297" s="5">
+        <v>598</v>
+      </c>
+      <c r="L297" s="5">
+        <v>80</v>
+      </c>
+      <c r="M297" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N297" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O297" s="5" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="298" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B298" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="D298" s="6">
+        <v>44863</v>
+      </c>
+      <c r="E298" s="5">
+        <v>133</v>
+      </c>
+      <c r="F298" s="5">
+        <v>669</v>
+      </c>
+      <c r="G298" s="5">
+        <v>534</v>
+      </c>
+      <c r="H298" s="5">
+        <v>80</v>
+      </c>
+      <c r="I298" s="5">
+        <v>127</v>
+      </c>
+      <c r="J298" s="5">
+        <v>625</v>
+      </c>
+      <c r="K298" s="5">
+        <v>571</v>
+      </c>
+      <c r="L298" s="5">
+        <v>77</v>
+      </c>
+      <c r="M298" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N298" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O298" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="299" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B299" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="D299" s="6">
+        <v>44753</v>
+      </c>
+      <c r="E299" s="5">
+        <v>133</v>
+      </c>
+      <c r="F299" s="5">
+        <v>641</v>
+      </c>
+      <c r="G299" s="5">
+        <v>1022</v>
+      </c>
+      <c r="H299" s="5">
+        <v>74</v>
+      </c>
+      <c r="I299" s="5">
+        <v>71</v>
+      </c>
+      <c r="J299" s="5">
+        <v>5</v>
+      </c>
+      <c r="K299" s="5">
+        <v>673</v>
+      </c>
+      <c r="L299" s="5">
+        <v>75</v>
+      </c>
+      <c r="M299" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N299" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="O299" s="5" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="300" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B300" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="D300" s="6">
+        <v>45071</v>
+      </c>
+      <c r="E300" s="5">
+        <v>133</v>
+      </c>
+      <c r="F300" s="5">
+        <v>625</v>
+      </c>
+      <c r="G300" s="5">
+        <v>-158</v>
+      </c>
+      <c r="H300" s="5">
+        <v>76</v>
+      </c>
+      <c r="I300" s="5">
+        <v>100</v>
+      </c>
+      <c r="J300" s="5">
+        <v>1</v>
+      </c>
+      <c r="K300" s="5">
+        <v>460</v>
+      </c>
+      <c r="L300" s="5">
+        <v>83</v>
+      </c>
+      <c r="M300" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N300" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O300" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="301" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B301" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="D301" s="6">
+        <v>45090</v>
+      </c>
+      <c r="E301" s="5">
+        <v>133</v>
+      </c>
+      <c r="F301" s="5">
+        <v>622</v>
+      </c>
+      <c r="G301" s="5">
+        <v>265</v>
+      </c>
+      <c r="H301" s="5">
+        <v>76</v>
+      </c>
+      <c r="I301" s="5">
+        <v>109</v>
+      </c>
+      <c r="J301" s="5">
+        <v>396</v>
+      </c>
+      <c r="K301" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L301" s="5">
+        <v>84</v>
+      </c>
+      <c r="M301" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N301" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O301" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="302" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B302" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="D302" s="6">
+        <v>44793</v>
+      </c>
+      <c r="E302" s="5">
+        <v>133</v>
+      </c>
+      <c r="F302" s="5">
+        <v>607</v>
+      </c>
+      <c r="G302" s="5">
+        <v>1535</v>
+      </c>
+      <c r="H302" s="5">
+        <v>81</v>
+      </c>
+      <c r="I302" s="5">
+        <v>113</v>
+      </c>
+      <c r="J302" s="5">
+        <v>341</v>
+      </c>
+      <c r="K302" s="5">
+        <v>1374</v>
+      </c>
+      <c r="L302" s="5">
+        <v>85</v>
+      </c>
+      <c r="M302" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N302" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O302" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="303" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B303" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="D303" s="6">
+        <v>45180</v>
+      </c>
+      <c r="E303" s="5">
+        <v>133</v>
+      </c>
+      <c r="F303" s="5">
+        <v>605</v>
+      </c>
+      <c r="G303" s="5">
+        <v>-2894</v>
+      </c>
+      <c r="H303" s="5">
+        <v>84</v>
+      </c>
+      <c r="I303" s="5">
+        <v>101</v>
+      </c>
+      <c r="J303" s="5">
+        <v>368</v>
+      </c>
+      <c r="K303" s="5">
+        <v>2896</v>
+      </c>
+      <c r="L303" s="5">
+        <v>86</v>
+      </c>
+      <c r="M303" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="N303" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O303" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="304" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B304" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="D304" s="6">
+        <v>44880</v>
+      </c>
+      <c r="E304" s="5">
+        <v>133</v>
+      </c>
+      <c r="F304" s="5">
+        <v>600</v>
+      </c>
+      <c r="G304" s="5">
+        <v>2431</v>
+      </c>
+      <c r="H304" s="5">
+        <v>79</v>
+      </c>
+      <c r="I304" s="5">
+        <v>119</v>
+      </c>
+      <c r="J304" s="5">
+        <v>756</v>
+      </c>
+      <c r="K304" s="5">
+        <v>3213</v>
+      </c>
+      <c r="L304" s="5">
+        <v>84</v>
+      </c>
+      <c r="M304" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="N304" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O304" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="305" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B305" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="D305" s="6">
+        <v>44259</v>
+      </c>
+      <c r="E305" s="5">
+        <v>133</v>
+      </c>
+      <c r="F305" s="5">
+        <v>597</v>
+      </c>
+      <c r="G305" s="5">
+        <v>1482</v>
+      </c>
+      <c r="H305" s="5">
+        <v>77</v>
+      </c>
+      <c r="I305" s="5">
+        <v>124</v>
+      </c>
+      <c r="J305" s="5">
+        <v>515</v>
+      </c>
+      <c r="K305" s="5">
+        <v>1062</v>
+      </c>
+      <c r="L305" s="5">
+        <v>71</v>
+      </c>
+      <c r="M305" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N305" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O305" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="306" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B306" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="D306" s="6">
+        <v>44236</v>
+      </c>
+      <c r="E306" s="5">
+        <v>133</v>
+      </c>
+      <c r="F306" s="5">
+        <v>594</v>
+      </c>
+      <c r="G306" s="5">
+        <v>157</v>
+      </c>
+      <c r="H306" s="5">
+        <v>87</v>
+      </c>
+      <c r="I306" s="5">
+        <v>105</v>
+      </c>
+      <c r="J306" s="5">
+        <v>409</v>
+      </c>
+      <c r="K306" s="5">
+        <v>339</v>
+      </c>
+      <c r="L306" s="5">
+        <v>76</v>
+      </c>
+      <c r="M306" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N306" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="O306" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="307" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B307" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="D307" s="6">
+        <v>44086</v>
+      </c>
+      <c r="E307" s="5">
+        <v>133</v>
+      </c>
+      <c r="F307" s="5">
+        <v>555</v>
+      </c>
+      <c r="G307" s="5">
+        <v>797</v>
+      </c>
+      <c r="H307" s="5">
+        <v>81</v>
+      </c>
+      <c r="I307" s="5">
+        <v>83</v>
+      </c>
+      <c r="J307" s="5">
+        <v>-158</v>
+      </c>
+      <c r="K307" s="5">
+        <v>-738</v>
+      </c>
+      <c r="L307" s="5">
+        <v>83</v>
+      </c>
+      <c r="M307" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N307" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="O307" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="308" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B308" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="D308" s="6">
+        <v>45250</v>
+      </c>
+      <c r="E308" s="5">
+        <v>133</v>
+      </c>
+      <c r="F308" s="5">
+        <v>550</v>
+      </c>
+      <c r="G308" s="5">
+        <v>-1577</v>
+      </c>
+      <c r="H308" s="5">
+        <v>75</v>
+      </c>
+      <c r="I308" s="5">
+        <v>103</v>
+      </c>
+      <c r="J308" s="5">
+        <v>-26</v>
+      </c>
+      <c r="K308" s="5">
+        <v>-755</v>
+      </c>
+      <c r="L308" s="5">
+        <v>79</v>
+      </c>
+      <c r="M308" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N308" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="O308" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="309" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B309" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="D309" s="6">
+        <v>44894</v>
+      </c>
+      <c r="E309" s="5">
+        <v>133</v>
+      </c>
+      <c r="F309" s="5">
+        <v>500</v>
+      </c>
+      <c r="G309" s="5">
+        <v>-3341</v>
+      </c>
+      <c r="H309" s="5">
+        <v>79</v>
+      </c>
+      <c r="I309" s="5">
+        <v>80</v>
+      </c>
+      <c r="J309" s="5">
+        <v>167</v>
+      </c>
+      <c r="K309" s="5">
+        <v>-572</v>
+      </c>
+      <c r="L309" s="5">
+        <v>76</v>
+      </c>
+      <c r="M309" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N309" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O309" s="5" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="310" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B310" s="5" t="s">
+        <v>828</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="D310" s="6">
+        <v>45170</v>
+      </c>
+      <c r="E310" s="5">
+        <v>133</v>
+      </c>
+      <c r="F310" s="5">
+        <v>472</v>
+      </c>
+      <c r="G310" s="5">
+        <v>6337</v>
+      </c>
+      <c r="H310" s="5">
+        <v>83</v>
+      </c>
+      <c r="I310" s="5">
+        <v>95</v>
+      </c>
+      <c r="J310" s="5">
+        <v>432</v>
+      </c>
+      <c r="K310" s="5">
+        <v>1124</v>
+      </c>
+      <c r="L310" s="5">
+        <v>84</v>
+      </c>
+      <c r="M310" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N310" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="O310" s="5" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="311" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B311" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="D311" s="6">
+        <v>45192</v>
+      </c>
+      <c r="E311" s="5">
+        <v>133</v>
+      </c>
+      <c r="F311" s="5">
+        <v>464</v>
+      </c>
+      <c r="G311" s="5">
+        <v>5827</v>
+      </c>
+      <c r="H311" s="5">
+        <v>80</v>
+      </c>
+      <c r="I311" s="5">
+        <v>76</v>
+      </c>
+      <c r="J311" s="5">
+        <v>105</v>
+      </c>
+      <c r="K311" s="5">
+        <v>172</v>
+      </c>
+      <c r="L311" s="5">
+        <v>61</v>
+      </c>
+      <c r="M311" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N311" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="O311" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="312" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B312" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="D312" s="6">
+        <v>45228</v>
+      </c>
+      <c r="E312" s="5">
+        <v>133</v>
+      </c>
+      <c r="F312" s="5">
+        <v>453</v>
+      </c>
+      <c r="G312" s="5">
+        <v>-1575</v>
+      </c>
+      <c r="H312" s="5">
+        <v>83</v>
+      </c>
+      <c r="I312" s="5">
+        <v>120</v>
+      </c>
+      <c r="J312" s="5">
+        <v>414</v>
+      </c>
+      <c r="K312" s="5">
+        <v>1154</v>
+      </c>
+      <c r="L312" s="5">
+        <v>86</v>
+      </c>
+      <c r="M312" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N312" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O312" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="313" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B313" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="D313" s="6">
+        <v>44995</v>
+      </c>
+      <c r="E313" s="5">
+        <v>133</v>
+      </c>
+      <c r="F313" s="5">
+        <v>352</v>
+      </c>
+      <c r="G313" s="5">
+        <v>599</v>
+      </c>
+      <c r="H313" s="5">
+        <v>79</v>
+      </c>
+      <c r="I313" s="5">
+        <v>58</v>
+      </c>
+      <c r="J313" s="5">
+        <v>252</v>
+      </c>
+      <c r="K313" s="5">
+        <v>293</v>
+      </c>
+      <c r="L313" s="5">
+        <v>78</v>
+      </c>
+      <c r="M313" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N313" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="O313" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="314" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B314" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="D314" s="6">
+        <v>44813</v>
+      </c>
+      <c r="E314" s="5">
+        <v>133</v>
+      </c>
+      <c r="F314" s="5">
+        <v>312</v>
+      </c>
+      <c r="G314" s="5">
+        <v>2242</v>
+      </c>
+      <c r="H314" s="5">
+        <v>80</v>
+      </c>
+      <c r="I314" s="5">
+        <v>110</v>
+      </c>
+      <c r="J314" s="5">
+        <v>277</v>
+      </c>
+      <c r="K314" s="5">
+        <v>2768</v>
+      </c>
+      <c r="L314" s="5">
+        <v>83</v>
+      </c>
+      <c r="M314" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N314" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O314" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="315" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B315" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="D315" s="6">
+        <v>43983</v>
+      </c>
+      <c r="E315" s="5">
+        <v>133</v>
+      </c>
+      <c r="F315" s="5">
+        <v>226</v>
+      </c>
+      <c r="G315" s="5">
+        <v>1053</v>
+      </c>
+      <c r="H315" s="5">
+        <v>77</v>
+      </c>
+      <c r="I315" s="5">
+        <v>115</v>
+      </c>
+      <c r="J315" s="5">
+        <v>797</v>
+      </c>
+      <c r="K315" s="5">
+        <v>2101</v>
+      </c>
+      <c r="L315" s="5">
+        <v>80</v>
+      </c>
+      <c r="M315" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N315" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O315" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="316" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B316" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="D316" s="6">
+        <v>45130</v>
+      </c>
+      <c r="E316" s="5">
+        <v>133</v>
+      </c>
+      <c r="F316" s="5">
+        <v>218</v>
+      </c>
+      <c r="G316" s="5">
+        <v>1671</v>
+      </c>
+      <c r="H316" s="5">
+        <v>83</v>
+      </c>
+      <c r="I316" s="5">
+        <v>93</v>
+      </c>
+      <c r="J316" s="5">
+        <v>-200</v>
+      </c>
+      <c r="K316" s="5">
+        <v>1134</v>
+      </c>
+      <c r="L316" s="5">
+        <v>93</v>
+      </c>
+      <c r="M316" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N316" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O316" s="5" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="317" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B317" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="D317" s="6">
+        <v>44636</v>
+      </c>
+      <c r="E317" s="5">
+        <v>133</v>
+      </c>
+      <c r="F317" s="5">
+        <v>151</v>
+      </c>
+      <c r="G317" s="5">
+        <v>-312</v>
+      </c>
+      <c r="H317" s="5">
+        <v>87</v>
+      </c>
+      <c r="I317" s="5">
+        <v>77</v>
+      </c>
+      <c r="J317" s="5">
+        <v>-699</v>
+      </c>
+      <c r="K317" s="5">
+        <v>-894</v>
+      </c>
+      <c r="L317" s="5">
+        <v>91</v>
+      </c>
+      <c r="M317" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N317" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O317" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="318" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B318" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="D318" s="6">
+        <v>44903</v>
+      </c>
+      <c r="E318" s="5">
+        <v>133</v>
+      </c>
+      <c r="F318" s="5">
+        <v>106</v>
+      </c>
+      <c r="G318" s="5">
+        <v>-1684</v>
+      </c>
+      <c r="H318" s="5">
+        <v>79</v>
+      </c>
+      <c r="I318" s="5">
+        <v>109</v>
+      </c>
+      <c r="J318" s="5">
+        <v>-88</v>
+      </c>
+      <c r="K318" s="5">
+        <v>-1045</v>
+      </c>
+      <c r="L318" s="5">
+        <v>73</v>
+      </c>
+      <c r="M318" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="N318" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="O318" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="319" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B319" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="D319" s="6">
+        <v>44272</v>
+      </c>
+      <c r="E319" s="5">
+        <v>133</v>
+      </c>
+      <c r="F319" s="5">
+        <v>59</v>
+      </c>
+      <c r="G319" s="5">
+        <v>-369</v>
+      </c>
+      <c r="H319" s="5">
+        <v>77</v>
+      </c>
+      <c r="I319" s="5">
+        <v>94</v>
+      </c>
+      <c r="J319" s="5">
+        <v>-187</v>
+      </c>
+      <c r="K319" s="5">
+        <v>-54</v>
+      </c>
+      <c r="L319" s="5">
+        <v>81</v>
+      </c>
+      <c r="M319" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N319" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O319" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="320" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B320" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="D320" s="6">
+        <v>45085</v>
+      </c>
+      <c r="E320" s="5">
+        <v>132</v>
+      </c>
+      <c r="F320" s="5">
+        <v>1147</v>
+      </c>
+      <c r="G320" s="5">
+        <v>4594</v>
+      </c>
+      <c r="H320" s="5">
+        <v>79</v>
+      </c>
+      <c r="I320" s="5">
+        <v>116</v>
+      </c>
+      <c r="J320" s="5">
+        <v>259</v>
+      </c>
+      <c r="K320" s="5">
+        <v>97</v>
+      </c>
+      <c r="L320" s="5">
+        <v>81</v>
+      </c>
+      <c r="M320" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N320" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="O320" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="321" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B321" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="D321" s="6">
+        <v>44816</v>
+      </c>
+      <c r="E321" s="5">
+        <v>132</v>
+      </c>
+      <c r="F321" s="5">
+        <v>1114</v>
+      </c>
+      <c r="G321" s="5">
+        <v>3664</v>
+      </c>
+      <c r="H321" s="5">
+        <v>84</v>
+      </c>
+      <c r="I321" s="5">
+        <v>90</v>
+      </c>
+      <c r="J321" s="5">
+        <v>389</v>
+      </c>
+      <c r="K321" s="5">
+        <v>1608</v>
+      </c>
+      <c r="L321" s="5">
+        <v>77</v>
+      </c>
+      <c r="M321" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N321" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="O321" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="322" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B322" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="D322" s="6">
+        <v>44786</v>
+      </c>
+      <c r="E322" s="5">
+        <v>132</v>
+      </c>
+      <c r="F322" s="5">
+        <v>1082</v>
+      </c>
+      <c r="G322" s="5">
+        <v>2352</v>
+      </c>
+      <c r="H322" s="5">
+        <v>83</v>
+      </c>
+      <c r="I322" s="5">
+        <v>104</v>
+      </c>
+      <c r="J322" s="5">
+        <v>418</v>
+      </c>
+      <c r="K322" s="5">
+        <v>1328</v>
+      </c>
+      <c r="L322" s="5">
+        <v>78</v>
+      </c>
+      <c r="M322" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N322" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O322" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="323" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B323" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="D323" s="6">
+        <v>44829</v>
+      </c>
+      <c r="E323" s="5">
+        <v>132</v>
+      </c>
+      <c r="F323" s="5">
+        <v>1078</v>
+      </c>
+      <c r="G323" s="5">
+        <v>1851</v>
+      </c>
+      <c r="H323" s="5">
+        <v>78</v>
+      </c>
+      <c r="I323" s="5">
+        <v>113</v>
+      </c>
+      <c r="J323" s="5">
+        <v>764</v>
+      </c>
+      <c r="K323" s="5">
+        <v>1371</v>
+      </c>
+      <c r="L323" s="5">
+        <v>83</v>
+      </c>
+      <c r="M323" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N323" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O323" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="324" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B324" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="D324" s="6">
+        <v>44550</v>
+      </c>
+      <c r="E324" s="5">
+        <v>132</v>
+      </c>
+      <c r="F324" s="5">
+        <v>996</v>
+      </c>
+      <c r="G324" s="5">
+        <v>3439</v>
+      </c>
+      <c r="H324" s="5">
+        <v>77</v>
+      </c>
+      <c r="I324" s="5">
+        <v>54</v>
+      </c>
+      <c r="J324" s="5">
+        <v>204</v>
+      </c>
+      <c r="K324" s="5">
+        <v>1272</v>
+      </c>
+      <c r="L324" s="5">
+        <v>80</v>
+      </c>
+      <c r="M324" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N324" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="O324" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="325" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B325" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="D325" s="6">
+        <v>44931</v>
+      </c>
+      <c r="E325" s="5">
+        <v>132</v>
+      </c>
+      <c r="F325" s="5">
+        <v>958</v>
+      </c>
+      <c r="G325" s="5">
+        <v>1894</v>
+      </c>
+      <c r="H325" s="5">
+        <v>85</v>
+      </c>
+      <c r="I325" s="5">
+        <v>104</v>
+      </c>
+      <c r="J325" s="5">
+        <v>728</v>
+      </c>
+      <c r="K325" s="5">
+        <v>1872</v>
+      </c>
+      <c r="L325" s="5">
+        <v>83</v>
+      </c>
+      <c r="M325" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N325" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O325" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="326" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B326" s="5" t="s">
+        <v>868</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="D326" s="6">
+        <v>44332</v>
+      </c>
+      <c r="E326" s="5">
+        <v>132</v>
+      </c>
+      <c r="F326" s="5">
+        <v>870</v>
+      </c>
+      <c r="G326" s="5">
+        <v>2994</v>
+      </c>
+      <c r="H326" s="5">
+        <v>84</v>
+      </c>
+      <c r="I326" s="5">
+        <v>73</v>
+      </c>
+      <c r="J326" s="5">
+        <v>345</v>
+      </c>
+      <c r="K326" s="5">
+        <v>566</v>
+      </c>
+      <c r="L326" s="5">
+        <v>82</v>
+      </c>
+      <c r="M326" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N326" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="O326" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="327" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B327" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="D327" s="6">
+        <v>44999</v>
+      </c>
+      <c r="E327" s="5">
+        <v>132</v>
+      </c>
+      <c r="F327" s="5">
+        <v>818</v>
+      </c>
+      <c r="G327" s="5">
+        <v>5313</v>
+      </c>
+      <c r="H327" s="5">
+        <v>80</v>
+      </c>
+      <c r="I327" s="5">
+        <v>69</v>
+      </c>
+      <c r="J327" s="5">
+        <v>759</v>
+      </c>
+      <c r="K327" s="5">
+        <v>1224</v>
+      </c>
+      <c r="L327" s="5">
+        <v>80</v>
+      </c>
+      <c r="M327" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N327" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O327" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="328" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B328" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="D328" s="6">
+        <v>44559</v>
+      </c>
+      <c r="E328" s="5">
+        <v>132</v>
+      </c>
+      <c r="F328" s="5">
+        <v>806</v>
+      </c>
+      <c r="G328" s="5">
+        <v>1218</v>
+      </c>
+      <c r="H328" s="5">
+        <v>82</v>
+      </c>
+      <c r="I328" s="5">
+        <v>165</v>
+      </c>
+      <c r="J328" s="5">
+        <v>1333</v>
+      </c>
+      <c r="K328" s="5">
+        <v>2406</v>
+      </c>
+      <c r="L328" s="5">
+        <v>87</v>
+      </c>
+      <c r="M328" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N328" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O328" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="329" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B329" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="D329" s="6">
+        <v>44979</v>
+      </c>
+      <c r="E329" s="5">
+        <v>132</v>
+      </c>
+      <c r="F329" s="5">
+        <v>796</v>
+      </c>
+      <c r="G329" s="5">
+        <v>574</v>
+      </c>
+      <c r="H329" s="5">
+        <v>75</v>
+      </c>
+      <c r="I329" s="5">
+        <v>109</v>
+      </c>
+      <c r="J329" s="5">
+        <v>586</v>
+      </c>
+      <c r="K329" s="5">
+        <v>32</v>
+      </c>
+      <c r="L329" s="5">
+        <v>80</v>
+      </c>
+      <c r="M329" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N329" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O329" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="330" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B330" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="D330" s="6">
+        <v>44379</v>
+      </c>
+      <c r="E330" s="5">
+        <v>132</v>
+      </c>
+      <c r="F330" s="5">
+        <v>766</v>
+      </c>
+      <c r="G330" s="5">
+        <v>1738</v>
+      </c>
+      <c r="H330" s="5">
+        <v>78</v>
+      </c>
+      <c r="I330" s="5">
+        <v>132</v>
+      </c>
+      <c r="J330" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K330" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L330" s="5">
+        <v>83</v>
+      </c>
+      <c r="M330" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="N330" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O330" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="331" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B331" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="D331" s="6">
+        <v>45015</v>
+      </c>
+      <c r="E331" s="5">
+        <v>132</v>
+      </c>
+      <c r="F331" s="5">
+        <v>759</v>
+      </c>
+      <c r="G331" s="5">
+        <v>3188</v>
+      </c>
+      <c r="H331" s="5">
+        <v>82</v>
+      </c>
+      <c r="I331" s="5">
+        <v>67</v>
+      </c>
+      <c r="J331" s="5">
+        <v>139</v>
+      </c>
+      <c r="K331" s="5">
+        <v>969</v>
+      </c>
+      <c r="L331" s="5">
+        <v>90</v>
+      </c>
+      <c r="M331" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N331" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O331" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="332" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B332" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="D332" s="6">
+        <v>44524</v>
+      </c>
+      <c r="E332" s="5">
+        <v>132</v>
+      </c>
+      <c r="F332" s="5">
+        <v>759</v>
+      </c>
+      <c r="G332" s="5">
+        <v>1352</v>
+      </c>
+      <c r="H332" s="5">
+        <v>78</v>
+      </c>
+      <c r="I332" s="5">
+        <v>109</v>
+      </c>
+      <c r="J332" s="5">
+        <v>226</v>
+      </c>
+      <c r="K332" s="5">
+        <v>-200</v>
+      </c>
+      <c r="L332" s="5">
+        <v>79</v>
+      </c>
+      <c r="M332" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N332" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="O332" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="333" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B333" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="D333" s="6">
+        <v>44214</v>
+      </c>
+      <c r="E333" s="5">
+        <v>132</v>
+      </c>
+      <c r="F333" s="5">
+        <v>752</v>
+      </c>
+      <c r="G333" s="5">
+        <v>1749</v>
+      </c>
+      <c r="H333" s="5">
+        <v>80</v>
+      </c>
+      <c r="I333" s="5">
+        <v>111</v>
+      </c>
+      <c r="J333" s="5">
+        <v>524</v>
+      </c>
+      <c r="K333" s="5">
+        <v>1709</v>
+      </c>
+      <c r="L333" s="5">
+        <v>86</v>
+      </c>
+      <c r="M333" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N333" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="O333" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="334" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B334" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="D334" s="6">
+        <v>44922</v>
+      </c>
+      <c r="E334" s="5">
+        <v>132</v>
+      </c>
+      <c r="F334" s="5">
+        <v>723</v>
+      </c>
+      <c r="G334" s="5">
+        <v>2671</v>
+      </c>
+      <c r="H334" s="5">
+        <v>83</v>
+      </c>
+      <c r="I334" s="5">
+        <v>114</v>
+      </c>
+      <c r="J334" s="5">
+        <v>329</v>
+      </c>
+      <c r="K334" s="5">
+        <v>1061</v>
+      </c>
+      <c r="L334" s="5">
+        <v>78</v>
+      </c>
+      <c r="M334" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N334" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="O334" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="335" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B335" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="D335" s="6">
+        <v>44703</v>
+      </c>
+      <c r="E335" s="5">
+        <v>132</v>
+      </c>
+      <c r="F335" s="5">
+        <v>701</v>
+      </c>
+      <c r="G335" s="5">
+        <v>3778</v>
+      </c>
+      <c r="H335" s="5">
+        <v>84</v>
+      </c>
+      <c r="I335" s="5">
+        <v>130</v>
+      </c>
+      <c r="J335" s="5">
+        <v>286</v>
+      </c>
+      <c r="K335" s="5">
+        <v>1260</v>
+      </c>
+      <c r="L335" s="5">
+        <v>84</v>
+      </c>
+      <c r="M335" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="N335" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O335" s="5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="336" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B336" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="D336" s="6">
+        <v>45234</v>
+      </c>
+      <c r="E336" s="5">
+        <v>132</v>
+      </c>
+      <c r="F336" s="5">
+        <v>677</v>
+      </c>
+      <c r="G336" s="5">
+        <v>3527</v>
+      </c>
+      <c r="H336" s="5">
+        <v>80</v>
+      </c>
+      <c r="I336" s="5">
+        <v>82</v>
+      </c>
+      <c r="J336" s="5">
+        <v>345</v>
+      </c>
+      <c r="K336" s="5">
+        <v>170</v>
+      </c>
+      <c r="L336" s="5">
+        <v>83</v>
+      </c>
+      <c r="M336" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N336" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O336" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="337" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B337" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="D337" s="6">
+        <v>43786</v>
+      </c>
+      <c r="E337" s="5">
+        <v>132</v>
+      </c>
+      <c r="F337" s="5">
+        <v>629</v>
+      </c>
+      <c r="G337" s="5">
+        <v>1243</v>
+      </c>
+      <c r="H337" s="5">
+        <v>79</v>
+      </c>
+      <c r="I337" s="5">
+        <v>99</v>
+      </c>
+      <c r="J337" s="5">
+        <v>220</v>
+      </c>
+      <c r="K337" s="5">
+        <v>1084</v>
+      </c>
+      <c r="L337" s="5">
+        <v>76</v>
+      </c>
+      <c r="M337" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N337" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="O337" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="338" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B338" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="D338" s="6">
+        <v>44266</v>
+      </c>
+      <c r="E338" s="5">
+        <v>132</v>
+      </c>
+      <c r="F338" s="5">
+        <v>570</v>
+      </c>
+      <c r="G338" s="5">
+        <v>2171</v>
+      </c>
+      <c r="H338" s="5">
+        <v>84</v>
+      </c>
+      <c r="I338" s="5">
+        <v>111</v>
+      </c>
+      <c r="J338" s="5">
+        <v>737</v>
+      </c>
+      <c r="K338" s="5">
+        <v>6552</v>
+      </c>
+      <c r="L338" s="5">
+        <v>81</v>
+      </c>
+      <c r="M338" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="N338" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="O338" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="339" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B339" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="C339" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="D339" s="6">
+        <v>44361</v>
+      </c>
+      <c r="E339" s="5">
+        <v>132</v>
+      </c>
+      <c r="F339" s="5">
+        <v>516</v>
+      </c>
+      <c r="G339" s="5">
+        <v>1510</v>
+      </c>
+      <c r="H339" s="5">
+        <v>83</v>
+      </c>
+      <c r="I339" s="5">
+        <v>25</v>
+      </c>
+      <c r="J339" s="5">
+        <v>-469</v>
+      </c>
+      <c r="K339" s="5">
+        <v>-1563</v>
+      </c>
+      <c r="L339" s="5">
+        <v>81</v>
+      </c>
+      <c r="M339" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N339" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O339" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="340" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B340" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="C340" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="D340" s="6">
+        <v>44687</v>
+      </c>
+      <c r="E340" s="5">
+        <v>132</v>
+      </c>
+      <c r="F340" s="5">
+        <v>461</v>
+      </c>
+      <c r="G340" s="5">
+        <v>633</v>
+      </c>
+      <c r="H340" s="5">
+        <v>76</v>
+      </c>
+      <c r="I340" s="5">
+        <v>124</v>
+      </c>
+      <c r="J340" s="5">
+        <v>311</v>
+      </c>
+      <c r="K340" s="5">
+        <v>-36</v>
+      </c>
+      <c r="L340" s="5">
+        <v>77</v>
+      </c>
+      <c r="M340" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="N340" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="O340" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="341" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B341" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="D341" s="6">
+        <v>44777</v>
+      </c>
+      <c r="E341" s="5">
+        <v>132</v>
+      </c>
+      <c r="F341" s="5">
+        <v>443</v>
+      </c>
+      <c r="G341" s="5">
+        <v>2771</v>
+      </c>
+      <c r="H341" s="5">
+        <v>85</v>
+      </c>
+      <c r="I341" s="5">
+        <v>117</v>
+      </c>
+      <c r="J341" s="5">
+        <v>136</v>
+      </c>
+      <c r="K341" s="5">
+        <v>1255</v>
+      </c>
+      <c r="L341" s="5">
+        <v>81</v>
+      </c>
+      <c r="M341" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="N341" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="O341" s="5" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="342" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B342" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D342" s="6">
+        <v>45016</v>
+      </c>
+      <c r="E342" s="5">
+        <v>132</v>
+      </c>
+      <c r="F342" s="5">
+        <v>404</v>
+      </c>
+      <c r="G342" s="5">
+        <v>1881</v>
+      </c>
+      <c r="H342" s="5">
+        <v>80</v>
+      </c>
+      <c r="I342" s="5">
+        <v>35</v>
+      </c>
+      <c r="J342" s="5">
+        <v>-83</v>
+      </c>
+      <c r="K342" s="5">
+        <v>-690</v>
+      </c>
+      <c r="L342" s="5">
+        <v>87</v>
+      </c>
+      <c r="M342" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N342" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O342" s="5" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="343" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B343" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="C343" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="D343" s="6">
+        <v>44150</v>
+      </c>
+      <c r="E343" s="5">
+        <v>132</v>
+      </c>
+      <c r="F343" s="5">
+        <v>395</v>
+      </c>
+      <c r="G343" s="5">
+        <v>1769</v>
+      </c>
+      <c r="H343" s="5">
+        <v>86</v>
+      </c>
+      <c r="I343" s="5">
+        <v>106</v>
+      </c>
+      <c r="J343" s="5">
+        <v>676</v>
+      </c>
+      <c r="K343" s="5">
+        <v>2101</v>
+      </c>
+      <c r="L343" s="5">
+        <v>77</v>
+      </c>
+      <c r="M343" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N343" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O343" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="344" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B344" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="C344" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="D344" s="6">
+        <v>44486</v>
+      </c>
+      <c r="E344" s="5">
+        <v>132</v>
+      </c>
+      <c r="F344" s="5">
+        <v>379</v>
+      </c>
+      <c r="G344" s="5">
+        <v>3972</v>
+      </c>
+      <c r="H344" s="5">
+        <v>75</v>
+      </c>
+      <c r="I344" s="5">
+        <v>119</v>
+      </c>
+      <c r="J344" s="5">
+        <v>324</v>
+      </c>
+      <c r="K344" s="5">
+        <v>436</v>
+      </c>
+      <c r="L344" s="5">
+        <v>81</v>
+      </c>
+      <c r="M344" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="N344" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="O344" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="345" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B345" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="D345" s="6">
+        <v>44757</v>
+      </c>
+      <c r="E345" s="5">
+        <v>132</v>
+      </c>
+      <c r="F345" s="5">
+        <v>352</v>
+      </c>
+      <c r="G345" s="5">
+        <v>514</v>
+      </c>
+      <c r="H345" s="5">
+        <v>83</v>
+      </c>
+      <c r="I345" s="5">
+        <v>90</v>
+      </c>
+      <c r="J345" s="5">
+        <v>-296</v>
+      </c>
+      <c r="K345" s="5">
+        <v>-2233</v>
+      </c>
+      <c r="L345" s="5">
+        <v>69</v>
+      </c>
+      <c r="M345" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N345" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="O345" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="346" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B346" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="C346" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="D346" s="6">
+        <v>45093</v>
+      </c>
+      <c r="E346" s="5">
+        <v>132</v>
+      </c>
+      <c r="F346" s="5">
+        <v>328</v>
+      </c>
+      <c r="G346" s="5">
+        <v>-2590</v>
+      </c>
+      <c r="H346" s="5">
+        <v>78</v>
+      </c>
+      <c r="I346" s="5">
+        <v>70</v>
+      </c>
+      <c r="J346" s="5">
+        <v>-287</v>
+      </c>
+      <c r="K346" s="5">
+        <v>220</v>
+      </c>
+      <c r="L346" s="5">
+        <v>82</v>
+      </c>
+      <c r="M346" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N346" s="5" t="s">
         <v>922</v>
       </c>
-      <c r="L4" s="6">
+      <c r="O346" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="347" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B347" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="C347" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="D347" s="6">
+        <v>44088</v>
+      </c>
+      <c r="E347" s="5">
+        <v>132</v>
+      </c>
+      <c r="F347" s="5">
+        <v>317</v>
+      </c>
+      <c r="G347" s="5">
+        <v>-322</v>
+      </c>
+      <c r="H347" s="5">
+        <v>82</v>
+      </c>
+      <c r="I347" s="5">
+        <v>45</v>
+      </c>
+      <c r="J347" s="5">
+        <v>-539</v>
+      </c>
+      <c r="K347" s="5">
+        <v>-1715</v>
+      </c>
+      <c r="L347" s="5">
+        <v>84</v>
+      </c>
+      <c r="M347" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N347" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O347" s="5" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="348" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B348" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="C348" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="D348" s="6">
+        <v>44188</v>
+      </c>
+      <c r="E348" s="5">
+        <v>132</v>
+      </c>
+      <c r="F348" s="5">
+        <v>265</v>
+      </c>
+      <c r="G348" s="5">
+        <v>1438</v>
+      </c>
+      <c r="H348" s="5">
+        <v>65</v>
+      </c>
+      <c r="I348" s="5">
+        <v>96</v>
+      </c>
+      <c r="J348" s="5">
+        <v>208</v>
+      </c>
+      <c r="K348" s="5">
+        <v>1350</v>
+      </c>
+      <c r="L348" s="5">
+        <v>82</v>
+      </c>
+      <c r="M348" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N348" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="O348" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="349" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B349" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="D349" s="6">
+        <v>45151</v>
+      </c>
+      <c r="E349" s="5">
+        <v>132</v>
+      </c>
+      <c r="F349" s="5">
+        <v>215</v>
+      </c>
+      <c r="G349" s="5">
+        <v>-821</v>
+      </c>
+      <c r="H349" s="5">
+        <v>75</v>
+      </c>
+      <c r="I349" s="5">
+        <v>82</v>
+      </c>
+      <c r="J349" s="5">
+        <v>-166</v>
+      </c>
+      <c r="K349" s="5">
+        <v>-755</v>
+      </c>
+      <c r="L349" s="5">
+        <v>82</v>
+      </c>
+      <c r="M349" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N349" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O349" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="350" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B350" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="D350" s="6">
+        <v>44762</v>
+      </c>
+      <c r="E350" s="5">
+        <v>132</v>
+      </c>
+      <c r="F350" s="5">
+        <v>-163</v>
+      </c>
+      <c r="G350" s="5">
+        <v>-963</v>
+      </c>
+      <c r="H350" s="5">
+        <v>81</v>
+      </c>
+      <c r="I350" s="5">
+        <v>90</v>
+      </c>
+      <c r="J350" s="5">
+        <v>-296</v>
+      </c>
+      <c r="K350" s="5">
+        <v>-2233</v>
+      </c>
+      <c r="L350" s="5">
+        <v>69</v>
+      </c>
+      <c r="M350" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N350" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="O350" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="351" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B351" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="D351" s="6">
+        <v>43538</v>
+      </c>
+      <c r="E351" s="5">
+        <v>132</v>
+      </c>
+      <c r="F351" s="5">
+        <v>-210</v>
+      </c>
+      <c r="G351" s="5">
+        <v>-78</v>
+      </c>
+      <c r="H351" s="5">
+        <v>82</v>
+      </c>
+      <c r="I351" s="5">
+        <v>145</v>
+      </c>
+      <c r="J351" s="5">
+        <v>308</v>
+      </c>
+      <c r="K351" s="5">
+        <v>-683</v>
+      </c>
+      <c r="L351" s="5">
         <v>85</v>
       </c>
-      <c r="M4" s="6" t="s">
+      <c r="M351" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N351" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O351" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="352" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B352" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="D352" s="6">
+        <v>45018</v>
+      </c>
+      <c r="E352" s="5">
+        <v>131</v>
+      </c>
+      <c r="F352" s="5">
+        <v>1269</v>
+      </c>
+      <c r="G352" s="5">
+        <v>4368</v>
+      </c>
+      <c r="H352" s="5">
+        <v>77</v>
+      </c>
+      <c r="I352" s="5">
+        <v>106</v>
+      </c>
+      <c r="J352" s="5">
+        <v>667</v>
+      </c>
+      <c r="K352" s="5">
+        <v>862</v>
+      </c>
+      <c r="L352" s="5">
+        <v>90</v>
+      </c>
+      <c r="M352" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N352" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O352" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="353" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B353" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="C353" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D353" s="6">
+        <v>45040</v>
+      </c>
+      <c r="E353" s="5">
+        <v>131</v>
+      </c>
+      <c r="F353" s="5">
+        <v>1069</v>
+      </c>
+      <c r="G353" s="5">
+        <v>339</v>
+      </c>
+      <c r="H353" s="5">
+        <v>76</v>
+      </c>
+      <c r="I353" s="5">
+        <v>119</v>
+      </c>
+      <c r="J353" s="5">
+        <v>659</v>
+      </c>
+      <c r="K353" s="5">
+        <v>1462</v>
+      </c>
+      <c r="L353" s="5">
+        <v>84</v>
+      </c>
+      <c r="M353" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N353" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="O353" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="354" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B354" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="D354" s="6">
+        <v>44573</v>
+      </c>
+      <c r="E354" s="5">
+        <v>131</v>
+      </c>
+      <c r="F354" s="5">
+        <v>1037</v>
+      </c>
+      <c r="G354" s="5">
+        <v>2186</v>
+      </c>
+      <c r="H354" s="5">
+        <v>77</v>
+      </c>
+      <c r="I354" s="5">
+        <v>121</v>
+      </c>
+      <c r="J354" s="5">
+        <v>634</v>
+      </c>
+      <c r="K354" s="5">
+        <v>1355</v>
+      </c>
+      <c r="L354" s="5">
+        <v>88</v>
+      </c>
+      <c r="M354" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="N354" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O354" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="355" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B355" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="D355" s="6">
+        <v>44812</v>
+      </c>
+      <c r="E355" s="5">
+        <v>131</v>
+      </c>
+      <c r="F355" s="5">
+        <v>1007</v>
+      </c>
+      <c r="G355" s="5">
+        <v>1290</v>
+      </c>
+      <c r="H355" s="5">
+        <v>79</v>
+      </c>
+      <c r="I355" s="5">
+        <v>104</v>
+      </c>
+      <c r="J355" s="5">
+        <v>678</v>
+      </c>
+      <c r="K355" s="5">
+        <v>-1126</v>
+      </c>
+      <c r="L355" s="5">
+        <v>77</v>
+      </c>
+      <c r="M355" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N355" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O355" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="356" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B356" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="D356" s="6">
+        <v>44273</v>
+      </c>
+      <c r="E356" s="5">
+        <v>131</v>
+      </c>
+      <c r="F356" s="5">
+        <v>956</v>
+      </c>
+      <c r="G356" s="5">
+        <v>3373</v>
+      </c>
+      <c r="H356" s="5">
+        <v>84</v>
+      </c>
+      <c r="I356" s="5">
+        <v>119</v>
+      </c>
+      <c r="J356" s="5">
+        <v>779</v>
+      </c>
+      <c r="K356" s="5">
+        <v>1769</v>
+      </c>
+      <c r="L356" s="5">
+        <v>92</v>
+      </c>
+      <c r="M356" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="N356" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O356" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="357" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B357" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="C357" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="D357" s="6">
+        <v>45128</v>
+      </c>
+      <c r="E357" s="5">
+        <v>131</v>
+      </c>
+      <c r="F357" s="5">
+        <v>930</v>
+      </c>
+      <c r="G357" s="5">
+        <v>5338</v>
+      </c>
+      <c r="H357" s="5">
+        <v>78</v>
+      </c>
+      <c r="I357" s="5">
+        <v>66</v>
+      </c>
+      <c r="J357" s="5">
+        <v>-67</v>
+      </c>
+      <c r="K357" s="5">
+        <v>-391</v>
+      </c>
+      <c r="L357" s="5">
+        <v>82</v>
+      </c>
+      <c r="M357" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="N4" s="6" t="s">
+      <c r="N357" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O357" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="358" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B358" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="D358" s="6">
+        <v>44850</v>
+      </c>
+      <c r="E358" s="5">
+        <v>131</v>
+      </c>
+      <c r="F358" s="5">
+        <v>922</v>
+      </c>
+      <c r="G358" s="5">
+        <v>2117</v>
+      </c>
+      <c r="H358" s="5">
+        <v>80</v>
+      </c>
+      <c r="I358" s="5">
+        <v>118</v>
+      </c>
+      <c r="J358" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K358" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L358" s="5">
+        <v>64</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N358" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O358" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="359" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B359" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="D359" s="6">
+        <v>44494</v>
+      </c>
+      <c r="E359" s="5">
+        <v>131</v>
+      </c>
+      <c r="F359" s="5">
+        <v>832</v>
+      </c>
+      <c r="G359" s="5">
+        <v>1866</v>
+      </c>
+      <c r="H359" s="5">
+        <v>79</v>
+      </c>
+      <c r="I359" s="5">
+        <v>145</v>
+      </c>
+      <c r="J359" s="5">
+        <v>308</v>
+      </c>
+      <c r="K359" s="5">
+        <v>-683</v>
+      </c>
+      <c r="L359" s="5">
+        <v>85</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N359" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O359" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="360" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B360" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="C360" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="D360" s="6">
+        <v>45036</v>
+      </c>
+      <c r="E360" s="5">
+        <v>131</v>
+      </c>
+      <c r="F360" s="5">
+        <v>821</v>
+      </c>
+      <c r="G360" s="5">
+        <v>3866</v>
+      </c>
+      <c r="H360" s="5">
+        <v>79</v>
+      </c>
+      <c r="I360" s="5">
+        <v>85</v>
+      </c>
+      <c r="J360" s="5">
+        <v>541</v>
+      </c>
+      <c r="K360" s="5">
+        <v>2232</v>
+      </c>
+      <c r="L360" s="5">
+        <v>85</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N360" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="O360" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="361" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B361" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="C361" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="D361" s="6">
+        <v>44398</v>
+      </c>
+      <c r="E361" s="5">
+        <v>131</v>
+      </c>
+      <c r="F361" s="5">
+        <v>799</v>
+      </c>
+      <c r="G361" s="5">
+        <v>1972</v>
+      </c>
+      <c r="H361" s="5">
+        <v>86</v>
+      </c>
+      <c r="I361" s="5">
+        <v>91</v>
+      </c>
+      <c r="J361" s="5">
+        <v>236</v>
+      </c>
+      <c r="K361" s="5">
+        <v>497</v>
+      </c>
+      <c r="L361" s="5">
+        <v>82</v>
+      </c>
+      <c r="M361" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="O4" s="6" t="s">
+      <c r="N361" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="O361" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="362" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B362" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="D362" s="6">
+        <v>44873</v>
+      </c>
+      <c r="E362" s="5">
+        <v>131</v>
+      </c>
+      <c r="F362" s="5">
+        <v>794</v>
+      </c>
+      <c r="G362" s="5">
+        <v>1618</v>
+      </c>
+      <c r="H362" s="5">
+        <v>80</v>
+      </c>
+      <c r="I362" s="5">
+        <v>140</v>
+      </c>
+      <c r="J362" s="5">
+        <v>436</v>
+      </c>
+      <c r="K362" s="5">
+        <v>1365</v>
+      </c>
+      <c r="L362" s="5">
+        <v>86</v>
+      </c>
+      <c r="M362" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N362" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O362" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="363" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B363" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="D363" s="6">
+        <v>45094</v>
+      </c>
+      <c r="E363" s="5">
+        <v>131</v>
+      </c>
+      <c r="F363" s="5">
+        <v>793</v>
+      </c>
+      <c r="G363" s="5">
+        <v>2933</v>
+      </c>
+      <c r="H363" s="5">
+        <v>74</v>
+      </c>
+      <c r="I363" s="5">
+        <v>85</v>
+      </c>
+      <c r="J363" s="5">
+        <v>411</v>
+      </c>
+      <c r="K363" s="5">
+        <v>703</v>
+      </c>
+      <c r="L363" s="5">
+        <v>79</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N363" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="O363" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="364" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B364" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="D364" s="6">
+        <v>45028</v>
+      </c>
+      <c r="E364" s="5">
+        <v>131</v>
+      </c>
+      <c r="F364" s="5">
+        <v>775</v>
+      </c>
+      <c r="G364" s="5">
+        <v>1523</v>
+      </c>
+      <c r="H364" s="5">
+        <v>79</v>
+      </c>
+      <c r="I364" s="5">
+        <v>90</v>
+      </c>
+      <c r="J364" s="5">
+        <v>-97</v>
+      </c>
+      <c r="K364" s="5">
+        <v>395</v>
+      </c>
+      <c r="L364" s="5">
+        <v>83</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N364" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="O364" s="5" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="365" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B365" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="D365" s="6">
+        <v>44232</v>
+      </c>
+      <c r="E365" s="5">
+        <v>131</v>
+      </c>
+      <c r="F365" s="5">
+        <v>733</v>
+      </c>
+      <c r="G365" s="5">
+        <v>1068</v>
+      </c>
+      <c r="H365" s="5">
+        <v>87</v>
+      </c>
+      <c r="I365" s="5">
+        <v>85</v>
+      </c>
+      <c r="J365" s="5">
+        <v>-33</v>
+      </c>
+      <c r="K365" s="5">
+        <v>49</v>
+      </c>
+      <c r="L365" s="5">
+        <v>86</v>
+      </c>
+      <c r="M365" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N365" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O365" s="5" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C5" s="6" t="s">
+    <row r="366" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B366" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="C366" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="D366" s="6">
+        <v>44589</v>
+      </c>
+      <c r="E366" s="5">
+        <v>131</v>
+      </c>
+      <c r="F366" s="5">
+        <v>683</v>
+      </c>
+      <c r="G366" s="5">
+        <v>2268</v>
+      </c>
+      <c r="H366" s="5">
+        <v>86</v>
+      </c>
+      <c r="I366" s="5">
+        <v>79</v>
+      </c>
+      <c r="J366" s="5">
+        <v>438</v>
+      </c>
+      <c r="K366" s="5">
+        <v>374</v>
+      </c>
+      <c r="L366" s="5">
+        <v>82</v>
+      </c>
+      <c r="M366" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N366" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O366" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="367" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B367" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="D367" s="6">
+        <v>44483</v>
+      </c>
+      <c r="E367" s="5">
+        <v>131</v>
+      </c>
+      <c r="F367" s="5">
+        <v>678</v>
+      </c>
+      <c r="G367" s="5">
+        <v>2044</v>
+      </c>
+      <c r="H367" s="5">
+        <v>76</v>
+      </c>
+      <c r="I367" s="5">
+        <v>47</v>
+      </c>
+      <c r="J367" s="5">
+        <v>-47</v>
+      </c>
+      <c r="K367" s="5">
+        <v>807</v>
+      </c>
+      <c r="L367" s="5">
+        <v>81</v>
+      </c>
+      <c r="M367" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N367" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="O367" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="368" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B368" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="D368" s="6">
+        <v>43945</v>
+      </c>
+      <c r="E368" s="5">
+        <v>131</v>
+      </c>
+      <c r="F368" s="5">
+        <v>664</v>
+      </c>
+      <c r="G368" s="5">
+        <v>2266</v>
+      </c>
+      <c r="H368" s="5">
+        <v>83</v>
+      </c>
+      <c r="I368" s="5">
+        <v>117</v>
+      </c>
+      <c r="J368" s="5">
+        <v>410</v>
+      </c>
+      <c r="K368" s="5">
+        <v>958</v>
+      </c>
+      <c r="L368" s="5">
+        <v>79</v>
+      </c>
+      <c r="M368" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="N368" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O368" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="369" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B369" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="D369" s="6">
+        <v>44927</v>
+      </c>
+      <c r="E369" s="5">
+        <v>131</v>
+      </c>
+      <c r="F369" s="5">
+        <v>638</v>
+      </c>
+      <c r="G369" s="5">
+        <v>2405</v>
+      </c>
+      <c r="H369" s="5">
+        <v>84</v>
+      </c>
+      <c r="I369" s="5">
+        <v>97</v>
+      </c>
+      <c r="J369" s="5">
+        <v>367</v>
+      </c>
+      <c r="K369" s="5">
+        <v>1391</v>
+      </c>
+      <c r="L369" s="5">
+        <v>90</v>
+      </c>
+      <c r="M369" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="N369" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="O369" s="5" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="370" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B370" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="D370" s="6">
+        <v>44204</v>
+      </c>
+      <c r="E370" s="5">
+        <v>131</v>
+      </c>
+      <c r="F370" s="5">
+        <v>637</v>
+      </c>
+      <c r="G370" s="5">
+        <v>2622</v>
+      </c>
+      <c r="H370" s="5">
+        <v>84</v>
+      </c>
+      <c r="I370" s="5">
+        <v>68</v>
+      </c>
+      <c r="J370" s="5">
+        <v>30</v>
+      </c>
+      <c r="K370" s="5">
+        <v>396</v>
+      </c>
+      <c r="L370" s="5">
+        <v>86</v>
+      </c>
+      <c r="M370" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N370" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="O370" s="5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="371" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B371" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="D371" s="6">
+        <v>45022</v>
+      </c>
+      <c r="E371" s="5">
+        <v>131</v>
+      </c>
+      <c r="F371" s="5">
+        <v>585</v>
+      </c>
+      <c r="G371" s="5">
+        <v>1506</v>
+      </c>
+      <c r="H371" s="5">
+        <v>82</v>
+      </c>
+      <c r="I371" s="5">
+        <v>111</v>
+      </c>
+      <c r="J371" s="5">
+        <v>699</v>
+      </c>
+      <c r="K371" s="5">
+        <v>-1279</v>
+      </c>
+      <c r="L371" s="5">
+        <v>69</v>
+      </c>
+      <c r="M371" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N371" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="O371" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="372" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B372" s="5" t="s">
+        <v>985</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="D372" s="6">
+        <v>44784</v>
+      </c>
+      <c r="E372" s="5">
+        <v>131</v>
+      </c>
+      <c r="F372" s="5">
+        <v>571</v>
+      </c>
+      <c r="G372" s="5">
+        <v>932</v>
+      </c>
+      <c r="H372" s="5">
+        <v>83</v>
+      </c>
+      <c r="I372" s="5">
+        <v>81</v>
+      </c>
+      <c r="J372" s="5">
+        <v>565</v>
+      </c>
+      <c r="K372" s="5">
+        <v>573</v>
+      </c>
+      <c r="L372" s="5">
+        <v>67</v>
+      </c>
+      <c r="M372" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N372" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O372" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="373" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B373" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="D373" s="6">
+        <v>44693</v>
+      </c>
+      <c r="E373" s="5">
+        <v>131</v>
+      </c>
+      <c r="F373" s="5">
+        <v>560</v>
+      </c>
+      <c r="G373" s="5">
+        <v>852</v>
+      </c>
+      <c r="H373" s="5">
+        <v>85</v>
+      </c>
+      <c r="I373" s="5">
+        <v>110</v>
+      </c>
+      <c r="J373" s="5">
+        <v>228</v>
+      </c>
+      <c r="K373" s="5">
+        <v>433</v>
+      </c>
+      <c r="L373" s="5">
+        <v>90</v>
+      </c>
+      <c r="M373" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N373" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O373" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="374" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B374" s="5" t="s">
+        <v>989</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="D374" s="6">
+        <v>44760</v>
+      </c>
+      <c r="E374" s="5">
+        <v>131</v>
+      </c>
+      <c r="F374" s="5">
+        <v>525</v>
+      </c>
+      <c r="G374" s="5">
+        <v>-16</v>
+      </c>
+      <c r="H374" s="5">
+        <v>83</v>
+      </c>
+      <c r="I374" s="5">
+        <v>86</v>
+      </c>
+      <c r="J374" s="5">
+        <v>768</v>
+      </c>
+      <c r="K374" s="5">
+        <v>2274</v>
+      </c>
+      <c r="L374" s="5">
+        <v>83</v>
+      </c>
+      <c r="M374" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N374" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O374" s="5" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="375" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B375" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="D375" s="6">
+        <v>43896</v>
+      </c>
+      <c r="E375" s="5">
+        <v>131</v>
+      </c>
+      <c r="F375" s="5">
+        <v>511</v>
+      </c>
+      <c r="G375" s="5">
+        <v>1531</v>
+      </c>
+      <c r="H375" s="5">
+        <v>84</v>
+      </c>
+      <c r="I375" s="5">
+        <v>101</v>
+      </c>
+      <c r="J375" s="5">
+        <v>159</v>
+      </c>
+      <c r="K375" s="5">
+        <v>37</v>
+      </c>
+      <c r="L375" s="5">
+        <v>81</v>
+      </c>
+      <c r="M375" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N375" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="O375" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="376" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B376" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="D376" s="6">
+        <v>44839</v>
+      </c>
+      <c r="E376" s="5">
+        <v>131</v>
+      </c>
+      <c r="F376" s="5">
+        <v>459</v>
+      </c>
+      <c r="G376" s="5">
+        <v>3655</v>
+      </c>
+      <c r="H376" s="5">
+        <v>84</v>
+      </c>
+      <c r="I376" s="5">
+        <v>111</v>
+      </c>
+      <c r="J376" s="5">
+        <v>-219</v>
+      </c>
+      <c r="K376" s="5">
+        <v>51</v>
+      </c>
+      <c r="L376" s="5">
+        <v>85</v>
+      </c>
+      <c r="M376" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="N376" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O376" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="377" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B377" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="D377" s="6">
+        <v>45136</v>
+      </c>
+      <c r="E377" s="5">
+        <v>131</v>
+      </c>
+      <c r="F377" s="5">
+        <v>416</v>
+      </c>
+      <c r="G377" s="5">
+        <v>4076</v>
+      </c>
+      <c r="H377" s="5">
+        <v>79</v>
+      </c>
+      <c r="I377" s="5">
+        <v>105</v>
+      </c>
+      <c r="J377" s="5">
+        <v>233</v>
+      </c>
+      <c r="K377" s="5">
+        <v>1101</v>
+      </c>
+      <c r="L377" s="5">
+        <v>80</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N377" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O377" s="5" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="378" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B378" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="D378" s="6">
+        <v>45018</v>
+      </c>
+      <c r="E378" s="5">
+        <v>131</v>
+      </c>
+      <c r="F378" s="5">
+        <v>391</v>
+      </c>
+      <c r="G378" s="5">
+        <v>3217</v>
+      </c>
+      <c r="H378" s="5">
+        <v>82</v>
+      </c>
+      <c r="I378" s="5">
+        <v>122</v>
+      </c>
+      <c r="J378" s="5">
+        <v>493</v>
+      </c>
+      <c r="K378" s="5">
+        <v>1306</v>
+      </c>
+      <c r="L378" s="5">
+        <v>82</v>
+      </c>
+      <c r="M378" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="N378" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O378" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="379" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B379" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C379" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D379" s="6">
+        <v>45065</v>
+      </c>
+      <c r="E379" s="5">
+        <v>131</v>
+      </c>
+      <c r="F379" s="5">
+        <v>371</v>
+      </c>
+      <c r="G379" s="5">
+        <v>1244</v>
+      </c>
+      <c r="H379" s="5">
+        <v>78</v>
+      </c>
+      <c r="I379" s="5">
+        <v>82</v>
+      </c>
+      <c r="J379" s="5">
+        <v>-63</v>
+      </c>
+      <c r="K379" s="5">
+        <v>201</v>
+      </c>
+      <c r="L379" s="5">
+        <v>79</v>
+      </c>
+      <c r="M379" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N379" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O379" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="380" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B380" s="5" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C380" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D380" s="6">
+        <v>44131</v>
+      </c>
+      <c r="E380" s="5">
+        <v>131</v>
+      </c>
+      <c r="F380" s="5">
+        <v>348</v>
+      </c>
+      <c r="G380" s="5">
+        <v>1639</v>
+      </c>
+      <c r="H380" s="5">
+        <v>82</v>
+      </c>
+      <c r="I380" s="5">
+        <v>112</v>
+      </c>
+      <c r="J380" s="5">
+        <v>684</v>
+      </c>
+      <c r="K380" s="5">
+        <v>1930</v>
+      </c>
+      <c r="L380" s="5">
+        <v>78</v>
+      </c>
+      <c r="M380" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N380" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O380" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="381" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B381" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C381" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D381" s="6">
+        <v>44297</v>
+      </c>
+      <c r="E381" s="5">
+        <v>131</v>
+      </c>
+      <c r="F381" s="5">
+        <v>257</v>
+      </c>
+      <c r="G381" s="5">
+        <v>1040</v>
+      </c>
+      <c r="H381" s="5">
+        <v>88</v>
+      </c>
+      <c r="I381" s="5">
+        <v>94</v>
+      </c>
+      <c r="J381" s="5">
+        <v>42</v>
+      </c>
+      <c r="K381" s="5">
+        <v>627</v>
+      </c>
+      <c r="L381" s="5">
+        <v>88</v>
+      </c>
+      <c r="M381" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N381" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O381" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="382" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B382" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C382" s="5" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D382" s="6">
+        <v>44865</v>
+      </c>
+      <c r="E382" s="5">
+        <v>131</v>
+      </c>
+      <c r="F382" s="5">
+        <v>251</v>
+      </c>
+      <c r="G382" s="5">
+        <v>-1118</v>
+      </c>
+      <c r="H382" s="5">
+        <v>78</v>
+      </c>
+      <c r="I382" s="5">
+        <v>85</v>
+      </c>
+      <c r="J382" s="5">
+        <v>-241</v>
+      </c>
+      <c r="K382" s="5">
+        <v>-268</v>
+      </c>
+      <c r="L382" s="5">
+        <v>85</v>
+      </c>
+      <c r="M382" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N382" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="O382" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="383" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B383" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C383" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D383" s="6">
+        <v>43978</v>
+      </c>
+      <c r="E383" s="5">
+        <v>131</v>
+      </c>
+      <c r="F383" s="5">
+        <v>51</v>
+      </c>
+      <c r="G383" s="5">
+        <v>-590</v>
+      </c>
+      <c r="H383" s="5">
+        <v>82</v>
+      </c>
+      <c r="I383" s="5">
+        <v>81</v>
+      </c>
+      <c r="J383" s="5">
+        <v>-24</v>
+      </c>
+      <c r="K383" s="5">
+        <v>312</v>
+      </c>
+      <c r="L383" s="5">
+        <v>76</v>
+      </c>
+      <c r="M383" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N383" s="5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="O383" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="384" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B384" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C384" s="5" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D384" s="6">
+        <v>44835</v>
+      </c>
+      <c r="E384" s="5">
+        <v>130</v>
+      </c>
+      <c r="F384" s="5">
+        <v>1213</v>
+      </c>
+      <c r="G384" s="5">
+        <v>5180</v>
+      </c>
+      <c r="H384" s="5">
+        <v>85</v>
+      </c>
+      <c r="I384" s="5">
+        <v>68</v>
+      </c>
+      <c r="J384" s="5">
+        <v>833</v>
+      </c>
+      <c r="K384" s="5">
+        <v>1419</v>
+      </c>
+      <c r="L384" s="5">
+        <v>81</v>
+      </c>
+      <c r="M384" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N384" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O384" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="385" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B385" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C385" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D385" s="6">
+        <v>44932</v>
+      </c>
+      <c r="E385" s="5">
+        <v>130</v>
+      </c>
+      <c r="F385" s="5">
+        <v>997</v>
+      </c>
+      <c r="G385" s="5">
+        <v>7645</v>
+      </c>
+      <c r="H385" s="5">
+        <v>83</v>
+      </c>
+      <c r="I385" s="5">
+        <v>115</v>
+      </c>
+      <c r="J385" s="5">
+        <v>144</v>
+      </c>
+      <c r="K385" s="5">
+        <v>1139</v>
+      </c>
+      <c r="L385" s="5">
+        <v>86</v>
+      </c>
+      <c r="M385" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="N385" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O385" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="386" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B386" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D386" s="6">
+        <v>44842</v>
+      </c>
+      <c r="E386" s="5">
+        <v>130</v>
+      </c>
+      <c r="F386" s="5">
+        <v>928</v>
+      </c>
+      <c r="G386" s="5">
+        <v>3112</v>
+      </c>
+      <c r="H386" s="5">
+        <v>85</v>
+      </c>
+      <c r="I386" s="5">
+        <v>84</v>
+      </c>
+      <c r="J386" s="5">
+        <v>376</v>
+      </c>
+      <c r="K386" s="5">
+        <v>1223</v>
+      </c>
+      <c r="L386" s="5">
+        <v>85</v>
+      </c>
+      <c r="M386" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="N386" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O386" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="387" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B387" s="5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C387" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D387" s="6">
+        <v>44897</v>
+      </c>
+      <c r="E387" s="5">
+        <v>130</v>
+      </c>
+      <c r="F387" s="5">
+        <v>871</v>
+      </c>
+      <c r="G387" s="5">
+        <v>2729</v>
+      </c>
+      <c r="H387" s="5">
+        <v>77</v>
+      </c>
+      <c r="I387" s="5">
+        <v>113</v>
+      </c>
+      <c r="J387" s="5">
+        <v>640</v>
+      </c>
+      <c r="K387" s="5">
+        <v>2285</v>
+      </c>
+      <c r="L387" s="5">
+        <v>80</v>
+      </c>
+      <c r="M387" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N387" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O387" s="5" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="388" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B388" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C388" s="5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D388" s="6">
+        <v>44335</v>
+      </c>
+      <c r="E388" s="5">
+        <v>130</v>
+      </c>
+      <c r="F388" s="5">
+        <v>867</v>
+      </c>
+      <c r="G388" s="5">
+        <v>3290</v>
+      </c>
+      <c r="H388" s="5">
+        <v>87</v>
+      </c>
+      <c r="I388" s="5">
+        <v>90</v>
+      </c>
+      <c r="J388" s="5">
+        <v>139</v>
+      </c>
+      <c r="K388" s="5">
+        <v>376</v>
+      </c>
+      <c r="L388" s="5">
+        <v>92</v>
+      </c>
+      <c r="M388" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N388" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O388" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="389" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B389" s="5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C389" s="5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D389" s="6">
+        <v>45036</v>
+      </c>
+      <c r="E389" s="5">
+        <v>130</v>
+      </c>
+      <c r="F389" s="5">
+        <v>841</v>
+      </c>
+      <c r="G389" s="5">
+        <v>1184</v>
+      </c>
+      <c r="H389" s="5">
+        <v>80</v>
+      </c>
+      <c r="I389" s="5">
+        <v>76</v>
+      </c>
+      <c r="J389" s="5">
+        <v>255</v>
+      </c>
+      <c r="K389" s="5">
+        <v>480</v>
+      </c>
+      <c r="L389" s="5">
+        <v>81</v>
+      </c>
+      <c r="M389" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N389" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O389" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="390" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B390" s="5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C390" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D390" s="6">
+        <v>44856</v>
+      </c>
+      <c r="E390" s="5">
+        <v>130</v>
+      </c>
+      <c r="F390" s="5">
+        <v>811</v>
+      </c>
+      <c r="G390" s="5">
+        <v>1473</v>
+      </c>
+      <c r="H390" s="5">
+        <v>85</v>
+      </c>
+      <c r="I390" s="5">
+        <v>64</v>
+      </c>
+      <c r="J390" s="5">
+        <v>-280</v>
+      </c>
+      <c r="K390" s="5">
+        <v>424</v>
+      </c>
+      <c r="L390" s="5">
+        <v>81</v>
+      </c>
+      <c r="M390" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N390" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="O390" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="391" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B391" s="5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C391" s="5" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D391" s="6">
+        <v>44103</v>
+      </c>
+      <c r="E391" s="5">
+        <v>130</v>
+      </c>
+      <c r="F391" s="5">
+        <v>798</v>
+      </c>
+      <c r="G391" s="5">
+        <v>2606</v>
+      </c>
+      <c r="H391" s="5">
+        <v>84</v>
+      </c>
+      <c r="I391" s="5">
+        <v>69</v>
+      </c>
+      <c r="J391" s="5">
+        <v>-187</v>
+      </c>
+      <c r="K391" s="5">
+        <v>-238</v>
+      </c>
+      <c r="L391" s="5">
+        <v>83</v>
+      </c>
+      <c r="M391" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N391" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="O391" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="392" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B392" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C392" s="5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D392" s="6">
+        <v>45040</v>
+      </c>
+      <c r="E392" s="5">
+        <v>130</v>
+      </c>
+      <c r="F392" s="5">
+        <v>779</v>
+      </c>
+      <c r="G392" s="5">
+        <v>2479</v>
+      </c>
+      <c r="H392" s="5">
+        <v>79</v>
+      </c>
+      <c r="I392" s="5">
+        <v>106</v>
+      </c>
+      <c r="J392" s="5">
+        <v>667</v>
+      </c>
+      <c r="K392" s="5">
+        <v>862</v>
+      </c>
+      <c r="L392" s="5">
+        <v>90</v>
+      </c>
+      <c r="M392" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N392" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O392" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="393" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B393" s="5" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C393" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D393" s="6">
+        <v>45046</v>
+      </c>
+      <c r="E393" s="5">
+        <v>130</v>
+      </c>
+      <c r="F393" s="5">
+        <v>703</v>
+      </c>
+      <c r="G393" s="5">
+        <v>4207</v>
+      </c>
+      <c r="H393" s="5">
+        <v>78</v>
+      </c>
+      <c r="I393" s="5">
+        <v>92</v>
+      </c>
+      <c r="J393" s="5">
+        <v>230</v>
+      </c>
+      <c r="K393" s="5">
+        <v>670</v>
+      </c>
+      <c r="L393" s="5">
+        <v>80</v>
+      </c>
+      <c r="M393" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N393" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="O393" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="394" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B394" s="5" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C394" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D394" s="6">
+        <v>44143</v>
+      </c>
+      <c r="E394" s="5">
+        <v>130</v>
+      </c>
+      <c r="F394" s="5">
+        <v>680</v>
+      </c>
+      <c r="G394" s="5">
+        <v>2591</v>
+      </c>
+      <c r="H394" s="5">
+        <v>85</v>
+      </c>
+      <c r="I394" s="5">
+        <v>113</v>
+      </c>
+      <c r="J394" s="5">
+        <v>658</v>
+      </c>
+      <c r="K394" s="5">
+        <v>2809</v>
+      </c>
+      <c r="L394" s="5">
+        <v>81</v>
+      </c>
+      <c r="M394" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="N394" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O394" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="395" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B395" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C395" s="5" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D395" s="6">
+        <v>44705</v>
+      </c>
+      <c r="E395" s="5">
+        <v>130</v>
+      </c>
+      <c r="F395" s="5">
+        <v>666</v>
+      </c>
+      <c r="G395" s="5">
+        <v>2928</v>
+      </c>
+      <c r="H395" s="5">
+        <v>82</v>
+      </c>
+      <c r="I395" s="5">
+        <v>92</v>
+      </c>
+      <c r="J395" s="5">
+        <v>611</v>
+      </c>
+      <c r="K395" s="5">
+        <v>1337</v>
+      </c>
+      <c r="L395" s="5">
+        <v>82</v>
+      </c>
+      <c r="M395" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N395" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O395" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="396" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B396" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C396" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D396" s="6">
+        <v>44217</v>
+      </c>
+      <c r="E396" s="5">
+        <v>130</v>
+      </c>
+      <c r="F396" s="5">
+        <v>604</v>
+      </c>
+      <c r="G396" s="5">
+        <v>383</v>
+      </c>
+      <c r="H396" s="5">
+        <v>78</v>
+      </c>
+      <c r="I396" s="5">
+        <v>142</v>
+      </c>
+      <c r="J396" s="5">
+        <v>800</v>
+      </c>
+      <c r="K396" s="5">
+        <v>2183</v>
+      </c>
+      <c r="L396" s="5">
+        <v>82</v>
+      </c>
+      <c r="M396" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="N396" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O396" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="397" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B397" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C397" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D397" s="6">
+        <v>45125</v>
+      </c>
+      <c r="E397" s="5">
+        <v>130</v>
+      </c>
+      <c r="F397" s="5">
+        <v>604</v>
+      </c>
+      <c r="G397" s="5">
+        <v>789</v>
+      </c>
+      <c r="H397" s="5">
+        <v>80</v>
+      </c>
+      <c r="I397" s="5">
+        <v>86</v>
+      </c>
+      <c r="J397" s="5">
+        <v>190</v>
+      </c>
+      <c r="K397" s="5">
+        <v>827</v>
+      </c>
+      <c r="L397" s="5">
+        <v>84</v>
+      </c>
+      <c r="M397" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N397" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="O397" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="398" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B398" s="5" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C398" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D398" s="6">
+        <v>44585</v>
+      </c>
+      <c r="E398" s="5">
+        <v>130</v>
+      </c>
+      <c r="F398" s="5">
+        <v>594</v>
+      </c>
+      <c r="G398" s="5">
+        <v>-181</v>
+      </c>
+      <c r="H398" s="5">
+        <v>82</v>
+      </c>
+      <c r="I398" s="5">
+        <v>100</v>
+      </c>
+      <c r="J398" s="5">
+        <v>907</v>
+      </c>
+      <c r="K398" s="5">
+        <v>1519</v>
+      </c>
+      <c r="L398" s="5">
+        <v>75</v>
+      </c>
+      <c r="M398" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="N398" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O398" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="399" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B399" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C399" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D399" s="6">
+        <v>44886</v>
+      </c>
+      <c r="E399" s="5">
+        <v>130</v>
+      </c>
+      <c r="F399" s="5">
+        <v>582</v>
+      </c>
+      <c r="G399" s="5">
+        <v>3661</v>
+      </c>
+      <c r="H399" s="5">
+        <v>77</v>
+      </c>
+      <c r="I399" s="5">
+        <v>115</v>
+      </c>
+      <c r="J399" s="5">
+        <v>619</v>
+      </c>
+      <c r="K399" s="5">
+        <v>2392</v>
+      </c>
+      <c r="L399" s="5">
+        <v>83</v>
+      </c>
+      <c r="M399" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="N399" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O399" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="400" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B400" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C400" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D400" s="6">
+        <v>45183</v>
+      </c>
+      <c r="E400" s="5">
+        <v>130</v>
+      </c>
+      <c r="F400" s="5">
+        <v>576</v>
+      </c>
+      <c r="G400" s="5">
+        <v>1858</v>
+      </c>
+      <c r="H400" s="5">
+        <v>82</v>
+      </c>
+      <c r="I400" s="5">
+        <v>114</v>
+      </c>
+      <c r="J400" s="5">
+        <v>184</v>
+      </c>
+      <c r="K400" s="5">
+        <v>906</v>
+      </c>
+      <c r="L400" s="5">
+        <v>82</v>
+      </c>
+      <c r="M400" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N400" s="5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="O400" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="401" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B401" s="5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C401" s="5" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D401" s="6">
+        <v>44646</v>
+      </c>
+      <c r="E401" s="5">
+        <v>130</v>
+      </c>
+      <c r="F401" s="5">
+        <v>568</v>
+      </c>
+      <c r="G401" s="5">
+        <v>-430</v>
+      </c>
+      <c r="H401" s="5">
+        <v>79</v>
+      </c>
+      <c r="I401" s="5">
+        <v>96</v>
+      </c>
+      <c r="J401" s="5">
+        <v>885</v>
+      </c>
+      <c r="K401" s="5">
+        <v>3347</v>
+      </c>
+      <c r="L401" s="5">
+        <v>73</v>
+      </c>
+      <c r="M401" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N401" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O401" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="402" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B402" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C402" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D402" s="6">
+        <v>45241</v>
+      </c>
+      <c r="E402" s="5">
+        <v>130</v>
+      </c>
+      <c r="F402" s="5">
+        <v>563</v>
+      </c>
+      <c r="G402" s="5">
+        <v>-280</v>
+      </c>
+      <c r="H402" s="5">
+        <v>85</v>
+      </c>
+      <c r="I402" s="5">
+        <v>103</v>
+      </c>
+      <c r="J402" s="5">
+        <v>194</v>
+      </c>
+      <c r="K402" s="5">
+        <v>636</v>
+      </c>
+      <c r="L402" s="5">
+        <v>81</v>
+      </c>
+      <c r="M402" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N402" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O402" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="403" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B403" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C403" s="5" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D403" s="6">
+        <v>45042</v>
+      </c>
+      <c r="E403" s="5">
+        <v>130</v>
+      </c>
+      <c r="F403" s="5">
+        <v>533</v>
+      </c>
+      <c r="G403" s="5">
+        <v>3087</v>
+      </c>
+      <c r="H403" s="5">
+        <v>81</v>
+      </c>
+      <c r="I403" s="5">
+        <v>88</v>
+      </c>
+      <c r="J403" s="5">
+        <v>53</v>
+      </c>
+      <c r="K403" s="5">
+        <v>-995</v>
+      </c>
+      <c r="L403" s="5">
+        <v>77</v>
+      </c>
+      <c r="M403" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N403" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O403" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="404" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B404" s="5" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C404" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D404" s="6">
+        <v>45020</v>
+      </c>
+      <c r="E404" s="5">
+        <v>130</v>
+      </c>
+      <c r="F404" s="5">
+        <v>514</v>
+      </c>
+      <c r="G404" s="5">
+        <v>626</v>
+      </c>
+      <c r="H404" s="5">
+        <v>86</v>
+      </c>
+      <c r="I404" s="5">
+        <v>101</v>
+      </c>
+      <c r="J404" s="5">
+        <v>508</v>
+      </c>
+      <c r="K404" s="5">
+        <v>1745</v>
+      </c>
+      <c r="L404" s="5">
+        <v>80</v>
+      </c>
+      <c r="M404" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N404" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="O404" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="405" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B405" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C405" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D405" s="6">
+        <v>44273</v>
+      </c>
+      <c r="E405" s="5">
+        <v>130</v>
+      </c>
+      <c r="F405" s="5">
+        <v>503</v>
+      </c>
+      <c r="G405" s="5">
+        <v>2475</v>
+      </c>
+      <c r="H405" s="5">
+        <v>83</v>
+      </c>
+      <c r="I405" s="5">
+        <v>107</v>
+      </c>
+      <c r="J405" s="5">
+        <v>259</v>
+      </c>
+      <c r="K405" s="5">
+        <v>817</v>
+      </c>
+      <c r="L405" s="5">
+        <v>54</v>
+      </c>
+      <c r="M405" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N405" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O405" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="406" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B406" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C406" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D406" s="6">
+        <v>44950</v>
+      </c>
+      <c r="E406" s="5">
+        <v>130</v>
+      </c>
+      <c r="F406" s="5">
+        <v>494</v>
+      </c>
+      <c r="G406" s="5">
+        <v>2152</v>
+      </c>
+      <c r="H406" s="5">
+        <v>85</v>
+      </c>
+      <c r="I406" s="5">
+        <v>94</v>
+      </c>
+      <c r="J406" s="5">
+        <v>168</v>
+      </c>
+      <c r="K406" s="5">
+        <v>761</v>
+      </c>
+      <c r="L406" s="5">
+        <v>85</v>
+      </c>
+      <c r="M406" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N406" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O406" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="407" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B407" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C407" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D407" s="6">
+        <v>44941</v>
+      </c>
+      <c r="E407" s="5">
+        <v>130</v>
+      </c>
+      <c r="F407" s="5">
+        <v>489</v>
+      </c>
+      <c r="G407" s="5">
+        <v>1038</v>
+      </c>
+      <c r="H407" s="5">
+        <v>82</v>
+      </c>
+      <c r="I407" s="5">
+        <v>70</v>
+      </c>
+      <c r="J407" s="5">
+        <v>121</v>
+      </c>
+      <c r="K407" s="5">
+        <v>-434</v>
+      </c>
+      <c r="L407" s="5">
+        <v>84</v>
+      </c>
+      <c r="M407" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N407" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="O407" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="408" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B408" s="5" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C408" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D408" s="6">
+        <v>44908</v>
+      </c>
+      <c r="E408" s="5">
+        <v>130</v>
+      </c>
+      <c r="F408" s="5">
+        <v>416</v>
+      </c>
+      <c r="G408" s="5">
+        <v>1084</v>
+      </c>
+      <c r="H408" s="5">
+        <v>80</v>
+      </c>
+      <c r="I408" s="5">
+        <v>102</v>
+      </c>
+      <c r="J408" s="5">
+        <v>415</v>
+      </c>
+      <c r="K408" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L408" s="5">
+        <v>93</v>
+      </c>
+      <c r="M408" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N408" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O408" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="409" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B409" s="5" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C409" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D409" s="6">
+        <v>45155</v>
+      </c>
+      <c r="E409" s="5">
+        <v>130</v>
+      </c>
+      <c r="F409" s="5">
+        <v>412</v>
+      </c>
+      <c r="G409" s="5">
+        <v>23</v>
+      </c>
+      <c r="H409" s="5">
+        <v>83</v>
+      </c>
+      <c r="I409" s="5">
+        <v>110</v>
+      </c>
+      <c r="J409" s="5">
+        <v>228</v>
+      </c>
+      <c r="K409" s="5">
+        <v>433</v>
+      </c>
+      <c r="L409" s="5">
+        <v>90</v>
+      </c>
+      <c r="M409" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="N409" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O409" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="410" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B410" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C410" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D410" s="6">
+        <v>44452</v>
+      </c>
+      <c r="E410" s="5">
+        <v>130</v>
+      </c>
+      <c r="F410" s="5">
+        <v>410</v>
+      </c>
+      <c r="G410" s="5">
+        <v>1113</v>
+      </c>
+      <c r="H410" s="5">
+        <v>65</v>
+      </c>
+      <c r="I410" s="5">
+        <v>116</v>
+      </c>
+      <c r="J410" s="5">
+        <v>86</v>
+      </c>
+      <c r="K410" s="5">
+        <v>-29</v>
+      </c>
+      <c r="L410" s="5">
+        <v>86</v>
+      </c>
+      <c r="M410" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N410" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="O410" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="411" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B411" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C411" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D411" s="6">
+        <v>45089</v>
+      </c>
+      <c r="E411" s="5">
+        <v>130</v>
+      </c>
+      <c r="F411" s="5">
+        <v>353</v>
+      </c>
+      <c r="G411" s="5">
+        <v>956</v>
+      </c>
+      <c r="H411" s="5">
+        <v>81</v>
+      </c>
+      <c r="I411" s="5">
+        <v>82</v>
+      </c>
+      <c r="J411" s="5">
+        <v>-459</v>
+      </c>
+      <c r="K411" s="5">
+        <v>-863</v>
+      </c>
+      <c r="L411" s="5">
+        <v>76</v>
+      </c>
+      <c r="M411" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="N411" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="O411" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="412" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B412" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C412" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D412" s="6">
+        <v>44011</v>
+      </c>
+      <c r="E412" s="5">
+        <v>130</v>
+      </c>
+      <c r="F412" s="5">
+        <v>335</v>
+      </c>
+      <c r="G412" s="5">
+        <v>2333</v>
+      </c>
+      <c r="H412" s="5">
+        <v>87</v>
+      </c>
+      <c r="I412" s="5">
+        <v>67</v>
+      </c>
+      <c r="J412" s="5">
+        <v>173</v>
+      </c>
+      <c r="K412" s="5">
+        <v>269</v>
+      </c>
+      <c r="L412" s="5">
+        <v>85</v>
+      </c>
+      <c r="M412" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N412" s="5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="O412" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="413" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B413" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C413" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D413" s="6">
+        <v>44705</v>
+      </c>
+      <c r="E413" s="5">
+        <v>130</v>
+      </c>
+      <c r="F413" s="5">
+        <v>306</v>
+      </c>
+      <c r="G413" s="5">
+        <v>161</v>
+      </c>
+      <c r="H413" s="5">
+        <v>76</v>
+      </c>
+      <c r="I413" s="5">
+        <v>59</v>
+      </c>
+      <c r="J413" s="5">
+        <v>-913</v>
+      </c>
+      <c r="K413" s="5">
+        <v>-3490</v>
+      </c>
+      <c r="L413" s="5">
+        <v>85</v>
+      </c>
+      <c r="M413" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N413" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="O413" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="414" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B414" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C414" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D414" s="6">
+        <v>44034</v>
+      </c>
+      <c r="E414" s="5">
+        <v>130</v>
+      </c>
+      <c r="F414" s="5">
+        <v>286</v>
+      </c>
+      <c r="G414" s="5">
+        <v>1260</v>
+      </c>
+      <c r="H414" s="5">
+        <v>84</v>
+      </c>
+      <c r="I414" s="5">
+        <v>85</v>
+      </c>
+      <c r="J414" s="5">
+        <v>221</v>
+      </c>
+      <c r="K414" s="5">
+        <v>1058</v>
+      </c>
+      <c r="L414" s="5">
+        <v>88</v>
+      </c>
+      <c r="M414" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N414" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="O414" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="415" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B415" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C415" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D415" s="6">
+        <v>44341</v>
+      </c>
+      <c r="E415" s="5">
+        <v>130</v>
+      </c>
+      <c r="F415" s="5">
+        <v>153</v>
+      </c>
+      <c r="G415" s="5">
+        <v>664</v>
+      </c>
+      <c r="H415" s="5">
+        <v>84</v>
+      </c>
+      <c r="I415" s="5">
+        <v>94</v>
+      </c>
+      <c r="J415" s="5">
+        <v>-187</v>
+      </c>
+      <c r="K415" s="5">
+        <v>-54</v>
+      </c>
+      <c r="L415" s="5">
+        <v>81</v>
+      </c>
+      <c r="M415" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N415" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O415" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="416" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B416" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C416" s="5" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D416" s="6">
+        <v>44816</v>
+      </c>
+      <c r="E416" s="5">
+        <v>130</v>
+      </c>
+      <c r="F416" s="5">
+        <v>142</v>
+      </c>
+      <c r="G416" s="5">
+        <v>1236</v>
+      </c>
+      <c r="H416" s="5">
+        <v>81</v>
+      </c>
+      <c r="I416" s="5">
+        <v>110</v>
+      </c>
+      <c r="J416" s="5">
+        <v>277</v>
+      </c>
+      <c r="K416" s="5">
+        <v>2768</v>
+      </c>
+      <c r="L416" s="5">
+        <v>83</v>
+      </c>
+      <c r="M416" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N416" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O416" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="417" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B417" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C417" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D417" s="6">
+        <v>44101</v>
+      </c>
+      <c r="E417" s="5">
+        <v>130</v>
+      </c>
+      <c r="F417" s="5">
+        <v>33</v>
+      </c>
+      <c r="G417" s="5">
+        <v>240</v>
+      </c>
+      <c r="H417" s="5">
+        <v>78</v>
+      </c>
+      <c r="I417" s="5">
+        <v>90</v>
+      </c>
+      <c r="J417" s="5">
+        <v>-211</v>
+      </c>
+      <c r="K417" s="5">
+        <v>-354</v>
+      </c>
+      <c r="L417" s="5">
+        <v>85</v>
+      </c>
+      <c r="M417" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N417" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="O417" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="418" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B418" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C418" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D418" s="6">
+        <v>44290</v>
+      </c>
+      <c r="E418" s="5">
+        <v>130</v>
+      </c>
+      <c r="F418" s="5">
+        <v>5</v>
+      </c>
+      <c r="G418" s="5">
+        <v>-592</v>
+      </c>
+      <c r="H418" s="5">
+        <v>75</v>
+      </c>
+      <c r="I418" s="5">
+        <v>96</v>
+      </c>
+      <c r="J418" s="5">
+        <v>208</v>
+      </c>
+      <c r="K418" s="5">
+        <v>-181</v>
+      </c>
+      <c r="L418" s="5">
+        <v>84</v>
+      </c>
+      <c r="M418" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N418" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O418" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="419" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B419" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C419" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D419" s="6">
+        <v>44767</v>
+      </c>
+      <c r="E419" s="5">
+        <v>130</v>
+      </c>
+      <c r="F419" s="5">
+        <v>-46</v>
+      </c>
+      <c r="G419" s="5">
+        <v>53</v>
+      </c>
+      <c r="H419" s="5">
+        <v>80</v>
+      </c>
+      <c r="I419" s="5">
+        <v>104</v>
+      </c>
+      <c r="J419" s="5">
+        <v>606</v>
+      </c>
+      <c r="K419" s="5">
+        <v>1300</v>
+      </c>
+      <c r="L419" s="5">
+        <v>82</v>
+      </c>
+      <c r="M419" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="N419" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="O419" s="5" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="420" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B420" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C420" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D420" s="6">
+        <v>42851</v>
+      </c>
+      <c r="E420" s="5">
+        <v>130</v>
+      </c>
+      <c r="F420" s="5">
+        <v>-209</v>
+      </c>
+      <c r="G420" s="5">
+        <v>-86</v>
+      </c>
+      <c r="H420" s="5">
+        <v>86</v>
+      </c>
+      <c r="I420" s="5">
+        <v>56</v>
+      </c>
+      <c r="J420" s="5">
+        <v>-168</v>
+      </c>
+      <c r="K420" s="5">
+        <v>-14</v>
+      </c>
+      <c r="L420" s="5">
+        <v>78</v>
+      </c>
+      <c r="M420" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="N420" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="O420" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="421" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B421" s="5" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C421" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D421" s="6">
+        <v>44334</v>
+      </c>
+      <c r="E421" s="5">
+        <v>130</v>
+      </c>
+      <c r="F421" s="5">
+        <v>-211</v>
+      </c>
+      <c r="G421" s="5">
+        <v>-1041</v>
+      </c>
+      <c r="H421" s="5">
+        <v>70</v>
+      </c>
+      <c r="I421" s="5">
+        <v>96</v>
+      </c>
+      <c r="J421" s="5">
+        <v>-20</v>
+      </c>
+      <c r="K421" s="5">
+        <v>853</v>
+      </c>
+      <c r="L421" s="5">
+        <v>80</v>
+      </c>
+      <c r="M421" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N421" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="O421" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="422" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B422" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C422" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D422" s="6">
+        <v>44995</v>
+      </c>
+      <c r="E422" s="5">
+        <v>129</v>
+      </c>
+      <c r="F422" s="5">
+        <v>1857</v>
+      </c>
+      <c r="G422" s="5">
+        <v>5818</v>
+      </c>
+      <c r="H422" s="5">
+        <v>78</v>
+      </c>
+      <c r="I422" s="5">
+        <v>60</v>
+      </c>
+      <c r="J422" s="5">
+        <v>1481</v>
+      </c>
+      <c r="K422" s="5">
+        <v>4438</v>
+      </c>
+      <c r="L422" s="5">
+        <v>79</v>
+      </c>
+      <c r="M422" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N422" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O422" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="423" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B423" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C423" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D423" s="6">
+        <v>44974</v>
+      </c>
+      <c r="E423" s="5">
+        <v>129</v>
+      </c>
+      <c r="F423" s="5">
+        <v>1474</v>
+      </c>
+      <c r="G423" s="5">
+        <v>5399</v>
+      </c>
+      <c r="H423" s="5">
+        <v>82</v>
+      </c>
+      <c r="I423" s="5">
+        <v>133</v>
+      </c>
+      <c r="J423" s="5">
+        <v>906</v>
+      </c>
+      <c r="K423" s="5">
+        <v>2467</v>
+      </c>
+      <c r="L423" s="5">
+        <v>86</v>
+      </c>
+      <c r="M423" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N423" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O423" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="424" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B424" s="5" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C424" s="5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D424" s="6">
+        <v>44955</v>
+      </c>
+      <c r="E424" s="5">
+        <v>129</v>
+      </c>
+      <c r="F424" s="5">
+        <v>1302</v>
+      </c>
+      <c r="G424" s="5">
+        <v>3924</v>
+      </c>
+      <c r="H424" s="5">
+        <v>73</v>
+      </c>
+      <c r="I424" s="5">
+        <v>95</v>
+      </c>
+      <c r="J424" s="5">
+        <v>1056</v>
+      </c>
+      <c r="K424" s="5">
+        <v>3133</v>
+      </c>
+      <c r="L424" s="5">
+        <v>87</v>
+      </c>
+      <c r="M424" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N424" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O424" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="425" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B425" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C425" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D425" s="6">
+        <v>44996</v>
+      </c>
+      <c r="E425" s="5">
+        <v>129</v>
+      </c>
+      <c r="F425" s="5">
+        <v>1213</v>
+      </c>
+      <c r="G425" s="5">
+        <v>3490</v>
+      </c>
+      <c r="H425" s="5">
+        <v>82</v>
+      </c>
+      <c r="I425" s="5">
+        <v>97</v>
+      </c>
+      <c r="J425" s="5">
+        <v>152</v>
+      </c>
+      <c r="K425" s="5">
+        <v>1913</v>
+      </c>
+      <c r="L425" s="5">
+        <v>84</v>
+      </c>
+      <c r="M425" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N425" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O425" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="426" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B426" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C426" s="5" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D426" s="6">
+        <v>44985</v>
+      </c>
+      <c r="E426" s="5">
+        <v>129</v>
+      </c>
+      <c r="F426" s="5">
+        <v>1180</v>
+      </c>
+      <c r="G426" s="5">
+        <v>3048</v>
+      </c>
+      <c r="H426" s="5">
+        <v>80</v>
+      </c>
+      <c r="I426" s="5">
+        <v>114</v>
+      </c>
+      <c r="J426" s="5">
+        <v>597</v>
+      </c>
+      <c r="K426" s="5">
+        <v>1566</v>
+      </c>
+      <c r="L426" s="5">
+        <v>81</v>
+      </c>
+      <c r="M426" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N426" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O426" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="427" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B427" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C427" s="5" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D427" s="6">
+        <v>45093</v>
+      </c>
+      <c r="E427" s="5">
+        <v>129</v>
+      </c>
+      <c r="F427" s="5">
+        <v>1097</v>
+      </c>
+      <c r="G427" s="5">
+        <v>668</v>
+      </c>
+      <c r="H427" s="5">
+        <v>80</v>
+      </c>
+      <c r="I427" s="5">
+        <v>148</v>
+      </c>
+      <c r="J427" s="5">
+        <v>718</v>
+      </c>
+      <c r="K427" s="5">
+        <v>1486</v>
+      </c>
+      <c r="L427" s="5">
+        <v>81</v>
+      </c>
+      <c r="M427" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="N427" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="O427" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="428" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B428" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C428" s="5" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D428" s="6">
+        <v>44838</v>
+      </c>
+      <c r="E428" s="5">
+        <v>129</v>
+      </c>
+      <c r="F428" s="5">
+        <v>1065</v>
+      </c>
+      <c r="G428" s="5">
+        <v>3202</v>
+      </c>
+      <c r="H428" s="5">
+        <v>79</v>
+      </c>
+      <c r="I428" s="5">
+        <v>65</v>
+      </c>
+      <c r="J428" s="5">
+        <v>27</v>
+      </c>
+      <c r="K428" s="5">
+        <v>-215</v>
+      </c>
+      <c r="L428" s="5">
+        <v>79</v>
+      </c>
+      <c r="M428" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N428" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="O428" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="429" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B429" s="5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C429" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D429" s="6">
+        <v>44574</v>
+      </c>
+      <c r="E429" s="5">
+        <v>129</v>
+      </c>
+      <c r="F429" s="5">
+        <v>1054</v>
+      </c>
+      <c r="G429" s="5">
+        <v>3656</v>
+      </c>
+      <c r="H429" s="5">
+        <v>83</v>
+      </c>
+      <c r="I429" s="5">
+        <v>155</v>
+      </c>
+      <c r="J429" s="5">
+        <v>1155</v>
+      </c>
+      <c r="K429" s="5">
+        <v>2754</v>
+      </c>
+      <c r="L429" s="5">
+        <v>77</v>
+      </c>
+      <c r="M429" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="N429" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O429" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="430" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B430" s="5" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C430" s="5" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D430" s="6">
+        <v>44194</v>
+      </c>
+      <c r="E430" s="5">
+        <v>129</v>
+      </c>
+      <c r="F430" s="5">
+        <v>988</v>
+      </c>
+      <c r="G430" s="5">
+        <v>2881</v>
+      </c>
+      <c r="H430" s="5">
+        <v>84</v>
+      </c>
+      <c r="I430" s="5">
+        <v>69</v>
+      </c>
+      <c r="J430" s="5">
+        <v>659</v>
+      </c>
+      <c r="K430" s="5">
+        <v>1424</v>
+      </c>
+      <c r="L430" s="5">
+        <v>82</v>
+      </c>
+      <c r="M430" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N430" s="5" t="s">
+        <v>1119</v>
+      </c>
+      <c r="O430" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="431" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B431" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C431" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D431" s="6">
+        <v>44083</v>
+      </c>
+      <c r="E431" s="5">
+        <v>129</v>
+      </c>
+      <c r="F431" s="5">
+        <v>917</v>
+      </c>
+      <c r="G431" s="5">
+        <v>1403</v>
+      </c>
+      <c r="H431" s="5">
+        <v>81</v>
+      </c>
+      <c r="I431" s="5">
+        <v>45</v>
+      </c>
+      <c r="J431" s="5">
+        <v>202</v>
+      </c>
+      <c r="K431" s="5">
+        <v>473</v>
+      </c>
+      <c r="L431" s="5">
+        <v>78</v>
+      </c>
+      <c r="M431" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N431" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="O431" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="432" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B432" s="5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C432" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D432" s="6">
+        <v>44839</v>
+      </c>
+      <c r="E432" s="5">
+        <v>129</v>
+      </c>
+      <c r="F432" s="5">
+        <v>872</v>
+      </c>
+      <c r="G432" s="5">
+        <v>4981</v>
+      </c>
+      <c r="H432" s="5">
+        <v>79</v>
+      </c>
+      <c r="I432" s="5">
+        <v>132</v>
+      </c>
+      <c r="J432" s="5">
+        <v>1019</v>
+      </c>
+      <c r="K432" s="5">
+        <v>3336</v>
+      </c>
+      <c r="L432" s="5">
+        <v>83</v>
+      </c>
+      <c r="M432" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N432" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O432" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="433" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B433" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C433" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D433" s="6">
+        <v>44823</v>
+      </c>
+      <c r="E433" s="5">
+        <v>129</v>
+      </c>
+      <c r="F433" s="5">
+        <v>843</v>
+      </c>
+      <c r="G433" s="5">
+        <v>1241</v>
+      </c>
+      <c r="H433" s="5">
+        <v>76</v>
+      </c>
+      <c r="I433" s="5">
+        <v>114</v>
+      </c>
+      <c r="J433" s="5">
+        <v>623</v>
+      </c>
+      <c r="K433" s="5">
+        <v>1307</v>
+      </c>
+      <c r="L433" s="5">
+        <v>85</v>
+      </c>
+      <c r="M433" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N433" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O433" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="434" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B434" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C434" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D434" s="6">
+        <v>45227</v>
+      </c>
+      <c r="E434" s="5">
+        <v>129</v>
+      </c>
+      <c r="F434" s="5">
+        <v>821</v>
+      </c>
+      <c r="G434" s="5">
+        <v>5431</v>
+      </c>
+      <c r="H434" s="5">
+        <v>79</v>
+      </c>
+      <c r="I434" s="5">
+        <v>119</v>
+      </c>
+      <c r="J434" s="5">
+        <v>213</v>
+      </c>
+      <c r="K434" s="5">
+        <v>1157</v>
+      </c>
+      <c r="L434" s="5">
+        <v>82</v>
+      </c>
+      <c r="M434" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N434" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O434" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="435" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B435" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C435" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D435" s="6">
+        <v>44965</v>
+      </c>
+      <c r="E435" s="5">
+        <v>129</v>
+      </c>
+      <c r="F435" s="5">
+        <v>821</v>
+      </c>
+      <c r="G435" s="5">
+        <v>3101</v>
+      </c>
+      <c r="H435" s="5">
+        <v>79</v>
+      </c>
+      <c r="I435" s="5">
+        <v>89</v>
+      </c>
+      <c r="J435" s="5">
+        <v>993</v>
+      </c>
+      <c r="K435" s="5">
+        <v>14</v>
+      </c>
+      <c r="L435" s="5">
+        <v>78</v>
+      </c>
+      <c r="M435" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N435" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O435" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="436" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B436" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C436" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D436" s="6">
+        <v>45131</v>
+      </c>
+      <c r="E436" s="5">
+        <v>129</v>
+      </c>
+      <c r="F436" s="5">
+        <v>816</v>
+      </c>
+      <c r="G436" s="5">
+        <v>1620</v>
+      </c>
+      <c r="H436" s="5">
+        <v>83</v>
+      </c>
+      <c r="I436" s="5">
+        <v>74</v>
+      </c>
+      <c r="J436" s="5">
+        <v>-223</v>
+      </c>
+      <c r="K436" s="5">
+        <v>-290</v>
+      </c>
+      <c r="L436" s="5">
+        <v>81</v>
+      </c>
+      <c r="M436" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N436" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="O436" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="437" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B437" s="5" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C437" s="5" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D437" s="6">
+        <v>45031</v>
+      </c>
+      <c r="E437" s="5">
+        <v>129</v>
+      </c>
+      <c r="F437" s="5">
+        <v>796</v>
+      </c>
+      <c r="G437" s="5">
+        <v>868</v>
+      </c>
+      <c r="H437" s="5">
+        <v>81</v>
+      </c>
+      <c r="I437" s="5">
+        <v>74</v>
+      </c>
+      <c r="J437" s="5">
+        <v>403</v>
+      </c>
+      <c r="K437" s="5">
+        <v>1719</v>
+      </c>
+      <c r="L437" s="5">
+        <v>88</v>
+      </c>
+      <c r="M437" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N437" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="O437" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="438" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B438" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C438" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D438" s="6">
+        <v>44914</v>
+      </c>
+      <c r="E438" s="5">
+        <v>129</v>
+      </c>
+      <c r="F438" s="5">
+        <v>795</v>
+      </c>
+      <c r="G438" s="5">
+        <v>3487</v>
+      </c>
+      <c r="H438" s="5">
+        <v>78</v>
+      </c>
+      <c r="I438" s="5">
+        <v>115</v>
+      </c>
+      <c r="J438" s="5">
+        <v>450</v>
+      </c>
+      <c r="K438" s="5">
+        <v>706</v>
+      </c>
+      <c r="L438" s="5">
+        <v>80</v>
+      </c>
+      <c r="M438" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N438" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="O438" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="439" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B439" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C439" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D439" s="6">
+        <v>44878</v>
+      </c>
+      <c r="E439" s="5">
+        <v>129</v>
+      </c>
+      <c r="F439" s="5">
+        <v>782</v>
+      </c>
+      <c r="G439" s="5">
+        <v>2264</v>
+      </c>
+      <c r="H439" s="5">
+        <v>78</v>
+      </c>
+      <c r="I439" s="5">
+        <v>114</v>
+      </c>
+      <c r="J439" s="5">
+        <v>488</v>
+      </c>
+      <c r="K439" s="5">
+        <v>1751</v>
+      </c>
+      <c r="L439" s="5">
+        <v>83</v>
+      </c>
+      <c r="M439" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N439" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="O439" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="440" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B440" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C440" s="5" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D440" s="6">
+        <v>45073</v>
+      </c>
+      <c r="E440" s="5">
+        <v>129</v>
+      </c>
+      <c r="F440" s="5">
+        <v>754</v>
+      </c>
+      <c r="G440" s="5">
+        <v>2253</v>
+      </c>
+      <c r="H440" s="5">
+        <v>77</v>
+      </c>
+      <c r="I440" s="5">
+        <v>122</v>
+      </c>
+      <c r="J440" s="5">
+        <v>457</v>
+      </c>
+      <c r="K440" s="5">
+        <v>1776</v>
+      </c>
+      <c r="L440" s="5">
+        <v>82</v>
+      </c>
+      <c r="M440" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="N440" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O440" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="441" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B441" s="5" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C441" s="5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D441" s="6">
+        <v>44923</v>
+      </c>
+      <c r="E441" s="5">
+        <v>129</v>
+      </c>
+      <c r="F441" s="5">
+        <v>713</v>
+      </c>
+      <c r="G441" s="5">
+        <v>2181</v>
+      </c>
+      <c r="H441" s="5">
+        <v>80</v>
+      </c>
+      <c r="I441" s="5">
+        <v>88</v>
+      </c>
+      <c r="J441" s="5">
+        <v>784</v>
+      </c>
+      <c r="K441" s="5">
+        <v>2121</v>
+      </c>
+      <c r="L441" s="5">
+        <v>78</v>
+      </c>
+      <c r="M441" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N441" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="O441" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="442" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B442" s="5" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C442" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D442" s="6">
+        <v>45003</v>
+      </c>
+      <c r="E442" s="5">
+        <v>129</v>
+      </c>
+      <c r="F442" s="5">
+        <v>705</v>
+      </c>
+      <c r="G442" s="5">
+        <v>1885</v>
+      </c>
+      <c r="H442" s="5">
+        <v>77</v>
+      </c>
+      <c r="I442" s="5">
+        <v>52</v>
+      </c>
+      <c r="J442" s="5">
+        <v>-122</v>
+      </c>
+      <c r="K442" s="5">
+        <v>957</v>
+      </c>
+      <c r="L442" s="5">
+        <v>81</v>
+      </c>
+      <c r="M442" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N442" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O442" s="5" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="443" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B443" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C443" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D443" s="6">
+        <v>45016</v>
+      </c>
+      <c r="E443" s="5">
+        <v>129</v>
+      </c>
+      <c r="F443" s="5">
+        <v>671</v>
+      </c>
+      <c r="G443" s="5">
+        <v>1626</v>
+      </c>
+      <c r="H443" s="5">
+        <v>82</v>
+      </c>
+      <c r="I443" s="5">
+        <v>62</v>
+      </c>
+      <c r="J443" s="5">
+        <v>-155</v>
+      </c>
+      <c r="K443" s="5">
+        <v>32</v>
+      </c>
+      <c r="L443" s="5">
+        <v>87</v>
+      </c>
+      <c r="M443" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N443" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="O443" s="5" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="444" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B444" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C444" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D444" s="6">
+        <v>44916</v>
+      </c>
+      <c r="E444" s="5">
+        <v>129</v>
+      </c>
+      <c r="F444" s="5">
+        <v>663</v>
+      </c>
+      <c r="G444" s="5">
+        <v>-139</v>
+      </c>
+      <c r="H444" s="5">
+        <v>82</v>
+      </c>
+      <c r="I444" s="5">
+        <v>101</v>
+      </c>
+      <c r="J444" s="5">
+        <v>979</v>
+      </c>
+      <c r="K444" s="5">
+        <v>2582</v>
+      </c>
+      <c r="L444" s="5">
+        <v>84</v>
+      </c>
+      <c r="M444" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N444" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O444" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="445" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B445" s="5" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C445" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D445" s="6">
+        <v>45010</v>
+      </c>
+      <c r="E445" s="5">
+        <v>129</v>
+      </c>
+      <c r="F445" s="5">
+        <v>648</v>
+      </c>
+      <c r="G445" s="5">
+        <v>1050</v>
+      </c>
+      <c r="H445" s="5">
+        <v>83</v>
+      </c>
+      <c r="I445" s="5">
+        <v>76</v>
+      </c>
+      <c r="J445" s="5">
+        <v>54</v>
+      </c>
+      <c r="K445" s="5">
+        <v>616</v>
+      </c>
+      <c r="L445" s="5">
+        <v>83</v>
+      </c>
+      <c r="M445" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N445" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="O445" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="446" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B446" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C446" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D446" s="6">
+        <v>44963</v>
+      </c>
+      <c r="E446" s="5">
+        <v>129</v>
+      </c>
+      <c r="F446" s="5">
+        <v>617</v>
+      </c>
+      <c r="G446" s="5">
+        <v>821</v>
+      </c>
+      <c r="H446" s="5">
+        <v>84</v>
+      </c>
+      <c r="I446" s="5">
+        <v>67</v>
+      </c>
+      <c r="J446" s="5">
+        <v>-63</v>
+      </c>
+      <c r="K446" s="5">
+        <v>-1727</v>
+      </c>
+      <c r="L446" s="5">
+        <v>88</v>
+      </c>
+      <c r="M446" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N446" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="O446" s="5" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="447" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B447" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C447" s="5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D447" s="6">
+        <v>44176</v>
+      </c>
+      <c r="E447" s="5">
+        <v>129</v>
+      </c>
+      <c r="F447" s="5">
+        <v>616</v>
+      </c>
+      <c r="G447" s="5">
+        <v>2013</v>
+      </c>
+      <c r="H447" s="5">
+        <v>90</v>
+      </c>
+      <c r="I447" s="5">
+        <v>74</v>
+      </c>
+      <c r="J447" s="5">
+        <v>87</v>
+      </c>
+      <c r="K447" s="5">
+        <v>-465</v>
+      </c>
+      <c r="L447" s="5">
+        <v>76</v>
+      </c>
+      <c r="M447" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N447" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="O447" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="448" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B448" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C448" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D448" s="6">
+        <v>44318</v>
+      </c>
+      <c r="E448" s="5">
+        <v>129</v>
+      </c>
+      <c r="F448" s="5">
+        <v>605</v>
+      </c>
+      <c r="G448" s="5">
+        <v>801</v>
+      </c>
+      <c r="H448" s="5">
+        <v>90</v>
+      </c>
+      <c r="I448" s="5">
+        <v>73</v>
+      </c>
+      <c r="J448" s="5">
+        <v>-270</v>
+      </c>
+      <c r="K448" s="5">
+        <v>-477</v>
+      </c>
+      <c r="L448" s="5">
+        <v>85</v>
+      </c>
+      <c r="M448" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N448" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O448" s="5" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="449" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B449" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C449" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D449" s="6">
+        <v>44825</v>
+      </c>
+      <c r="E449" s="5">
+        <v>129</v>
+      </c>
+      <c r="F449" s="5">
+        <v>602</v>
+      </c>
+      <c r="G449" s="5">
+        <v>2569</v>
+      </c>
+      <c r="H449" s="5">
+        <v>85</v>
+      </c>
+      <c r="I449" s="5">
+        <v>113</v>
+      </c>
+      <c r="J449" s="5">
+        <v>434</v>
+      </c>
+      <c r="K449" s="5">
+        <v>625</v>
+      </c>
+      <c r="L449" s="5">
+        <v>80</v>
+      </c>
+      <c r="M449" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N449" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="O449" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="450" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B450" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C450" s="5" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D450" s="6">
+        <v>44694</v>
+      </c>
+      <c r="E450" s="5">
+        <v>129</v>
+      </c>
+      <c r="F450" s="5">
+        <v>595</v>
+      </c>
+      <c r="G450" s="5">
+        <v>1417</v>
+      </c>
+      <c r="H450" s="5">
+        <v>85</v>
+      </c>
+      <c r="I450" s="5">
+        <v>110</v>
+      </c>
+      <c r="J450" s="5">
+        <v>228</v>
+      </c>
+      <c r="K450" s="5">
+        <v>433</v>
+      </c>
+      <c r="L450" s="5">
+        <v>90</v>
+      </c>
+      <c r="M450" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N450" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O450" s="5" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="451" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B451" s="5" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C451" s="5" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D451" s="6">
+        <v>45203</v>
+      </c>
+      <c r="E451" s="5">
+        <v>129</v>
+      </c>
+      <c r="F451" s="5">
+        <v>577</v>
+      </c>
+      <c r="G451" s="5">
+        <v>1732</v>
+      </c>
+      <c r="H451" s="5">
+        <v>82</v>
+      </c>
+      <c r="I451" s="5">
+        <v>90</v>
+      </c>
+      <c r="J451" s="5">
+        <v>220</v>
+      </c>
+      <c r="K451" s="5">
+        <v>1261</v>
+      </c>
+      <c r="L451" s="5">
+        <v>90</v>
+      </c>
+      <c r="M451" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N451" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O451" s="5" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="452" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B452" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C452" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D452" s="6">
+        <v>44461</v>
+      </c>
+      <c r="E452" s="5">
+        <v>129</v>
+      </c>
+      <c r="F452" s="5">
+        <v>558</v>
+      </c>
+      <c r="G452" s="5">
+        <v>987</v>
+      </c>
+      <c r="H452" s="5">
+        <v>80</v>
+      </c>
+      <c r="I452" s="5">
+        <v>52</v>
+      </c>
+      <c r="J452" s="5">
+        <v>-571</v>
+      </c>
+      <c r="K452" s="5">
+        <v>-1781</v>
+      </c>
+      <c r="L452" s="5">
+        <v>84</v>
+      </c>
+      <c r="M452" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N452" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="O452" s="5" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="453" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B453" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C453" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D453" s="6">
+        <v>44968</v>
+      </c>
+      <c r="E453" s="5">
+        <v>129</v>
+      </c>
+      <c r="F453" s="5">
+        <v>526</v>
+      </c>
+      <c r="G453" s="5">
+        <v>-790</v>
+      </c>
+      <c r="H453" s="5">
+        <v>81</v>
+      </c>
+      <c r="I453" s="5">
+        <v>94</v>
+      </c>
+      <c r="J453" s="5">
+        <v>745</v>
+      </c>
+      <c r="K453" s="5">
+        <v>2220</v>
+      </c>
+      <c r="L453" s="5">
+        <v>90</v>
+      </c>
+      <c r="M453" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N453" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O453" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="454" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B454" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C454" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D454" s="6">
+        <v>44173</v>
+      </c>
+      <c r="E454" s="5">
+        <v>129</v>
+      </c>
+      <c r="F454" s="5">
+        <v>496</v>
+      </c>
+      <c r="G454" s="5">
+        <v>-635</v>
+      </c>
+      <c r="H454" s="5">
+        <v>82</v>
+      </c>
+      <c r="I454" s="5">
+        <v>60</v>
+      </c>
+      <c r="J454" s="5">
+        <v>-569</v>
+      </c>
+      <c r="K454" s="5">
+        <v>-858</v>
+      </c>
+      <c r="L454" s="5">
+        <v>88</v>
+      </c>
+      <c r="M454" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N454" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="O454" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="455" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B455" s="5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C455" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D455" s="6">
+        <v>44239</v>
+      </c>
+      <c r="E455" s="5">
+        <v>129</v>
+      </c>
+      <c r="F455" s="5">
+        <v>431</v>
+      </c>
+      <c r="G455" s="5">
+        <v>572</v>
+      </c>
+      <c r="H455" s="5">
+        <v>85</v>
+      </c>
+      <c r="I455" s="5">
+        <v>106</v>
+      </c>
+      <c r="J455" s="5">
+        <v>-221</v>
+      </c>
+      <c r="K455" s="5">
+        <v>179</v>
+      </c>
+      <c r="L455" s="5">
+        <v>84</v>
+      </c>
+      <c r="M455" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="N455" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="O455" s="5" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="456" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B456" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C456" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D456" s="6">
+        <v>44891</v>
+      </c>
+      <c r="E456" s="5">
+        <v>129</v>
+      </c>
+      <c r="F456" s="5">
+        <v>369</v>
+      </c>
+      <c r="G456" s="5">
+        <v>-1389</v>
+      </c>
+      <c r="H456" s="5">
+        <v>85</v>
+      </c>
+      <c r="I456" s="5">
+        <v>103</v>
+      </c>
+      <c r="J456" s="5">
+        <v>-315</v>
+      </c>
+      <c r="K456" s="5">
+        <v>-186</v>
+      </c>
+      <c r="L456" s="5">
+        <v>94</v>
+      </c>
+      <c r="M456" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N456" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O456" s="5" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="457" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B457" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C457" s="5" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D457" s="6">
+        <v>44249</v>
+      </c>
+      <c r="E457" s="5">
+        <v>129</v>
+      </c>
+      <c r="F457" s="5">
+        <v>322</v>
+      </c>
+      <c r="G457" s="5">
+        <v>760</v>
+      </c>
+      <c r="H457" s="5">
+        <v>79</v>
+      </c>
+      <c r="I457" s="5">
+        <v>112</v>
+      </c>
+      <c r="J457" s="5">
+        <v>-136</v>
+      </c>
+      <c r="K457" s="5">
+        <v>452</v>
+      </c>
+      <c r="L457" s="5">
+        <v>93</v>
+      </c>
+      <c r="M457" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N457" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O457" s="5" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="458" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B458" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C458" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D458" s="6">
+        <v>43951</v>
+      </c>
+      <c r="E458" s="5">
+        <v>129</v>
+      </c>
+      <c r="F458" s="5">
+        <v>281</v>
+      </c>
+      <c r="G458" s="5">
+        <v>296</v>
+      </c>
+      <c r="H458" s="5">
+        <v>82</v>
+      </c>
+      <c r="I458" s="5">
+        <v>87</v>
+      </c>
+      <c r="J458" s="5">
+        <v>24</v>
+      </c>
+      <c r="K458" s="5">
+        <v>-280</v>
+      </c>
+      <c r="L458" s="5">
+        <v>76</v>
+      </c>
+      <c r="M458" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N458" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="O458" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="459" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B459" s="5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C459" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D459" s="6">
+        <v>44611</v>
+      </c>
+      <c r="E459" s="5">
+        <v>129</v>
+      </c>
+      <c r="F459" s="5">
+        <v>271</v>
+      </c>
+      <c r="G459" s="5">
+        <v>645</v>
+      </c>
+      <c r="H459" s="5">
+        <v>87</v>
+      </c>
+      <c r="I459" s="5">
+        <v>78</v>
+      </c>
+      <c r="J459" s="5">
+        <v>195</v>
+      </c>
+      <c r="K459" s="5">
+        <v>537</v>
+      </c>
+      <c r="L459" s="5">
+        <v>90</v>
+      </c>
+      <c r="M459" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="N459" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O459" s="5" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="460" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B460" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C460" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D460" s="6">
+        <v>44332</v>
+      </c>
+      <c r="E460" s="5">
+        <v>129</v>
+      </c>
+      <c r="F460" s="5">
+        <v>217</v>
+      </c>
+      <c r="G460" s="5">
+        <v>155</v>
+      </c>
+      <c r="H460" s="5">
+        <v>77</v>
+      </c>
+      <c r="I460" s="5">
+        <v>70</v>
+      </c>
+      <c r="J460" s="5">
+        <v>-217</v>
+      </c>
+      <c r="K460" s="5">
+        <v>759</v>
+      </c>
+      <c r="L460" s="5">
+        <v>83</v>
+      </c>
+      <c r="M460" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N460" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="O460" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="461" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B461" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C461" s="5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D461" s="6">
+        <v>44924</v>
+      </c>
+      <c r="E461" s="5">
+        <v>129</v>
+      </c>
+      <c r="F461" s="5">
+        <v>198</v>
+      </c>
+      <c r="G461" s="5">
+        <v>-46</v>
+      </c>
+      <c r="H461" s="5">
+        <v>76</v>
+      </c>
+      <c r="I461" s="5">
+        <v>62</v>
+      </c>
+      <c r="J461" s="5">
+        <v>111</v>
+      </c>
+      <c r="K461" s="5">
+        <v>-430</v>
+      </c>
+      <c r="L461" s="5">
+        <v>79</v>
+      </c>
+      <c r="M461" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="N461" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="O461" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="462" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B462" s="5" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C462" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D462" s="6">
+        <v>44341</v>
+      </c>
+      <c r="E462" s="5">
+        <v>129</v>
+      </c>
+      <c r="F462" s="5">
+        <v>133</v>
+      </c>
+      <c r="G462" s="5">
+        <v>1460</v>
+      </c>
+      <c r="H462" s="5">
+        <v>84</v>
+      </c>
+      <c r="I462" s="5">
+        <v>94</v>
+      </c>
+      <c r="J462" s="5">
+        <v>-187</v>
+      </c>
+      <c r="K462" s="5">
+        <v>-54</v>
+      </c>
+      <c r="L462" s="5">
+        <v>81</v>
+      </c>
+      <c r="M462" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N462" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O462" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="463" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B463" s="5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C463" s="5" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D463" s="6">
+        <v>44365</v>
+      </c>
+      <c r="E463" s="5">
+        <v>129</v>
+      </c>
+      <c r="F463" s="5">
+        <v>114</v>
+      </c>
+      <c r="G463" s="5">
+        <v>397</v>
+      </c>
+      <c r="H463" s="5">
+        <v>77</v>
+      </c>
+      <c r="I463" s="5">
+        <v>99</v>
+      </c>
+      <c r="J463" s="5">
+        <v>-103</v>
+      </c>
+      <c r="K463" s="5">
+        <v>-673</v>
+      </c>
+      <c r="L463" s="5">
+        <v>79</v>
+      </c>
+      <c r="M463" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N463" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="O463" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="464" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B464" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C464" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D464" s="6">
+        <v>44609</v>
+      </c>
+      <c r="E464" s="5">
+        <v>129</v>
+      </c>
+      <c r="F464" s="5">
+        <v>62</v>
+      </c>
+      <c r="G464" s="5">
+        <v>487</v>
+      </c>
+      <c r="H464" s="5">
+        <v>81</v>
+      </c>
+      <c r="I464" s="5">
+        <v>71</v>
+      </c>
+      <c r="J464" s="5">
+        <v>-144</v>
+      </c>
+      <c r="K464" s="5">
+        <v>719</v>
+      </c>
+      <c r="L464" s="5">
+        <v>87</v>
+      </c>
+      <c r="M464" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N464" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="O464" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="465" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B465" s="5" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C465" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D465" s="6">
+        <v>42573</v>
+      </c>
+      <c r="E465" s="5">
+        <v>129</v>
+      </c>
+      <c r="F465" s="5">
+        <v>49</v>
+      </c>
+      <c r="G465" s="5">
+        <v>1055</v>
+      </c>
+      <c r="H465" s="5">
+        <v>90</v>
+      </c>
+      <c r="I465" s="5">
+        <v>49</v>
+      </c>
+      <c r="J465" s="5">
+        <v>-209</v>
+      </c>
+      <c r="K465" s="5">
+        <v>480</v>
+      </c>
+      <c r="L465" s="5">
+        <v>95</v>
+      </c>
+      <c r="M465" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="N465" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="O465" s="5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="466" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B466" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C466" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D466" s="6">
+        <v>45169</v>
+      </c>
+      <c r="E466" s="5">
+        <v>129</v>
+      </c>
+      <c r="F466" s="5">
+        <v>-27</v>
+      </c>
+      <c r="G466" s="5">
+        <v>324</v>
+      </c>
+      <c r="H466" s="5">
+        <v>78</v>
+      </c>
+      <c r="I466" s="5">
+        <v>63</v>
+      </c>
+      <c r="J466" s="5">
+        <v>-394</v>
+      </c>
+      <c r="K466" s="5">
+        <v>-910</v>
+      </c>
+      <c r="L466" s="5">
+        <v>84</v>
+      </c>
+      <c r="M466" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N466" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O466" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="467" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B467" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C467" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D467" s="6">
+        <v>44674</v>
+      </c>
+      <c r="E467" s="5">
+        <v>129</v>
+      </c>
+      <c r="F467" s="5">
+        <v>-131</v>
+      </c>
+      <c r="G467" s="5">
+        <v>-773</v>
+      </c>
+      <c r="H467" s="5">
+        <v>85</v>
+      </c>
+      <c r="I467" s="5">
+        <v>138</v>
+      </c>
+      <c r="J467" s="5">
+        <v>-69</v>
+      </c>
+      <c r="K467" s="5">
+        <v>607</v>
+      </c>
+      <c r="L467" s="5">
+        <v>86</v>
+      </c>
+      <c r="M467" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="N467" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O467" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="468" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B468" s="5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C468" s="5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D468" s="6">
+        <v>44879</v>
+      </c>
+      <c r="E468" s="5">
+        <v>128</v>
+      </c>
+      <c r="F468" s="5">
+        <v>1266</v>
+      </c>
+      <c r="G468" s="5">
+        <v>-1483</v>
+      </c>
+      <c r="H468" s="5">
+        <v>80</v>
+      </c>
+      <c r="I468" s="5">
+        <v>121</v>
+      </c>
+      <c r="J468" s="5">
+        <v>652</v>
+      </c>
+      <c r="K468" s="5">
+        <v>2370</v>
+      </c>
+      <c r="L468" s="5">
+        <v>73</v>
+      </c>
+      <c r="M468" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N468" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O468" s="5" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="469" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B469" s="5" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C469" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D469" s="6">
+        <v>44954</v>
+      </c>
+      <c r="E469" s="5">
+        <v>128</v>
+      </c>
+      <c r="F469" s="5">
+        <v>1262</v>
+      </c>
+      <c r="G469" s="5">
+        <v>2753</v>
+      </c>
+      <c r="H469" s="5">
+        <v>79</v>
+      </c>
+      <c r="I469" s="5">
+        <v>92</v>
+      </c>
+      <c r="J469" s="5">
+        <v>898</v>
+      </c>
+      <c r="K469" s="5">
+        <v>3723</v>
+      </c>
+      <c r="L469" s="5">
+        <v>84</v>
+      </c>
+      <c r="M469" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N469" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O469" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="470" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B470" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C470" s="5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D470" s="6">
+        <v>44981</v>
+      </c>
+      <c r="E470" s="5">
+        <v>128</v>
+      </c>
+      <c r="F470" s="5">
+        <v>1180</v>
+      </c>
+      <c r="G470" s="5">
+        <v>3035</v>
+      </c>
+      <c r="H470" s="5">
+        <v>81</v>
+      </c>
+      <c r="I470" s="5">
+        <v>83</v>
+      </c>
+      <c r="J470" s="5">
+        <v>779</v>
+      </c>
+      <c r="K470" s="5">
+        <v>1653</v>
+      </c>
+      <c r="L470" s="5">
+        <v>88</v>
+      </c>
+      <c r="M470" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N470" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O470" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="471" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B471" s="5" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C471" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D471" s="6">
+        <v>44820</v>
+      </c>
+      <c r="E471" s="5">
+        <v>128</v>
+      </c>
+      <c r="F471" s="5">
+        <v>1147</v>
+      </c>
+      <c r="G471" s="5">
+        <v>7056</v>
+      </c>
+      <c r="H471" s="5">
+        <v>80</v>
+      </c>
+      <c r="I471" s="5">
+        <v>101</v>
+      </c>
+      <c r="J471" s="5">
+        <v>985</v>
+      </c>
+      <c r="K471" s="5">
+        <v>2561</v>
+      </c>
+      <c r="L471" s="5">
+        <v>82</v>
+      </c>
+      <c r="M471" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N471" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O471" s="5" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="472" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B472" s="5" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C472" s="5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D472" s="6">
+        <v>44878</v>
+      </c>
+      <c r="E472" s="5">
+        <v>128</v>
+      </c>
+      <c r="F472" s="5">
+        <v>1106</v>
+      </c>
+      <c r="G472" s="5">
+        <v>3148</v>
+      </c>
+      <c r="H472" s="5">
+        <v>81</v>
+      </c>
+      <c r="I472" s="5">
+        <v>90</v>
+      </c>
+      <c r="J472" s="5">
+        <v>1112</v>
+      </c>
+      <c r="K472" s="5">
+        <v>3453</v>
+      </c>
+      <c r="L472" s="5">
+        <v>87</v>
+      </c>
+      <c r="M472" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N472" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O472" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="473" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B473" s="5" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C473" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D473" s="6">
+        <v>44965</v>
+      </c>
+      <c r="E473" s="5">
+        <v>128</v>
+      </c>
+      <c r="F473" s="5">
+        <v>1092</v>
+      </c>
+      <c r="G473" s="5">
+        <v>3948</v>
+      </c>
+      <c r="H473" s="5">
+        <v>84</v>
+      </c>
+      <c r="I473" s="5">
+        <v>128</v>
+      </c>
+      <c r="J473" s="5">
+        <v>588</v>
+      </c>
+      <c r="K473" s="5">
+        <v>4341</v>
+      </c>
+      <c r="L473" s="5">
+        <v>78</v>
+      </c>
+      <c r="M473" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N473" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O473" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="474" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B474" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C474" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D474" s="6">
+        <v>45218</v>
+      </c>
+      <c r="E474" s="5">
+        <v>128</v>
+      </c>
+      <c r="F474" s="5">
+        <v>1067</v>
+      </c>
+      <c r="G474" s="5">
+        <v>3626</v>
+      </c>
+      <c r="H474" s="5">
+        <v>81</v>
+      </c>
+      <c r="I474" s="5">
+        <v>67</v>
+      </c>
+      <c r="J474" s="5">
+        <v>599</v>
+      </c>
+      <c r="K474" s="5">
+        <v>804</v>
+      </c>
+      <c r="L474" s="5">
+        <v>84</v>
+      </c>
+      <c r="M474" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N474" s="5" t="s">
+        <v>1224</v>
+      </c>
+      <c r="O474" s="5" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="475" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B475" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C475" s="5" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D475" s="6">
+        <v>44580</v>
+      </c>
+      <c r="E475" s="5">
+        <v>128</v>
+      </c>
+      <c r="F475" s="5">
+        <v>924</v>
+      </c>
+      <c r="G475" s="5">
+        <v>2867</v>
+      </c>
+      <c r="H475" s="5">
+        <v>84</v>
+      </c>
+      <c r="I475" s="5">
+        <v>58</v>
+      </c>
+      <c r="J475" s="5">
+        <v>147</v>
+      </c>
+      <c r="K475" s="5">
+        <v>652</v>
+      </c>
+      <c r="L475" s="5">
+        <v>82</v>
+      </c>
+      <c r="M475" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N475" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="O475" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="476" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B476" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C476" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D476" s="6">
+        <v>44765</v>
+      </c>
+      <c r="E476" s="5">
+        <v>128</v>
+      </c>
+      <c r="F476" s="5">
+        <v>891</v>
+      </c>
+      <c r="G476" s="5">
+        <v>1778</v>
+      </c>
+      <c r="H476" s="5">
+        <v>76</v>
+      </c>
+      <c r="I476" s="5">
+        <v>137</v>
+      </c>
+      <c r="J476" s="5">
+        <v>962</v>
+      </c>
+      <c r="K476" s="5">
+        <v>2454</v>
+      </c>
+      <c r="L476" s="5">
+        <v>77</v>
+      </c>
+      <c r="M476" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N476" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O476" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="477" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B477" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C477" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D477" s="6">
+        <v>44218</v>
+      </c>
+      <c r="E477" s="5">
+        <v>128</v>
+      </c>
+      <c r="F477" s="5">
+        <v>865</v>
+      </c>
+      <c r="G477" s="5">
+        <v>3317</v>
+      </c>
+      <c r="H477" s="5">
+        <v>85</v>
+      </c>
+      <c r="I477" s="5">
+        <v>89</v>
+      </c>
+      <c r="J477" s="5">
+        <v>-159</v>
+      </c>
+      <c r="K477" s="5">
+        <v>323</v>
+      </c>
+      <c r="L477" s="5">
+        <v>80</v>
+      </c>
+      <c r="M477" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N477" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="O477" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="478" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B478" s="5" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C478" s="5" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D478" s="6">
+        <v>44746</v>
+      </c>
+      <c r="E478" s="5">
+        <v>128</v>
+      </c>
+      <c r="F478" s="5">
+        <v>851</v>
+      </c>
+      <c r="G478" s="5">
+        <v>2973</v>
+      </c>
+      <c r="H478" s="5">
+        <v>84</v>
+      </c>
+      <c r="I478" s="5">
+        <v>82</v>
+      </c>
+      <c r="J478" s="5">
+        <v>562</v>
+      </c>
+      <c r="K478" s="5">
+        <v>2332</v>
+      </c>
+      <c r="L478" s="5">
+        <v>79</v>
+      </c>
+      <c r="M478" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N478" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O478" s="5" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="479" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B479" s="5" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C479" s="5" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D479" s="6">
+        <v>44730</v>
+      </c>
+      <c r="E479" s="5">
+        <v>128</v>
+      </c>
+      <c r="F479" s="5">
+        <v>848</v>
+      </c>
+      <c r="G479" s="5">
+        <v>1234</v>
+      </c>
+      <c r="H479" s="5">
+        <v>84</v>
+      </c>
+      <c r="I479" s="5">
+        <v>137</v>
+      </c>
+      <c r="J479" s="5">
+        <v>962</v>
+      </c>
+      <c r="K479" s="5">
+        <v>2454</v>
+      </c>
+      <c r="L479" s="5">
+        <v>77</v>
+      </c>
+      <c r="M479" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N479" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O479" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="480" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B480" s="5" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C480" s="5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D480" s="6">
+        <v>45090</v>
+      </c>
+      <c r="E480" s="5">
+        <v>128</v>
+      </c>
+      <c r="F480" s="5">
+        <v>841</v>
+      </c>
+      <c r="G480" s="5">
+        <v>2309</v>
+      </c>
+      <c r="H480" s="5">
+        <v>79</v>
+      </c>
+      <c r="I480" s="5">
+        <v>124</v>
+      </c>
+      <c r="J480" s="5">
+        <v>773</v>
+      </c>
+      <c r="K480" s="5">
+        <v>5469</v>
+      </c>
+      <c r="L480" s="5">
+        <v>78</v>
+      </c>
+      <c r="M480" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N480" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="O480" s="5" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="481" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B481" s="5" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C481" s="5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D481" s="6">
+        <v>44103</v>
+      </c>
+      <c r="E481" s="5">
+        <v>128</v>
+      </c>
+      <c r="F481" s="5">
+        <v>766</v>
+      </c>
+      <c r="G481" s="5">
+        <v>694</v>
+      </c>
+      <c r="H481" s="5">
+        <v>77</v>
+      </c>
+      <c r="I481" s="5">
+        <v>115</v>
+      </c>
+      <c r="J481" s="5">
+        <v>1288</v>
+      </c>
+      <c r="K481" s="5">
+        <v>2884</v>
+      </c>
+      <c r="L481" s="5">
+        <v>87</v>
+      </c>
+      <c r="M481" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N481" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O481" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="482" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B482" s="5" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C482" s="5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D482" s="6">
+        <v>45166</v>
+      </c>
+      <c r="E482" s="5">
+        <v>128</v>
+      </c>
+      <c r="F482" s="5">
+        <v>742</v>
+      </c>
+      <c r="G482" s="5">
+        <v>3294</v>
+      </c>
+      <c r="H482" s="5">
+        <v>79</v>
+      </c>
+      <c r="I482" s="5">
+        <v>98</v>
+      </c>
+      <c r="J482" s="5">
+        <v>729</v>
+      </c>
+      <c r="K482" s="5">
+        <v>2189</v>
+      </c>
+      <c r="L482" s="5">
+        <v>76</v>
+      </c>
+      <c r="M482" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N482" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="O482" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="483" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B483" s="5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C483" s="5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D483" s="6">
+        <v>44282</v>
+      </c>
+      <c r="E483" s="5">
+        <v>128</v>
+      </c>
+      <c r="F483" s="5">
+        <v>701</v>
+      </c>
+      <c r="G483" s="5">
+        <v>638</v>
+      </c>
+      <c r="H483" s="5">
+        <v>76</v>
+      </c>
+      <c r="I483" s="5">
+        <v>124</v>
+      </c>
+      <c r="J483" s="5">
+        <v>515</v>
+      </c>
+      <c r="K483" s="5">
+        <v>1062</v>
+      </c>
+      <c r="L483" s="5">
+        <v>71</v>
+      </c>
+      <c r="M483" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N483" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O483" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="484" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B484" s="5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C484" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D484" s="6">
+        <v>44431</v>
+      </c>
+      <c r="E484" s="5">
+        <v>128</v>
+      </c>
+      <c r="F484" s="5">
+        <v>668</v>
+      </c>
+      <c r="G484" s="5">
+        <v>1356</v>
+      </c>
+      <c r="H484" s="5">
+        <v>85</v>
+      </c>
+      <c r="I484" s="5">
+        <v>70</v>
+      </c>
+      <c r="J484" s="5">
+        <v>-47</v>
+      </c>
+      <c r="K484" s="5">
+        <v>145</v>
+      </c>
+      <c r="L484" s="5">
+        <v>86</v>
+      </c>
+      <c r="M484" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N484" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O484" s="5" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="485" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B485" s="5" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C485" s="5" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D485" s="6">
+        <v>44975</v>
+      </c>
+      <c r="E485" s="5">
+        <v>128</v>
+      </c>
+      <c r="F485" s="5">
+        <v>641</v>
+      </c>
+      <c r="G485" s="5">
+        <v>2356</v>
+      </c>
+      <c r="H485" s="5">
+        <v>78</v>
+      </c>
+      <c r="I485" s="5">
+        <v>79</v>
+      </c>
+      <c r="J485" s="5">
+        <v>225</v>
+      </c>
+      <c r="K485" s="5">
+        <v>2317</v>
+      </c>
+      <c r="L485" s="5">
+        <v>84</v>
+      </c>
+      <c r="M485" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N485" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="O485" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="486" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B486" s="5" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C486" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D486" s="6">
+        <v>44810</v>
+      </c>
+      <c r="E486" s="5">
+        <v>128</v>
+      </c>
+      <c r="F486" s="5">
+        <v>631</v>
+      </c>
+      <c r="G486" s="5">
+        <v>2692</v>
+      </c>
+      <c r="H486" s="5">
+        <v>80</v>
+      </c>
+      <c r="I486" s="5">
+        <v>104</v>
+      </c>
+      <c r="J486" s="5">
+        <v>678</v>
+      </c>
+      <c r="K486" s="5">
+        <v>-1126</v>
+      </c>
+      <c r="L486" s="5">
+        <v>77</v>
+      </c>
+      <c r="M486" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N486" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O486" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="487" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B487" s="5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C487" s="5" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D487" s="6">
+        <v>45138</v>
+      </c>
+      <c r="E487" s="5">
+        <v>128</v>
+      </c>
+      <c r="F487" s="5">
+        <v>626</v>
+      </c>
+      <c r="G487" s="5">
+        <v>1256</v>
+      </c>
+      <c r="H487" s="5">
+        <v>80</v>
+      </c>
+      <c r="I487" s="5">
+        <v>74</v>
+      </c>
+      <c r="J487" s="5">
+        <v>519</v>
+      </c>
+      <c r="K487" s="5">
+        <v>2138</v>
+      </c>
+      <c r="L487" s="5">
+        <v>87</v>
+      </c>
+      <c r="M487" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N487" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="O487" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="488" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B488" s="5" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C488" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D488" s="6">
+        <v>44685</v>
+      </c>
+      <c r="E488" s="5">
+        <v>128</v>
+      </c>
+      <c r="F488" s="5">
+        <v>625</v>
+      </c>
+      <c r="G488" s="5">
+        <v>1715</v>
+      </c>
+      <c r="H488" s="5">
+        <v>83</v>
+      </c>
+      <c r="I488" s="5">
+        <v>91</v>
+      </c>
+      <c r="J488" s="5">
+        <v>579</v>
+      </c>
+      <c r="K488" s="5">
+        <v>689</v>
+      </c>
+      <c r="L488" s="5">
+        <v>76</v>
+      </c>
+      <c r="M488" s="5" t="s">
+        <v>1257</v>
+      </c>
+      <c r="N488" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O488" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="489" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B489" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C489" s="5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D489" s="6">
+        <v>45232</v>
+      </c>
+      <c r="E489" s="5">
+        <v>128</v>
+      </c>
+      <c r="F489" s="5">
+        <v>599</v>
+      </c>
+      <c r="G489" s="5">
+        <v>1746</v>
+      </c>
+      <c r="H489" s="5">
+        <v>81</v>
+      </c>
+      <c r="I489" s="5">
+        <v>140</v>
+      </c>
+      <c r="J489" s="5">
+        <v>738</v>
+      </c>
+      <c r="K489" s="5">
+        <v>1907</v>
+      </c>
+      <c r="L489" s="5">
+        <v>82</v>
+      </c>
+      <c r="M489" s="5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="N489" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O489" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="490" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B490" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C490" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D490" s="6">
+        <v>44388</v>
+      </c>
+      <c r="E490" s="5">
+        <v>128</v>
+      </c>
+      <c r="F490" s="5">
+        <v>592</v>
+      </c>
+      <c r="G490" s="5">
+        <v>2582</v>
+      </c>
+      <c r="H490" s="5">
+        <v>85</v>
+      </c>
+      <c r="I490" s="5">
+        <v>97</v>
+      </c>
+      <c r="J490" s="5">
+        <v>949</v>
+      </c>
+      <c r="K490" s="5">
+        <v>2157</v>
+      </c>
+      <c r="L490" s="5">
+        <v>77</v>
+      </c>
+      <c r="M490" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N490" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="O490" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="491" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B491" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C491" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D491" s="6">
+        <v>44655</v>
+      </c>
+      <c r="E491" s="5">
+        <v>128</v>
+      </c>
+      <c r="F491" s="5">
+        <v>583</v>
+      </c>
+      <c r="G491" s="5">
+        <v>-378</v>
+      </c>
+      <c r="H491" s="5">
+        <v>78</v>
+      </c>
+      <c r="I491" s="5">
+        <v>79</v>
+      </c>
+      <c r="J491" s="5">
+        <v>438</v>
+      </c>
+      <c r="K491" s="5">
+        <v>374</v>
+      </c>
+      <c r="L491" s="5">
+        <v>82</v>
+      </c>
+      <c r="M491" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N491" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O491" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="492" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B492" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C492" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D492" s="6">
+        <v>44896</v>
+      </c>
+      <c r="E492" s="5">
+        <v>128</v>
+      </c>
+      <c r="F492" s="5">
+        <v>580</v>
+      </c>
+      <c r="G492" s="5">
+        <v>-3153</v>
+      </c>
+      <c r="H492" s="5">
+        <v>77</v>
+      </c>
+      <c r="I492" s="5">
+        <v>84</v>
+      </c>
+      <c r="J492" s="5">
+        <v>-44</v>
+      </c>
+      <c r="K492" s="5">
+        <v>-71</v>
+      </c>
+      <c r="L492" s="5">
+        <v>82</v>
+      </c>
+      <c r="M492" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N492" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O492" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="493" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B493" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C493" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D493" s="6">
+        <v>45032</v>
+      </c>
+      <c r="E493" s="5">
+        <v>128</v>
+      </c>
+      <c r="F493" s="5">
+        <v>564</v>
+      </c>
+      <c r="G493" s="5">
+        <v>-1860</v>
+      </c>
+      <c r="H493" s="5">
+        <v>81</v>
+      </c>
+      <c r="I493" s="5">
+        <v>77</v>
+      </c>
+      <c r="J493" s="5">
+        <v>175</v>
+      </c>
+      <c r="K493" s="5">
+        <v>828</v>
+      </c>
+      <c r="L493" s="5">
+        <v>77</v>
+      </c>
+      <c r="M493" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N493" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O493" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="494" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B494" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C494" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D494" s="6">
+        <v>44054</v>
+      </c>
+      <c r="E494" s="5">
+        <v>128</v>
+      </c>
+      <c r="F494" s="5">
+        <v>563</v>
+      </c>
+      <c r="G494" s="5">
+        <v>1108</v>
+      </c>
+      <c r="H494" s="5">
+        <v>84</v>
+      </c>
+      <c r="I494" s="5">
+        <v>115</v>
+      </c>
+      <c r="J494" s="5">
+        <v>797</v>
+      </c>
+      <c r="K494" s="5">
+        <v>2101</v>
+      </c>
+      <c r="L494" s="5">
+        <v>80</v>
+      </c>
+      <c r="M494" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="N494" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O494" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="495" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B495" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C495" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D495" s="6">
+        <v>44948</v>
+      </c>
+      <c r="E495" s="5">
+        <v>128</v>
+      </c>
+      <c r="F495" s="5">
+        <v>558</v>
+      </c>
+      <c r="G495" s="5">
+        <v>2088</v>
+      </c>
+      <c r="H495" s="5">
+        <v>79</v>
+      </c>
+      <c r="I495" s="5">
+        <v>31</v>
+      </c>
+      <c r="J495" s="5">
+        <v>-547</v>
+      </c>
+      <c r="K495" s="5">
+        <v>-512</v>
+      </c>
+      <c r="L495" s="5">
+        <v>91</v>
+      </c>
+      <c r="M495" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N495" s="5" t="s">
+        <v>1274</v>
+      </c>
+      <c r="O495" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="496" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B496" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C496" s="5" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D496" s="6">
+        <v>44870</v>
+      </c>
+      <c r="E496" s="5">
+        <v>128</v>
+      </c>
+      <c r="F496" s="5">
+        <v>536</v>
+      </c>
+      <c r="G496" s="5">
+        <v>1011</v>
+      </c>
+      <c r="H496" s="5">
+        <v>83</v>
+      </c>
+      <c r="I496" s="5">
+        <v>82</v>
+      </c>
+      <c r="J496" s="5">
+        <v>23</v>
+      </c>
+      <c r="K496" s="5">
+        <v>381</v>
+      </c>
+      <c r="L496" s="5">
+        <v>88</v>
+      </c>
+      <c r="M496" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N496" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="O496" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="497" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B497" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C497" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D497" s="6">
+        <v>45076</v>
+      </c>
+      <c r="E497" s="5">
+        <v>128</v>
+      </c>
+      <c r="F497" s="5">
+        <v>536</v>
+      </c>
+      <c r="G497" s="5">
+        <v>-429</v>
+      </c>
+      <c r="H497" s="5">
+        <v>82</v>
+      </c>
+      <c r="I497" s="5">
+        <v>109</v>
+      </c>
+      <c r="J497" s="5">
+        <v>396</v>
+      </c>
+      <c r="K497" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L497" s="5">
+        <v>84</v>
+      </c>
+      <c r="M497" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N497" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O497" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="498" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B498" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C498" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D498" s="6">
+        <v>44995</v>
+      </c>
+      <c r="E498" s="5">
+        <v>128</v>
+      </c>
+      <c r="F498" s="5">
+        <v>515</v>
+      </c>
+      <c r="G498" s="5">
+        <v>847</v>
+      </c>
+      <c r="H498" s="5">
+        <v>77</v>
+      </c>
+      <c r="I498" s="5">
+        <v>70</v>
+      </c>
+      <c r="J498" s="5">
+        <v>291</v>
+      </c>
+      <c r="K498" s="5">
+        <v>-667</v>
+      </c>
+      <c r="L498" s="5">
+        <v>78</v>
+      </c>
+      <c r="M498" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N498" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="O498" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="499" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B499" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C499" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D499" s="6">
+        <v>45084</v>
+      </c>
+      <c r="E499" s="5">
+        <v>128</v>
+      </c>
+      <c r="F499" s="5">
+        <v>459</v>
+      </c>
+      <c r="G499" s="5">
+        <v>2099</v>
+      </c>
+      <c r="H499" s="5">
+        <v>82</v>
+      </c>
+      <c r="I499" s="5">
+        <v>114</v>
+      </c>
+      <c r="J499" s="5">
+        <v>739</v>
+      </c>
+      <c r="K499" s="5">
+        <v>2072</v>
+      </c>
+      <c r="L499" s="5">
+        <v>80</v>
+      </c>
+      <c r="M499" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N499" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O499" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="500" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B500" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C500" s="5" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D500" s="6">
+        <v>44856</v>
+      </c>
+      <c r="E500" s="5">
+        <v>128</v>
+      </c>
+      <c r="F500" s="5">
+        <v>423</v>
+      </c>
+      <c r="G500" s="5">
+        <v>-291</v>
+      </c>
+      <c r="H500" s="5">
+        <v>83</v>
+      </c>
+      <c r="I500" s="5">
+        <v>102</v>
+      </c>
+      <c r="J500" s="5">
+        <v>241</v>
+      </c>
+      <c r="K500" s="5">
+        <v>1073</v>
+      </c>
+      <c r="L500" s="5">
+        <v>85</v>
+      </c>
+      <c r="M500" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N500" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="O500" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="501" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B501" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C501" s="5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D501" s="6">
+        <v>44077</v>
+      </c>
+      <c r="E501" s="5">
+        <v>128</v>
+      </c>
+      <c r="F501" s="5">
+        <v>421</v>
+      </c>
+      <c r="G501" s="5">
+        <v>1029</v>
+      </c>
+      <c r="H501" s="5">
+        <v>79</v>
+      </c>
+      <c r="I501" s="5">
+        <v>139</v>
+      </c>
+      <c r="J501" s="5">
+        <v>942</v>
+      </c>
+      <c r="K501" s="5">
+        <v>2324</v>
+      </c>
+      <c r="L501" s="5">
+        <v>84</v>
+      </c>
+      <c r="M501" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N501" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O501" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="502" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B502" s="5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C502" s="5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D502" s="6">
+        <v>43791</v>
+      </c>
+      <c r="E502" s="5">
+        <v>128</v>
+      </c>
+      <c r="F502" s="5">
+        <v>410</v>
+      </c>
+      <c r="G502" s="5">
+        <v>569</v>
+      </c>
+      <c r="H502" s="5">
+        <v>83</v>
+      </c>
+      <c r="I502" s="5">
+        <v>81</v>
+      </c>
+      <c r="J502" s="5">
+        <v>-134</v>
+      </c>
+      <c r="K502" s="5">
+        <v>384</v>
+      </c>
+      <c r="L502" s="5">
+        <v>92</v>
+      </c>
+      <c r="M502" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N502" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="O502" s="5" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="503" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B503" s="5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C503" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D503" s="6">
+        <v>44844</v>
+      </c>
+      <c r="E503" s="5">
+        <v>128</v>
+      </c>
+      <c r="F503" s="5">
+        <v>396</v>
+      </c>
+      <c r="G503" s="5">
+        <v>4307</v>
+      </c>
+      <c r="H503" s="5">
+        <v>86</v>
+      </c>
+      <c r="I503" s="5">
+        <v>81</v>
+      </c>
+      <c r="J503" s="5">
+        <v>-142</v>
+      </c>
+      <c r="K503" s="5">
+        <v>-582</v>
+      </c>
+      <c r="L503" s="5">
+        <v>86</v>
+      </c>
+      <c r="M503" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N503" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="O503" s="5" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="504" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B504" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C504" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D504" s="6">
+        <v>44866</v>
+      </c>
+      <c r="E504" s="5">
+        <v>128</v>
+      </c>
+      <c r="F504" s="5">
+        <v>345</v>
+      </c>
+      <c r="G504" s="5">
+        <v>-446</v>
+      </c>
+      <c r="H504" s="5">
+        <v>73</v>
+      </c>
+      <c r="I504" s="5">
+        <v>84</v>
+      </c>
+      <c r="J504" s="5">
+        <v>-93</v>
+      </c>
+      <c r="K504" s="5">
+        <v>-106</v>
+      </c>
+      <c r="L504" s="5">
+        <v>74</v>
+      </c>
+      <c r="M504" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N504" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="O504" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="505" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B505" s="5" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C505" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D505" s="6">
+        <v>44251</v>
+      </c>
+      <c r="E505" s="5">
+        <v>128</v>
+      </c>
+      <c r="F505" s="5">
+        <v>337</v>
+      </c>
+      <c r="G505" s="5">
+        <v>1948</v>
+      </c>
+      <c r="H505" s="5">
+        <v>81</v>
+      </c>
+      <c r="I505" s="5">
+        <v>72</v>
+      </c>
+      <c r="J505" s="5">
+        <v>-170</v>
+      </c>
+      <c r="K505" s="5">
+        <v>-149</v>
+      </c>
+      <c r="L505" s="5">
+        <v>80</v>
+      </c>
+      <c r="M505" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N505" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O505" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="506" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B506" s="5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C506" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D506" s="6">
+        <v>44273</v>
+      </c>
+      <c r="E506" s="5">
+        <v>128</v>
+      </c>
+      <c r="F506" s="5">
+        <v>234</v>
+      </c>
+      <c r="G506" s="5">
+        <v>1227</v>
+      </c>
+      <c r="H506" s="5">
+        <v>85</v>
+      </c>
+      <c r="I506" s="5">
+        <v>78</v>
+      </c>
+      <c r="J506" s="5">
+        <v>303</v>
+      </c>
+      <c r="K506" s="5">
+        <v>346</v>
+      </c>
+      <c r="L506" s="5">
+        <v>82</v>
+      </c>
+      <c r="M506" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N506" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="O506" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="507" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B507" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C507" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D507" s="6">
+        <v>44642</v>
+      </c>
+      <c r="E507" s="5">
+        <v>128</v>
+      </c>
+      <c r="F507" s="5">
+        <v>232</v>
+      </c>
+      <c r="G507" s="5">
+        <v>3019</v>
+      </c>
+      <c r="H507" s="5">
+        <v>84</v>
+      </c>
+      <c r="I507" s="5">
+        <v>98</v>
+      </c>
+      <c r="J507" s="5">
+        <v>949</v>
+      </c>
+      <c r="K507" s="5">
+        <v>2729</v>
+      </c>
+      <c r="L507" s="5">
+        <v>72</v>
+      </c>
+      <c r="M507" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N507" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O507" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="508" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B508" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C508" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D508" s="6">
+        <v>44770</v>
+      </c>
+      <c r="E508" s="5">
+        <v>128</v>
+      </c>
+      <c r="F508" s="5">
+        <v>230</v>
+      </c>
+      <c r="G508" s="5">
+        <v>1544</v>
+      </c>
+      <c r="H508" s="5">
+        <v>79</v>
+      </c>
+      <c r="I508" s="5">
+        <v>144</v>
+      </c>
+      <c r="J508" s="5">
+        <v>783</v>
+      </c>
+      <c r="K508" s="5">
+        <v>1832</v>
+      </c>
+      <c r="L508" s="5">
+        <v>82</v>
+      </c>
+      <c r="M508" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="N508" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O508" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="509" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B509" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C509" s="5" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D509" s="6">
+        <v>44724</v>
+      </c>
+      <c r="E509" s="5">
+        <v>128</v>
+      </c>
+      <c r="F509" s="5">
+        <v>192</v>
+      </c>
+      <c r="G509" s="5">
+        <v>1280</v>
+      </c>
+      <c r="H509" s="5">
+        <v>82</v>
+      </c>
+      <c r="I509" s="5">
+        <v>118</v>
+      </c>
+      <c r="J509" s="5">
+        <v>4</v>
+      </c>
+      <c r="K509" s="5">
+        <v>1244</v>
+      </c>
+      <c r="L509" s="5">
+        <v>85</v>
+      </c>
+      <c r="M509" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="N509" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="O509" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="510" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B510" s="5" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C510" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D510" s="6">
+        <v>44890</v>
+      </c>
+      <c r="E510" s="5">
+        <v>128</v>
+      </c>
+      <c r="F510" s="5">
+        <v>188</v>
+      </c>
+      <c r="G510" s="5">
+        <v>2489</v>
+      </c>
+      <c r="H510" s="5">
+        <v>81</v>
+      </c>
+      <c r="I510" s="5">
+        <v>103</v>
+      </c>
+      <c r="J510" s="5">
+        <v>-315</v>
+      </c>
+      <c r="K510" s="5">
+        <v>-186</v>
+      </c>
+      <c r="L510" s="5">
+        <v>94</v>
+      </c>
+      <c r="M510" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N510" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O510" s="5" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="511" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B511" s="5" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C511" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D511" s="6">
+        <v>44579</v>
+      </c>
+      <c r="E511" s="5">
+        <v>128</v>
+      </c>
+      <c r="F511" s="5">
+        <v>166</v>
+      </c>
+      <c r="G511" s="5">
+        <v>554</v>
+      </c>
+      <c r="H511" s="5">
+        <v>82</v>
+      </c>
+      <c r="I511" s="5">
+        <v>118</v>
+      </c>
+      <c r="J511" s="5">
+        <v>477</v>
+      </c>
+      <c r="K511" s="5">
+        <v>1101</v>
+      </c>
+      <c r="L511" s="5">
+        <v>88</v>
+      </c>
+      <c r="M511" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N511" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O511" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="512" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B512" s="5" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C512" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D512" s="6">
+        <v>44942</v>
+      </c>
+      <c r="E512" s="5">
+        <v>128</v>
+      </c>
+      <c r="F512" s="5">
+        <v>139</v>
+      </c>
+      <c r="G512" s="5">
+        <v>801</v>
+      </c>
+      <c r="H512" s="5">
+        <v>84</v>
+      </c>
+      <c r="I512" s="5">
+        <v>133</v>
+      </c>
+      <c r="J512" s="5">
+        <v>59</v>
+      </c>
+      <c r="K512" s="5">
+        <v>-369</v>
+      </c>
+      <c r="L512" s="5">
+        <v>77</v>
+      </c>
+      <c r="M512" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="N512" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="O512" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="513" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B513" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C513" s="5" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D513" s="6">
+        <v>44827</v>
+      </c>
+      <c r="E513" s="5">
+        <v>127</v>
+      </c>
+      <c r="F513" s="5">
+        <v>1501</v>
+      </c>
+      <c r="G513" s="5">
+        <v>3828</v>
+      </c>
+      <c r="H513" s="5">
+        <v>80</v>
+      </c>
+      <c r="I513" s="5">
+        <v>106</v>
+      </c>
+      <c r="J513" s="5">
+        <v>535</v>
+      </c>
+      <c r="K513" s="5">
+        <v>1284</v>
+      </c>
+      <c r="L513" s="5">
+        <v>80</v>
+      </c>
+      <c r="M513" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N513" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O513" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="514" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B514" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C514" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D514" s="6">
+        <v>45184</v>
+      </c>
+      <c r="E514" s="5">
+        <v>127</v>
+      </c>
+      <c r="F514" s="5">
+        <v>1164</v>
+      </c>
+      <c r="G514" s="5">
+        <v>4281</v>
+      </c>
+      <c r="H514" s="5">
+        <v>80</v>
+      </c>
+      <c r="I514" s="5">
+        <v>108</v>
+      </c>
+      <c r="J514" s="5">
+        <v>1400</v>
+      </c>
+      <c r="K514" s="5">
+        <v>4395</v>
+      </c>
+      <c r="L514" s="5">
+        <v>84</v>
+      </c>
+      <c r="M514" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N514" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="O514" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="515" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B515" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C515" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D515" s="6">
+        <v>44993</v>
+      </c>
+      <c r="E515" s="5">
+        <v>127</v>
+      </c>
+      <c r="F515" s="5">
+        <v>1157</v>
+      </c>
+      <c r="G515" s="5">
+        <v>3501</v>
+      </c>
+      <c r="H515" s="5">
+        <v>80</v>
+      </c>
+      <c r="I515" s="5">
+        <v>103</v>
+      </c>
+      <c r="J515" s="5">
+        <v>589</v>
+      </c>
+      <c r="K515" s="5">
+        <v>914</v>
+      </c>
+      <c r="L515" s="5">
+        <v>88</v>
+      </c>
+      <c r="M515" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N515" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O515" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="516" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B516" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C516" s="5" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D516" s="6">
+        <v>44892</v>
+      </c>
+      <c r="E516" s="5">
+        <v>127</v>
+      </c>
+      <c r="F516" s="5">
+        <v>1034</v>
+      </c>
+      <c r="G516" s="5">
+        <v>2108</v>
+      </c>
+      <c r="H516" s="5">
+        <v>81</v>
+      </c>
+      <c r="I516" s="5">
+        <v>49</v>
+      </c>
+      <c r="J516" s="5">
+        <v>287</v>
+      </c>
+      <c r="K516" s="5">
+        <v>3178</v>
+      </c>
+      <c r="L516" s="5">
+        <v>82</v>
+      </c>
+      <c r="M516" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N516" s="5" t="s">
+        <v>1322</v>
+      </c>
+      <c r="O516" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="517" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B517" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C517" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D517" s="6">
+        <v>44890</v>
+      </c>
+      <c r="E517" s="5">
+        <v>127</v>
+      </c>
+      <c r="F517" s="5">
+        <v>979</v>
+      </c>
+      <c r="G517" s="5">
+        <v>4451</v>
+      </c>
+      <c r="H517" s="5">
+        <v>82</v>
+      </c>
+      <c r="I517" s="5">
+        <v>119</v>
+      </c>
+      <c r="J517" s="5">
+        <v>305</v>
+      </c>
+      <c r="K517" s="5">
+        <v>2138</v>
+      </c>
+      <c r="L517" s="5">
+        <v>83</v>
+      </c>
+      <c r="M517" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N517" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O517" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="518" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B518" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C518" s="5" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D518" s="6">
+        <v>45037</v>
+      </c>
+      <c r="E518" s="5">
+        <v>127</v>
+      </c>
+      <c r="F518" s="5">
+        <v>895</v>
+      </c>
+      <c r="G518" s="5">
+        <v>1721</v>
+      </c>
+      <c r="H518" s="5">
+        <v>79</v>
+      </c>
+      <c r="I518" s="5">
+        <v>87</v>
+      </c>
+      <c r="J518" s="5">
+        <v>1182</v>
+      </c>
+      <c r="K518" s="5">
+        <v>3547</v>
+      </c>
+      <c r="L518" s="5">
+        <v>84</v>
+      </c>
+      <c r="M518" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N518" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="O518" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="519" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B519" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C519" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D519" s="6">
+        <v>45107</v>
+      </c>
+      <c r="E519" s="5">
+        <v>127</v>
+      </c>
+      <c r="F519" s="5">
+        <v>880</v>
+      </c>
+      <c r="G519" s="5">
+        <v>2432</v>
+      </c>
+      <c r="H519" s="5">
+        <v>79</v>
+      </c>
+      <c r="I519" s="5">
+        <v>123</v>
+      </c>
+      <c r="J519" s="5">
+        <v>772</v>
+      </c>
+      <c r="K519" s="5">
+        <v>2309</v>
+      </c>
+      <c r="L519" s="5">
+        <v>82</v>
+      </c>
+      <c r="M519" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N519" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="O519" s="5" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="520" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B520" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C520" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D520" s="6">
+        <v>44762</v>
+      </c>
+      <c r="E520" s="5">
+        <v>127</v>
+      </c>
+      <c r="F520" s="5">
+        <v>851</v>
+      </c>
+      <c r="G520" s="5">
+        <v>2748</v>
+      </c>
+      <c r="H520" s="5">
+        <v>77</v>
+      </c>
+      <c r="I520" s="5">
+        <v>120</v>
+      </c>
+      <c r="J520" s="5">
+        <v>269</v>
+      </c>
+      <c r="K520" s="5">
+        <v>-26</v>
+      </c>
+      <c r="L520" s="5">
+        <v>91</v>
+      </c>
+      <c r="M520" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="N520" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="O520" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="521" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B521" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C521" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D521" s="6">
+        <v>44871</v>
+      </c>
+      <c r="E521" s="5">
+        <v>127</v>
+      </c>
+      <c r="F521" s="5">
+        <v>837</v>
+      </c>
+      <c r="G521" s="5">
+        <v>2129</v>
+      </c>
+      <c r="H521" s="5">
+        <v>90</v>
+      </c>
+      <c r="I521" s="5">
+        <v>101</v>
+      </c>
+      <c r="J521" s="5">
+        <v>979</v>
+      </c>
+      <c r="K521" s="5">
+        <v>2582</v>
+      </c>
+      <c r="L521" s="5">
+        <v>84</v>
+      </c>
+      <c r="M521" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N521" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O521" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="522" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B522" s="5" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C522" s="5" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D522" s="6">
+        <v>45152</v>
+      </c>
+      <c r="E522" s="5">
+        <v>127</v>
+      </c>
+      <c r="F522" s="5">
+        <v>831</v>
+      </c>
+      <c r="G522" s="5">
+        <v>2443</v>
+      </c>
+      <c r="H522" s="5">
+        <v>78</v>
+      </c>
+      <c r="I522" s="5">
+        <v>113</v>
+      </c>
+      <c r="J522" s="5">
+        <v>679</v>
+      </c>
+      <c r="K522" s="5">
+        <v>693</v>
+      </c>
+      <c r="L522" s="5">
+        <v>79</v>
+      </c>
+      <c r="M522" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N522" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="O522" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="523" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B523" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C523" s="5" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D523" s="6">
+        <v>44959</v>
+      </c>
+      <c r="E523" s="5">
+        <v>127</v>
+      </c>
+      <c r="F523" s="5">
+        <v>754</v>
+      </c>
+      <c r="G523" s="5">
+        <v>3234</v>
+      </c>
+      <c r="H523" s="5">
+        <v>79</v>
+      </c>
+      <c r="I523" s="5">
+        <v>110</v>
+      </c>
+      <c r="J523" s="5">
+        <v>356</v>
+      </c>
+      <c r="K523" s="5">
+        <v>1463</v>
+      </c>
+      <c r="L523" s="5">
+        <v>82</v>
+      </c>
+      <c r="M523" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="N523" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O523" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="524" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B524" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C524" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D524" s="6">
+        <v>44911</v>
+      </c>
+      <c r="E524" s="5">
+        <v>127</v>
+      </c>
+      <c r="F524" s="5">
+        <v>747</v>
+      </c>
+      <c r="G524" s="5">
+        <v>3835</v>
+      </c>
+      <c r="H524" s="5">
+        <v>83</v>
+      </c>
+      <c r="I524" s="5">
+        <v>85</v>
+      </c>
+      <c r="J524" s="5">
+        <v>898</v>
+      </c>
+      <c r="K524" s="5">
+        <v>3792</v>
+      </c>
+      <c r="L524" s="5">
+        <v>84</v>
+      </c>
+      <c r="M524" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N524" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O524" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="525" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B525" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C525" s="5" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D525" s="6">
+        <v>45158</v>
+      </c>
+      <c r="E525" s="5">
+        <v>127</v>
+      </c>
+      <c r="F525" s="5">
+        <v>738</v>
+      </c>
+      <c r="G525" s="5">
+        <v>2577</v>
+      </c>
+      <c r="H525" s="5">
+        <v>78</v>
+      </c>
+      <c r="I525" s="5">
+        <v>95</v>
+      </c>
+      <c r="J525" s="5">
+        <v>1078</v>
+      </c>
+      <c r="K525" s="5">
+        <v>1413</v>
+      </c>
+      <c r="L525" s="5">
+        <v>70</v>
+      </c>
+      <c r="M525" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N525" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O525" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="526" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B526" s="5" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C526" s="5" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D526" s="6">
+        <v>45135</v>
+      </c>
+      <c r="E526" s="5">
+        <v>127</v>
+      </c>
+      <c r="F526" s="5">
+        <v>726</v>
+      </c>
+      <c r="G526" s="5">
+        <v>3655</v>
+      </c>
+      <c r="H526" s="5">
+        <v>78</v>
+      </c>
+      <c r="I526" s="5">
+        <v>96</v>
+      </c>
+      <c r="J526" s="5">
+        <v>-157</v>
+      </c>
+      <c r="K526" s="5">
+        <v>426</v>
+      </c>
+      <c r="L526" s="5">
+        <v>86</v>
+      </c>
+      <c r="M526" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N526" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="O526" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="527" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B527" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C527" s="5" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D527" s="6">
+        <v>45218</v>
+      </c>
+      <c r="E527" s="5">
+        <v>127</v>
+      </c>
+      <c r="F527" s="5">
+        <v>716</v>
+      </c>
+      <c r="G527" s="5">
+        <v>-3093</v>
+      </c>
+      <c r="H527" s="5">
+        <v>83</v>
+      </c>
+      <c r="I527" s="5">
+        <v>89</v>
+      </c>
+      <c r="J527" s="5">
+        <v>404</v>
+      </c>
+      <c r="K527" s="5">
+        <v>866</v>
+      </c>
+      <c r="L527" s="5">
+        <v>86</v>
+      </c>
+      <c r="M527" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N527" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="O527" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="528" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B528" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C528" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D528" s="6">
+        <v>44125</v>
+      </c>
+      <c r="E528" s="5">
+        <v>127</v>
+      </c>
+      <c r="F528" s="5">
+        <v>711</v>
+      </c>
+      <c r="G528" s="5">
+        <v>1280</v>
+      </c>
+      <c r="H528" s="5">
+        <v>87</v>
+      </c>
+      <c r="I528" s="5">
+        <v>81</v>
+      </c>
+      <c r="J528" s="5">
+        <v>295</v>
+      </c>
+      <c r="K528" s="5">
+        <v>668</v>
+      </c>
+      <c r="L528" s="5">
+        <v>86</v>
+      </c>
+      <c r="M528" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N528" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="O528" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="529" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B529" s="5" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C529" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D529" s="6">
+        <v>45101</v>
+      </c>
+      <c r="E529" s="5">
+        <v>127</v>
+      </c>
+      <c r="F529" s="5">
+        <v>662</v>
+      </c>
+      <c r="G529" s="5">
+        <v>-900</v>
+      </c>
+      <c r="H529" s="5">
+        <v>81</v>
+      </c>
+      <c r="I529" s="5">
+        <v>103</v>
+      </c>
+      <c r="J529" s="5">
+        <v>599</v>
+      </c>
+      <c r="K529" s="5">
+        <v>294</v>
+      </c>
+      <c r="L529" s="5">
+        <v>80</v>
+      </c>
+      <c r="M529" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="N529" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O529" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="530" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B530" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C530" s="5" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D530" s="6">
+        <v>44001</v>
+      </c>
+      <c r="E530" s="5">
+        <v>127</v>
+      </c>
+      <c r="F530" s="5">
+        <v>661</v>
+      </c>
+      <c r="G530" s="5">
+        <v>1989</v>
+      </c>
+      <c r="H530" s="5">
+        <v>85</v>
+      </c>
+      <c r="I530" s="5">
+        <v>139</v>
+      </c>
+      <c r="J530" s="5">
+        <v>942</v>
+      </c>
+      <c r="K530" s="5">
+        <v>2324</v>
+      </c>
+      <c r="L530" s="5">
+        <v>84</v>
+      </c>
+      <c r="M530" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="N530" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O530" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="531" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B531" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C531" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D531" s="6">
+        <v>44135</v>
+      </c>
+      <c r="E531" s="5">
+        <v>127</v>
+      </c>
+      <c r="F531" s="5">
+        <v>625</v>
+      </c>
+      <c r="G531" s="5">
+        <v>571</v>
+      </c>
+      <c r="H531" s="5">
+        <v>77</v>
+      </c>
+      <c r="I531" s="5">
+        <v>15</v>
+      </c>
+      <c r="J531" s="5">
+        <v>108</v>
+      </c>
+      <c r="K531" s="5">
+        <v>724</v>
+      </c>
+      <c r="L531" s="5">
+        <v>75</v>
+      </c>
+      <c r="M531" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N531" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O531" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="532" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B532" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C532" s="5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D532" s="6">
+        <v>44329</v>
+      </c>
+      <c r="E532" s="5">
+        <v>127</v>
+      </c>
+      <c r="F532" s="5">
+        <v>613</v>
+      </c>
+      <c r="G532" s="5">
+        <v>2214</v>
+      </c>
+      <c r="H532" s="5">
+        <v>78</v>
+      </c>
+      <c r="I532" s="5">
+        <v>124</v>
+      </c>
+      <c r="J532" s="5">
+        <v>515</v>
+      </c>
+      <c r="K532" s="5">
+        <v>1062</v>
+      </c>
+      <c r="L532" s="5">
+        <v>71</v>
+      </c>
+      <c r="M532" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N532" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O532" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="533" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B533" s="5" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C533" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D533" s="6">
+        <v>44906</v>
+      </c>
+      <c r="E533" s="5">
+        <v>127</v>
+      </c>
+      <c r="F533" s="5">
+        <v>601</v>
+      </c>
+      <c r="G533" s="5">
+        <v>2073</v>
+      </c>
+      <c r="H533" s="5">
+        <v>83</v>
+      </c>
+      <c r="I533" s="5">
+        <v>91</v>
+      </c>
+      <c r="J533" s="5">
+        <v>205</v>
+      </c>
+      <c r="K533" s="5">
+        <v>180</v>
+      </c>
+      <c r="L533" s="5">
+        <v>87</v>
+      </c>
+      <c r="M533" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N533" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O533" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="534" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B534" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C534" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D534" s="6">
+        <v>44967</v>
+      </c>
+      <c r="E534" s="5">
+        <v>127</v>
+      </c>
+      <c r="F534" s="5">
+        <v>532</v>
+      </c>
+      <c r="G534" s="5">
+        <v>1626</v>
+      </c>
+      <c r="H534" s="5">
+        <v>81</v>
+      </c>
+      <c r="I534" s="5">
+        <v>95</v>
+      </c>
+      <c r="J534" s="5">
+        <v>233</v>
+      </c>
+      <c r="K534" s="5">
+        <v>351</v>
+      </c>
+      <c r="L534" s="5">
+        <v>90</v>
+      </c>
+      <c r="M534" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N534" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O534" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="535" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B535" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C535" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D535" s="6">
+        <v>44230</v>
+      </c>
+      <c r="E535" s="5">
+        <v>127</v>
+      </c>
+      <c r="F535" s="5">
+        <v>530</v>
+      </c>
+      <c r="G535" s="5">
+        <v>1260</v>
+      </c>
+      <c r="H535" s="5">
+        <v>90</v>
+      </c>
+      <c r="I535" s="5">
+        <v>95</v>
+      </c>
+      <c r="J535" s="5">
+        <v>-44</v>
+      </c>
+      <c r="K535" s="5">
+        <v>-279</v>
+      </c>
+      <c r="L535" s="5">
+        <v>91</v>
+      </c>
+      <c r="M535" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N535" s="5" t="s">
+        <v>1362</v>
+      </c>
+      <c r="O535" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="536" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B536" s="5" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C536" s="5" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D536" s="6">
+        <v>44950</v>
+      </c>
+      <c r="E536" s="5">
+        <v>127</v>
+      </c>
+      <c r="F536" s="5">
+        <v>516</v>
+      </c>
+      <c r="G536" s="5">
+        <v>1243</v>
+      </c>
+      <c r="H536" s="5">
+        <v>78</v>
+      </c>
+      <c r="I536" s="5">
+        <v>99</v>
+      </c>
+      <c r="J536" s="5">
+        <v>358</v>
+      </c>
+      <c r="K536" s="5">
+        <v>985</v>
+      </c>
+      <c r="L536" s="5">
+        <v>87</v>
+      </c>
+      <c r="M536" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N536" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O536" s="5" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="537" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B537" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C537" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D537" s="6">
+        <v>43800</v>
+      </c>
+      <c r="E537" s="5">
+        <v>127</v>
+      </c>
+      <c r="F537" s="5">
+        <v>514</v>
+      </c>
+      <c r="G537" s="5">
+        <v>2358</v>
+      </c>
+      <c r="H537" s="5">
+        <v>85</v>
+      </c>
+      <c r="I537" s="5">
+        <v>68</v>
+      </c>
+      <c r="J537" s="5">
+        <v>755</v>
+      </c>
+      <c r="K537" s="5">
+        <v>2965</v>
+      </c>
+      <c r="L537" s="5">
+        <v>79</v>
+      </c>
+      <c r="M537" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="N537" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="O537" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="538" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B538" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C538" s="5" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D538" s="6">
+        <v>44532</v>
+      </c>
+      <c r="E538" s="5">
+        <v>127</v>
+      </c>
+      <c r="F538" s="5">
+        <v>501</v>
+      </c>
+      <c r="G538" s="5">
+        <v>-366</v>
+      </c>
+      <c r="H538" s="5">
+        <v>82</v>
+      </c>
+      <c r="I538" s="5">
+        <v>113</v>
+      </c>
+      <c r="J538" s="5">
+        <v>226</v>
+      </c>
+      <c r="K538" s="5">
+        <v>513</v>
+      </c>
+      <c r="L538" s="5">
+        <v>80</v>
+      </c>
+      <c r="M538" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N538" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O538" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="539" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B539" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C539" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D539" s="6">
+        <v>44368</v>
+      </c>
+      <c r="E539" s="5">
+        <v>127</v>
+      </c>
+      <c r="F539" s="5">
+        <v>459</v>
+      </c>
+      <c r="G539" s="5">
+        <v>1491</v>
+      </c>
+      <c r="H539" s="5">
+        <v>82</v>
+      </c>
+      <c r="I539" s="5">
+        <v>54</v>
+      </c>
+      <c r="J539" s="5">
+        <v>-292</v>
+      </c>
+      <c r="K539" s="5">
+        <v>-225</v>
+      </c>
+      <c r="L539" s="5">
+        <v>83</v>
+      </c>
+      <c r="M539" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N539" s="5" t="s">
+        <v>1373</v>
+      </c>
+      <c r="O539" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="540" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B540" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C540" s="5" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D540" s="6">
+        <v>44384</v>
+      </c>
+      <c r="E540" s="5">
+        <v>127</v>
+      </c>
+      <c r="F540" s="5">
+        <v>453</v>
+      </c>
+      <c r="G540" s="5">
+        <v>1899</v>
+      </c>
+      <c r="H540" s="5">
+        <v>82</v>
+      </c>
+      <c r="I540" s="5">
+        <v>62</v>
+      </c>
+      <c r="J540" s="5">
+        <v>435</v>
+      </c>
+      <c r="K540" s="5">
+        <v>1934</v>
+      </c>
+      <c r="L540" s="5">
+        <v>82</v>
+      </c>
+      <c r="M540" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N540" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="O540" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="541" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B541" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C541" s="5" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D541" s="6">
+        <v>45069</v>
+      </c>
+      <c r="E541" s="5">
+        <v>127</v>
+      </c>
+      <c r="F541" s="5">
+        <v>431</v>
+      </c>
+      <c r="G541" s="5">
+        <v>1771</v>
+      </c>
+      <c r="H541" s="5">
+        <v>81</v>
+      </c>
+      <c r="I541" s="5">
+        <v>108</v>
+      </c>
+      <c r="J541" s="5">
+        <v>882</v>
+      </c>
+      <c r="K541" s="5">
+        <v>1790</v>
+      </c>
+      <c r="L541" s="5">
+        <v>82</v>
+      </c>
+      <c r="M541" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="N541" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O541" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="542" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B542" s="5" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C542" s="5" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D542" s="6">
+        <v>44582</v>
+      </c>
+      <c r="E542" s="5">
+        <v>127</v>
+      </c>
+      <c r="F542" s="5">
+        <v>429</v>
+      </c>
+      <c r="G542" s="5">
+        <v>971</v>
+      </c>
+      <c r="H542" s="5">
+        <v>83</v>
+      </c>
+      <c r="I542" s="5">
+        <v>78</v>
+      </c>
+      <c r="J542" s="5">
+        <v>289</v>
+      </c>
+      <c r="K542" s="5">
+        <v>466</v>
+      </c>
+      <c r="L542" s="5">
+        <v>80</v>
+      </c>
+      <c r="M542" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="N542" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="O542" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="543" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B543" s="5" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C543" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D543" s="6">
+        <v>44499</v>
+      </c>
+      <c r="E543" s="5">
+        <v>127</v>
+      </c>
+      <c r="F543" s="5">
+        <v>367</v>
+      </c>
+      <c r="G543" s="5">
+        <v>1541</v>
+      </c>
+      <c r="H543" s="5">
+        <v>85</v>
+      </c>
+      <c r="I543" s="5">
+        <v>71</v>
+      </c>
+      <c r="J543" s="5">
+        <v>-549</v>
+      </c>
+      <c r="K543" s="5">
+        <v>-1180</v>
+      </c>
+      <c r="L543" s="5">
+        <v>91</v>
+      </c>
+      <c r="M543" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N543" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="O543" s="5" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="544" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B544" s="5" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C544" s="5" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D544" s="6">
+        <v>44862</v>
+      </c>
+      <c r="E544" s="5">
+        <v>127</v>
+      </c>
+      <c r="F544" s="5">
+        <v>350</v>
+      </c>
+      <c r="G544" s="5">
+        <v>774</v>
+      </c>
+      <c r="H544" s="5">
+        <v>80</v>
+      </c>
+      <c r="I544" s="5">
+        <v>75</v>
+      </c>
+      <c r="J544" s="5">
+        <v>253</v>
+      </c>
+      <c r="K544" s="5">
+        <v>828</v>
+      </c>
+      <c r="L544" s="5">
+        <v>76</v>
+      </c>
+      <c r="M544" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="N544" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O544" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="545" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B545" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C545" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D545" s="6">
+        <v>44557</v>
+      </c>
+      <c r="E545" s="5">
+        <v>127</v>
+      </c>
+      <c r="F545" s="5">
+        <v>340</v>
+      </c>
+      <c r="G545" s="5">
+        <v>931</v>
+      </c>
+      <c r="H545" s="5">
+        <v>82</v>
+      </c>
+      <c r="I545" s="5">
+        <v>107</v>
+      </c>
+      <c r="J545" s="5">
+        <v>153</v>
+      </c>
+      <c r="K545" s="5">
+        <v>797</v>
+      </c>
+      <c r="L545" s="5">
+        <v>86</v>
+      </c>
+      <c r="M545" s="5" t="s">
+        <v>1389</v>
+      </c>
+      <c r="N545" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="O545" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="546" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B546" s="5" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C546" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D546" s="6">
+        <v>43991</v>
+      </c>
+      <c r="E546" s="5">
+        <v>127</v>
+      </c>
+      <c r="F546" s="5">
+        <v>231</v>
+      </c>
+      <c r="G546" s="5">
+        <v>752</v>
+      </c>
+      <c r="H546" s="5">
+        <v>80</v>
+      </c>
+      <c r="I546" s="5">
+        <v>115</v>
+      </c>
+      <c r="J546" s="5">
+        <v>797</v>
+      </c>
+      <c r="K546" s="5">
+        <v>2101</v>
+      </c>
+      <c r="L546" s="5">
+        <v>80</v>
+      </c>
+      <c r="M546" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N546" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="O546" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="547" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B547" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C547" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D547" s="6">
+        <v>43860</v>
+      </c>
+      <c r="E547" s="5">
+        <v>127</v>
+      </c>
+      <c r="F547" s="5">
+        <v>172</v>
+      </c>
+      <c r="G547" s="5">
+        <v>91</v>
+      </c>
+      <c r="H547" s="5">
+        <v>80</v>
+      </c>
+      <c r="I547" s="5">
+        <v>85</v>
+      </c>
+      <c r="J547" s="5">
+        <v>-330</v>
+      </c>
+      <c r="K547" s="5">
+        <v>99</v>
+      </c>
+      <c r="L547" s="5">
+        <v>85</v>
+      </c>
+      <c r="M547" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N547" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="O547" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="548" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B548" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C548" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D548" s="6">
+        <v>44416</v>
+      </c>
+      <c r="E548" s="5">
+        <v>127</v>
+      </c>
+      <c r="F548" s="5">
+        <v>145</v>
+      </c>
+      <c r="G548" s="5">
+        <v>-699</v>
+      </c>
+      <c r="H548" s="5">
+        <v>82</v>
+      </c>
+      <c r="I548" s="5">
+        <v>56</v>
+      </c>
+      <c r="J548" s="5">
+        <v>-243</v>
+      </c>
+      <c r="K548" s="5">
+        <v>-1128</v>
+      </c>
+      <c r="L548" s="5">
+        <v>79</v>
+      </c>
+      <c r="M548" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N548" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O548" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="549" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B549" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C549" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D549" s="6">
+        <v>44323</v>
+      </c>
+      <c r="E549" s="5">
+        <v>127</v>
+      </c>
+      <c r="F549" s="5">
+        <v>134</v>
+      </c>
+      <c r="G549" s="5">
+        <v>336</v>
+      </c>
+      <c r="H549" s="5">
+        <v>78</v>
+      </c>
+      <c r="I549" s="5">
+        <v>121</v>
+      </c>
+      <c r="J549" s="5">
+        <v>-1</v>
+      </c>
+      <c r="K549" s="5">
+        <v>-340</v>
+      </c>
+      <c r="L549" s="5">
+        <v>82</v>
+      </c>
+      <c r="M549" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N549" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O549" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="550" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B550" s="5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C550" s="5" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D550" s="6">
+        <v>44716</v>
+      </c>
+      <c r="E550" s="5">
+        <v>127</v>
+      </c>
+      <c r="F550" s="5">
+        <v>-36</v>
+      </c>
+      <c r="G550" s="5">
+        <v>-556</v>
+      </c>
+      <c r="H550" s="5">
+        <v>78</v>
+      </c>
+      <c r="I550" s="5">
+        <v>56</v>
+      </c>
+      <c r="J550" s="5">
+        <v>-182</v>
+      </c>
+      <c r="K550" s="5">
+        <v>-189</v>
+      </c>
+      <c r="L550" s="5">
+        <v>80</v>
+      </c>
+      <c r="M550" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N550" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="O550" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="551" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B551" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C551" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D551" s="6">
+        <v>43032</v>
+      </c>
+      <c r="E551" s="5">
+        <v>127</v>
+      </c>
+      <c r="F551" s="5">
+        <v>-247</v>
+      </c>
+      <c r="G551" s="5">
+        <v>-61</v>
+      </c>
+      <c r="H551" s="5">
+        <v>86</v>
+      </c>
+      <c r="I551" s="5">
+        <v>79</v>
+      </c>
+      <c r="J551" s="5">
+        <v>-302</v>
+      </c>
+      <c r="K551" s="5">
+        <v>-349</v>
+      </c>
+      <c r="L551" s="5">
+        <v>84</v>
+      </c>
+      <c r="M551" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="N551" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="O551" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="552" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B552" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C552" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D552" s="6">
+        <v>44860</v>
+      </c>
+      <c r="E552" s="5">
+        <v>126</v>
+      </c>
+      <c r="F552" s="5">
+        <v>1297</v>
+      </c>
+      <c r="G552" s="5">
+        <v>2034</v>
+      </c>
+      <c r="H552" s="5">
+        <v>84</v>
+      </c>
+      <c r="I552" s="5">
+        <v>125</v>
+      </c>
+      <c r="J552" s="5">
+        <v>932</v>
+      </c>
+      <c r="K552" s="5">
+        <v>1946</v>
+      </c>
+      <c r="L552" s="5">
+        <v>87</v>
+      </c>
+      <c r="M552" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N552" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="O552" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="553" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B553" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C553" s="5" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D553" s="6">
+        <v>44965</v>
+      </c>
+      <c r="E553" s="5">
+        <v>126</v>
+      </c>
+      <c r="F553" s="5">
+        <v>1200</v>
+      </c>
+      <c r="G553" s="5">
+        <v>2811</v>
+      </c>
+      <c r="H553" s="5">
+        <v>77</v>
+      </c>
+      <c r="I553" s="5">
+        <v>106</v>
+      </c>
+      <c r="J553" s="5">
+        <v>667</v>
+      </c>
+      <c r="K553" s="5">
+        <v>862</v>
+      </c>
+      <c r="L553" s="5">
+        <v>90</v>
+      </c>
+      <c r="M553" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N553" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O553" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="554" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B554" s="5" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C554" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D554" s="6">
+        <v>44745</v>
+      </c>
+      <c r="E554" s="5">
+        <v>126</v>
+      </c>
+      <c r="F554" s="5">
+        <v>1197</v>
+      </c>
+      <c r="G554" s="5">
+        <v>3464</v>
+      </c>
+      <c r="H554" s="5">
+        <v>81</v>
+      </c>
+      <c r="I554" s="5">
+        <v>80</v>
+      </c>
+      <c r="J554" s="5">
+        <v>431</v>
+      </c>
+      <c r="K554" s="5">
+        <v>2326</v>
+      </c>
+      <c r="L554" s="5">
+        <v>80</v>
+      </c>
+      <c r="M554" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N554" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O554" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="555" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B555" s="5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C555" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D555" s="6">
+        <v>45064</v>
+      </c>
+      <c r="E555" s="5">
+        <v>126</v>
+      </c>
+      <c r="F555" s="5">
+        <v>1087</v>
+      </c>
+      <c r="G555" s="5">
+        <v>3214</v>
+      </c>
+      <c r="H555" s="5">
+        <v>78</v>
+      </c>
+      <c r="I555" s="5">
+        <v>80</v>
+      </c>
+      <c r="J555" s="5">
+        <v>611</v>
+      </c>
+      <c r="K555" s="5">
+        <v>1223</v>
+      </c>
+      <c r="L555" s="5">
+        <v>82</v>
+      </c>
+      <c r="M555" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N555" s="5" t="s">
+        <v>1413</v>
+      </c>
+      <c r="O555" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="556" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B556" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C556" s="5" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D556" s="6">
+        <v>45183</v>
+      </c>
+      <c r="E556" s="5">
+        <v>126</v>
+      </c>
+      <c r="F556" s="5">
+        <v>1071</v>
+      </c>
+      <c r="G556" s="5">
+        <v>3977</v>
+      </c>
+      <c r="H556" s="5">
+        <v>83</v>
+      </c>
+      <c r="I556" s="5">
+        <v>111</v>
+      </c>
+      <c r="J556" s="5">
+        <v>-10</v>
+      </c>
+      <c r="K556" s="5">
+        <v>-772</v>
+      </c>
+      <c r="L556" s="5">
+        <v>84</v>
+      </c>
+      <c r="M556" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N556" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O556" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="557" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B557" s="5" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C557" s="5" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D557" s="6">
+        <v>45172</v>
+      </c>
+      <c r="E557" s="5">
+        <v>126</v>
+      </c>
+      <c r="F557" s="5">
+        <v>1040</v>
+      </c>
+      <c r="G557" s="5">
+        <v>2625</v>
+      </c>
+      <c r="H557" s="5">
+        <v>82</v>
+      </c>
+      <c r="I557" s="5">
+        <v>70</v>
+      </c>
+      <c r="J557" s="5">
+        <v>966</v>
+      </c>
+      <c r="K557" s="5">
+        <v>3147</v>
+      </c>
+      <c r="L557" s="5">
+        <v>78</v>
+      </c>
+      <c r="M557" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N557" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="O557" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="558" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B558" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C558" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D558" s="6">
+        <v>44228</v>
+      </c>
+      <c r="E558" s="5">
+        <v>126</v>
+      </c>
+      <c r="F558" s="5">
+        <v>1038</v>
+      </c>
+      <c r="G558" s="5">
+        <v>4294</v>
+      </c>
+      <c r="H558" s="5">
+        <v>78</v>
+      </c>
+      <c r="I558" s="5">
+        <v>162</v>
+      </c>
+      <c r="J558" s="5">
+        <v>1309</v>
+      </c>
+      <c r="K558" s="5">
+        <v>2089</v>
+      </c>
+      <c r="L558" s="5">
+        <v>79</v>
+      </c>
+      <c r="M558" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="N558" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O558" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="559" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B559" s="5" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C559" s="5" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D559" s="6">
+        <v>44629</v>
+      </c>
+      <c r="E559" s="5">
+        <v>126</v>
+      </c>
+      <c r="F559" s="5">
+        <v>988</v>
+      </c>
+      <c r="G559" s="5">
+        <v>3131</v>
+      </c>
+      <c r="H559" s="5">
+        <v>82</v>
+      </c>
+      <c r="I559" s="5">
+        <v>41</v>
+      </c>
+      <c r="J559" s="5">
+        <v>563</v>
+      </c>
+      <c r="K559" s="5">
+        <v>1524</v>
+      </c>
+      <c r="L559" s="5">
+        <v>87</v>
+      </c>
+      <c r="M559" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N559" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="O559" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="560" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B560" s="5" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C560" s="5" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D560" s="6">
+        <v>44884</v>
+      </c>
+      <c r="E560" s="5">
+        <v>126</v>
+      </c>
+      <c r="F560" s="5">
+        <v>949</v>
+      </c>
+      <c r="G560" s="5">
+        <v>-928</v>
+      </c>
+      <c r="H560" s="5">
+        <v>83</v>
+      </c>
+      <c r="I560" s="5">
+        <v>120</v>
+      </c>
+      <c r="J560" s="5">
+        <v>788</v>
+      </c>
+      <c r="K560" s="5">
+        <v>2256</v>
+      </c>
+      <c r="L560" s="5">
+        <v>81</v>
+      </c>
+      <c r="M560" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N560" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O560" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="561" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B561" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C561" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D561" s="6">
+        <v>44480</v>
+      </c>
+      <c r="E561" s="5">
+        <v>126</v>
+      </c>
+      <c r="F561" s="5">
+        <v>933</v>
+      </c>
+      <c r="G561" s="5">
+        <v>1654</v>
+      </c>
+      <c r="H561" s="5">
+        <v>82</v>
+      </c>
+      <c r="I561" s="5">
+        <v>83</v>
+      </c>
+      <c r="J561" s="5">
+        <v>535</v>
+      </c>
+      <c r="K561" s="5">
+        <v>1097</v>
+      </c>
+      <c r="L561" s="5">
+        <v>79</v>
+      </c>
+      <c r="M561" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N561" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O561" s="5" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="562" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B562" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C562" s="5" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D562" s="6">
+        <v>44637</v>
+      </c>
+      <c r="E562" s="5">
+        <v>126</v>
+      </c>
+      <c r="F562" s="5">
+        <v>929</v>
+      </c>
+      <c r="G562" s="5">
+        <v>1799</v>
+      </c>
+      <c r="H562" s="5">
+        <v>79</v>
+      </c>
+      <c r="I562" s="5">
+        <v>105</v>
+      </c>
+      <c r="J562" s="5">
+        <v>332</v>
+      </c>
+      <c r="K562" s="5">
+        <v>1189</v>
+      </c>
+      <c r="L562" s="5">
+        <v>81</v>
+      </c>
+      <c r="M562" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N562" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O562" s="5" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="563" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B563" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C563" s="5" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D563" s="6">
+        <v>45103</v>
+      </c>
+      <c r="E563" s="5">
+        <v>126</v>
+      </c>
+      <c r="F563" s="5">
+        <v>892</v>
+      </c>
+      <c r="G563" s="5">
+        <v>4437</v>
+      </c>
+      <c r="H563" s="5">
+        <v>81</v>
+      </c>
+      <c r="I563" s="5">
+        <v>89</v>
+      </c>
+      <c r="J563" s="5">
+        <v>698</v>
+      </c>
+      <c r="K563" s="5">
+        <v>-734</v>
+      </c>
+      <c r="L563" s="5">
+        <v>84</v>
+      </c>
+      <c r="M563" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N563" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O563" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="564" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B564" s="5" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C564" s="5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D564" s="6">
+        <v>45078</v>
+      </c>
+      <c r="E564" s="5">
+        <v>126</v>
+      </c>
+      <c r="F564" s="5">
+        <v>857</v>
+      </c>
+      <c r="G564" s="5">
+        <v>2518</v>
+      </c>
+      <c r="H564" s="5">
+        <v>81</v>
+      </c>
+      <c r="I564" s="5">
+        <v>92</v>
+      </c>
+      <c r="J564" s="5">
+        <v>522</v>
+      </c>
+      <c r="K564" s="5">
+        <v>1536</v>
+      </c>
+      <c r="L564" s="5">
+        <v>80</v>
+      </c>
+      <c r="M564" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N564" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="O564" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="565" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B565" s="5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C565" s="5" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D565" s="6">
+        <v>44912</v>
+      </c>
+      <c r="E565" s="5">
+        <v>126</v>
+      </c>
+      <c r="F565" s="5">
+        <v>821</v>
+      </c>
+      <c r="G565" s="5">
+        <v>479</v>
+      </c>
+      <c r="H565" s="5">
+        <v>68</v>
+      </c>
+      <c r="I565" s="5">
+        <v>124</v>
+      </c>
+      <c r="J565" s="5">
+        <v>639</v>
+      </c>
+      <c r="K565" s="5">
+        <v>1246</v>
+      </c>
+      <c r="L565" s="5">
+        <v>80</v>
+      </c>
+      <c r="M565" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N565" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O565" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="566" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B566" s="5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C566" s="5" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D566" s="6">
+        <v>44918</v>
+      </c>
+      <c r="E566" s="5">
+        <v>126</v>
+      </c>
+      <c r="F566" s="5">
+        <v>812</v>
+      </c>
+      <c r="G566" s="5">
+        <v>-1556</v>
+      </c>
+      <c r="H566" s="5">
+        <v>80</v>
+      </c>
+      <c r="I566" s="5">
+        <v>118</v>
+      </c>
+      <c r="J566" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K566" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L566" s="5">
+        <v>64</v>
+      </c>
+      <c r="M566" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N566" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O566" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="567" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B567" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C567" s="5" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D567" s="6">
+        <v>44941</v>
+      </c>
+      <c r="E567" s="5">
+        <v>126</v>
+      </c>
+      <c r="F567" s="5">
+        <v>798</v>
+      </c>
+      <c r="G567" s="5">
+        <v>3216</v>
+      </c>
+      <c r="H567" s="5">
+        <v>82</v>
+      </c>
+      <c r="I567" s="5">
+        <v>79</v>
+      </c>
+      <c r="J567" s="5">
+        <v>-206</v>
+      </c>
+      <c r="K567" s="5">
+        <v>-1100</v>
+      </c>
+      <c r="L567" s="5">
+        <v>80</v>
+      </c>
+      <c r="M567" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N567" s="5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="O567" s="5" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="568" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B568" s="5" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C568" s="5" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D568" s="6">
+        <v>45104</v>
+      </c>
+      <c r="E568" s="5">
+        <v>126</v>
+      </c>
+      <c r="F568" s="5">
+        <v>785</v>
+      </c>
+      <c r="G568" s="5">
+        <v>269</v>
+      </c>
+      <c r="H568" s="5">
+        <v>84</v>
+      </c>
+      <c r="I568" s="5">
+        <v>117</v>
+      </c>
+      <c r="J568" s="5">
+        <v>877</v>
+      </c>
+      <c r="K568" s="5">
+        <v>2316</v>
+      </c>
+      <c r="L568" s="5">
+        <v>78</v>
+      </c>
+      <c r="M568" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N568" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="O568" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="569" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B569" s="5" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C569" s="5" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D569" s="6">
+        <v>44916</v>
+      </c>
+      <c r="E569" s="5">
+        <v>126</v>
+      </c>
+      <c r="F569" s="5">
+        <v>778</v>
+      </c>
+      <c r="G569" s="5">
+        <v>2278</v>
+      </c>
+      <c r="H569" s="5">
+        <v>76</v>
+      </c>
+      <c r="I569" s="5">
+        <v>124</v>
+      </c>
+      <c r="J569" s="5">
+        <v>639</v>
+      </c>
+      <c r="K569" s="5">
+        <v>1246</v>
+      </c>
+      <c r="L569" s="5">
+        <v>80</v>
+      </c>
+      <c r="M569" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N569" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O569" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="570" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B570" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C570" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D570" s="6">
+        <v>44796</v>
+      </c>
+      <c r="E570" s="5">
+        <v>126</v>
+      </c>
+      <c r="F570" s="5">
+        <v>767</v>
+      </c>
+      <c r="G570" s="5">
+        <v>1812</v>
+      </c>
+      <c r="H570" s="5">
+        <v>75</v>
+      </c>
+      <c r="I570" s="5">
+        <v>90</v>
+      </c>
+      <c r="J570" s="5">
+        <v>609</v>
+      </c>
+      <c r="K570" s="5">
+        <v>1289</v>
+      </c>
+      <c r="L570" s="5">
+        <v>84</v>
+      </c>
+      <c r="M570" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N570" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="O570" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="571" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B571" s="5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C571" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D571" s="6">
+        <v>44359</v>
+      </c>
+      <c r="E571" s="5">
+        <v>126</v>
+      </c>
+      <c r="F571" s="5">
+        <v>765</v>
+      </c>
+      <c r="G571" s="5">
+        <v>1367</v>
+      </c>
+      <c r="H571" s="5">
+        <v>73</v>
+      </c>
+      <c r="I571" s="5">
+        <v>78</v>
+      </c>
+      <c r="J571" s="5">
+        <v>1050</v>
+      </c>
+      <c r="K571" s="5">
+        <v>2952</v>
+      </c>
+      <c r="L571" s="5">
+        <v>79</v>
+      </c>
+      <c r="M571" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N571" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="O571" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="572" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B572" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C572" s="5" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D572" s="6">
+        <v>45261</v>
+      </c>
+      <c r="E572" s="5">
+        <v>126</v>
+      </c>
+      <c r="F572" s="5">
+        <v>731</v>
+      </c>
+      <c r="G572" s="5">
+        <v>1793</v>
+      </c>
+      <c r="H572" s="5">
+        <v>81</v>
+      </c>
+      <c r="I572" s="5">
+        <v>79</v>
+      </c>
+      <c r="J572" s="5">
+        <v>550</v>
+      </c>
+      <c r="K572" s="5">
+        <v>365</v>
+      </c>
+      <c r="L572" s="5">
+        <v>82</v>
+      </c>
+      <c r="M572" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N572" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="O572" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="573" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B573" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C573" s="5" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D573" s="6">
+        <v>44692</v>
+      </c>
+      <c r="E573" s="5">
+        <v>126</v>
+      </c>
+      <c r="F573" s="5">
+        <v>703</v>
+      </c>
+      <c r="G573" s="5">
+        <v>-568</v>
+      </c>
+      <c r="H573" s="5">
+        <v>82</v>
+      </c>
+      <c r="I573" s="5">
+        <v>81</v>
+      </c>
+      <c r="J573" s="5">
+        <v>548</v>
+      </c>
+      <c r="K573" s="5">
+        <v>1940</v>
+      </c>
+      <c r="L573" s="5">
+        <v>88</v>
+      </c>
+      <c r="M573" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N573" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="O573" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="574" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B574" s="5" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C574" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D574" s="6">
+        <v>45100</v>
+      </c>
+      <c r="E574" s="5">
+        <v>126</v>
+      </c>
+      <c r="F574" s="5">
+        <v>701</v>
+      </c>
+      <c r="G574" s="5">
+        <v>2564</v>
+      </c>
+      <c r="H574" s="5">
+        <v>78</v>
+      </c>
+      <c r="I574" s="5">
+        <v>118</v>
+      </c>
+      <c r="J574" s="5">
+        <v>672</v>
+      </c>
+      <c r="K574" s="5">
+        <v>-18</v>
+      </c>
+      <c r="L574" s="5">
+        <v>79</v>
+      </c>
+      <c r="M574" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N574" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O574" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="575" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B575" s="5" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C575" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D575" s="6">
+        <v>45075</v>
+      </c>
+      <c r="E575" s="5">
+        <v>126</v>
+      </c>
+      <c r="F575" s="5">
+        <v>643</v>
+      </c>
+      <c r="G575" s="5">
+        <v>1047</v>
+      </c>
+      <c r="H575" s="5">
+        <v>81</v>
+      </c>
+      <c r="I575" s="5">
+        <v>99</v>
+      </c>
+      <c r="J575" s="5">
+        <v>351</v>
+      </c>
+      <c r="K575" s="5">
+        <v>-1424</v>
+      </c>
+      <c r="L575" s="5">
+        <v>84</v>
+      </c>
+      <c r="M575" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N575" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="O575" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="576" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B576" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C576" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D576" s="6">
+        <v>43932</v>
+      </c>
+      <c r="E576" s="5">
+        <v>126</v>
+      </c>
+      <c r="F576" s="5">
+        <v>623</v>
+      </c>
+      <c r="G576" s="5">
+        <v>1970</v>
+      </c>
+      <c r="H576" s="5">
+        <v>84</v>
+      </c>
+      <c r="I576" s="5">
+        <v>71</v>
+      </c>
+      <c r="J576" s="5">
+        <v>469</v>
+      </c>
+      <c r="K576" s="5">
+        <v>440</v>
+      </c>
+      <c r="L576" s="5">
+        <v>83</v>
+      </c>
+      <c r="M576" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="N576" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O576" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="577" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B577" s="5" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C577" s="5" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D577" s="6">
+        <v>44941</v>
+      </c>
+      <c r="E577" s="5">
+        <v>126</v>
+      </c>
+      <c r="F577" s="5">
+        <v>608</v>
+      </c>
+      <c r="G577" s="5">
+        <v>6380</v>
+      </c>
+      <c r="H577" s="5">
+        <v>87</v>
+      </c>
+      <c r="I577" s="5">
+        <v>111</v>
+      </c>
+      <c r="J577" s="5">
+        <v>249</v>
+      </c>
+      <c r="K577" s="5">
+        <v>736</v>
+      </c>
+      <c r="L577" s="5">
+        <v>88</v>
+      </c>
+      <c r="M577" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N577" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O577" s="5" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="578" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B578" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C578" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D578" s="6">
+        <v>44332</v>
+      </c>
+      <c r="E578" s="5">
+        <v>126</v>
+      </c>
+      <c r="F578" s="5">
+        <v>596</v>
+      </c>
+      <c r="G578" s="5">
+        <v>2311</v>
+      </c>
+      <c r="H578" s="5">
+        <v>83</v>
+      </c>
+      <c r="I578" s="5">
+        <v>92</v>
+      </c>
+      <c r="J578" s="5">
+        <v>842</v>
+      </c>
+      <c r="K578" s="5">
+        <v>1801</v>
+      </c>
+      <c r="L578" s="5">
+        <v>86</v>
+      </c>
+      <c r="M578" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N578" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O578" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="579" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B579" s="5" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C579" s="5" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D579" s="6">
+        <v>44158</v>
+      </c>
+      <c r="E579" s="5">
+        <v>126</v>
+      </c>
+      <c r="F579" s="5">
+        <v>590</v>
+      </c>
+      <c r="G579" s="5">
+        <v>3075</v>
+      </c>
+      <c r="H579" s="5">
+        <v>88</v>
+      </c>
+      <c r="I579" s="5">
+        <v>68</v>
+      </c>
+      <c r="J579" s="5">
+        <v>-281</v>
+      </c>
+      <c r="K579" s="5">
+        <v>-552</v>
+      </c>
+      <c r="L579" s="5">
+        <v>91</v>
+      </c>
+      <c r="M579" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N579" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="O579" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="580" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B580" s="5" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C580" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D580" s="6">
+        <v>44727</v>
+      </c>
+      <c r="E580" s="5">
+        <v>126</v>
+      </c>
+      <c r="F580" s="5">
+        <v>514</v>
+      </c>
+      <c r="G580" s="5">
+        <v>3172</v>
+      </c>
+      <c r="H580" s="5">
+        <v>82</v>
+      </c>
+      <c r="I580" s="5">
+        <v>114</v>
+      </c>
+      <c r="J580" s="5">
+        <v>492</v>
+      </c>
+      <c r="K580" s="5">
+        <v>1460</v>
+      </c>
+      <c r="L580" s="5">
+        <v>80</v>
+      </c>
+      <c r="M580" s="5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N580" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="O580" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="581" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B581" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C581" s="5" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D581" s="6">
+        <v>44237</v>
+      </c>
+      <c r="E581" s="5">
+        <v>126</v>
+      </c>
+      <c r="F581" s="5">
+        <v>508</v>
+      </c>
+      <c r="G581" s="5">
+        <v>2040</v>
+      </c>
+      <c r="H581" s="5">
+        <v>72</v>
+      </c>
+      <c r="I581" s="5">
+        <v>107</v>
+      </c>
+      <c r="J581" s="5">
+        <v>259</v>
+      </c>
+      <c r="K581" s="5">
+        <v>817</v>
+      </c>
+      <c r="L581" s="5">
+        <v>54</v>
+      </c>
+      <c r="M581" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N581" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O581" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="582" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B582" s="5" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C582" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D582" s="6">
+        <v>44665</v>
+      </c>
+      <c r="E582" s="5">
+        <v>126</v>
+      </c>
+      <c r="F582" s="5">
+        <v>488</v>
+      </c>
+      <c r="G582" s="5">
+        <v>-160</v>
+      </c>
+      <c r="H582" s="5">
+        <v>78</v>
+      </c>
+      <c r="I582" s="5">
+        <v>93</v>
+      </c>
+      <c r="J582" s="5">
+        <v>1014</v>
+      </c>
+      <c r="K582" s="5">
+        <v>2480</v>
+      </c>
+      <c r="L582" s="5">
+        <v>83</v>
+      </c>
+      <c r="M582" s="5" t="s">
+        <v>1483</v>
+      </c>
+      <c r="N582" s="5" t="s">
+        <v>1484</v>
+      </c>
+      <c r="O582" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="583" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B583" s="5" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C583" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D583" s="6">
+        <v>45123</v>
+      </c>
+      <c r="E583" s="5">
+        <v>126</v>
+      </c>
+      <c r="F583" s="5">
+        <v>485</v>
+      </c>
+      <c r="G583" s="5">
+        <v>1998</v>
+      </c>
+      <c r="H583" s="5">
+        <v>79</v>
+      </c>
+      <c r="I583" s="5">
+        <v>67</v>
+      </c>
+      <c r="J583" s="5">
+        <v>35</v>
+      </c>
+      <c r="K583" s="5">
+        <v>-338</v>
+      </c>
+      <c r="L583" s="5">
+        <v>80</v>
+      </c>
+      <c r="M583" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N583" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="O583" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="584" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B584" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C584" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D584" s="6">
+        <v>45036</v>
+      </c>
+      <c r="E584" s="5">
+        <v>126</v>
+      </c>
+      <c r="F584" s="5">
+        <v>464</v>
+      </c>
+      <c r="G584" s="5">
+        <v>1468</v>
+      </c>
+      <c r="H584" s="5">
+        <v>72</v>
+      </c>
+      <c r="I584" s="5">
+        <v>129</v>
+      </c>
+      <c r="J584" s="5">
+        <v>144</v>
+      </c>
+      <c r="K584" s="5">
+        <v>-117</v>
+      </c>
+      <c r="L584" s="5">
+        <v>75</v>
+      </c>
+      <c r="M584" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N584" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O584" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="585" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B585" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C585" s="5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D585" s="6">
+        <v>45072</v>
+      </c>
+      <c r="E585" s="5">
+        <v>126</v>
+      </c>
+      <c r="F585" s="5">
+        <v>435</v>
+      </c>
+      <c r="G585" s="5">
+        <v>-2604</v>
+      </c>
+      <c r="H585" s="5">
+        <v>80</v>
+      </c>
+      <c r="I585" s="5">
+        <v>90</v>
+      </c>
+      <c r="J585" s="5">
+        <v>139</v>
+      </c>
+      <c r="K585" s="5">
+        <v>376</v>
+      </c>
+      <c r="L585" s="5">
+        <v>92</v>
+      </c>
+      <c r="M585" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N585" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O585" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="586" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B586" s="5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C586" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D586" s="6">
+        <v>43634</v>
+      </c>
+      <c r="E586" s="5">
+        <v>126</v>
+      </c>
+      <c r="F586" s="5">
+        <v>415</v>
+      </c>
+      <c r="G586" s="5">
+        <v>1664</v>
+      </c>
+      <c r="H586" s="5">
+        <v>87</v>
+      </c>
+      <c r="I586" s="5">
+        <v>64</v>
+      </c>
+      <c r="J586" s="5">
+        <v>-425</v>
+      </c>
+      <c r="K586" s="5">
+        <v>-761</v>
+      </c>
+      <c r="L586" s="5">
+        <v>81</v>
+      </c>
+      <c r="M586" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="N586" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="O586" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="587" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B587" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C587" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D587" s="6">
+        <v>45109</v>
+      </c>
+      <c r="E587" s="5">
+        <v>126</v>
+      </c>
+      <c r="F587" s="5">
+        <v>346</v>
+      </c>
+      <c r="G587" s="5">
+        <v>3098</v>
+      </c>
+      <c r="H587" s="5">
+        <v>84</v>
+      </c>
+      <c r="I587" s="5">
+        <v>72</v>
+      </c>
+      <c r="J587" s="5">
+        <v>-58</v>
+      </c>
+      <c r="K587" s="5">
+        <v>-155</v>
+      </c>
+      <c r="L587" s="5">
+        <v>92</v>
+      </c>
+      <c r="M587" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N587" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="O587" s="5" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="588" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B588" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C588" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D588" s="6">
+        <v>44626</v>
+      </c>
+      <c r="E588" s="5">
+        <v>126</v>
+      </c>
+      <c r="F588" s="5">
+        <v>335</v>
+      </c>
+      <c r="G588" s="5">
+        <v>979</v>
+      </c>
+      <c r="H588" s="5">
+        <v>82</v>
+      </c>
+      <c r="I588" s="5">
+        <v>92</v>
+      </c>
+      <c r="J588" s="5">
+        <v>193</v>
+      </c>
+      <c r="K588" s="5">
+        <v>1056</v>
+      </c>
+      <c r="L588" s="5">
+        <v>86</v>
+      </c>
+      <c r="M588" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N588" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="O588" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="589" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B589" s="5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C589" s="5" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D589" s="6">
+        <v>44149</v>
+      </c>
+      <c r="E589" s="5">
+        <v>126</v>
+      </c>
+      <c r="F589" s="5">
+        <v>306</v>
+      </c>
+      <c r="G589" s="5">
+        <v>83</v>
+      </c>
+      <c r="H589" s="5">
+        <v>87</v>
+      </c>
+      <c r="I589" s="5">
+        <v>76</v>
+      </c>
+      <c r="J589" s="5">
+        <v>-93</v>
+      </c>
+      <c r="K589" s="5">
+        <v>-230</v>
+      </c>
+      <c r="L589" s="5">
+        <v>82</v>
+      </c>
+      <c r="M589" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N589" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O589" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="590" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B590" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C590" s="5" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D590" s="6">
+        <v>44728</v>
+      </c>
+      <c r="E590" s="5">
+        <v>126</v>
+      </c>
+      <c r="F590" s="5">
+        <v>302</v>
+      </c>
+      <c r="G590" s="5">
+        <v>1515</v>
+      </c>
+      <c r="H590" s="5">
+        <v>85</v>
+      </c>
+      <c r="I590" s="5">
+        <v>90</v>
+      </c>
+      <c r="J590" s="5">
+        <v>139</v>
+      </c>
+      <c r="K590" s="5">
+        <v>376</v>
+      </c>
+      <c r="L590" s="5">
+        <v>92</v>
+      </c>
+      <c r="M590" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N590" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O590" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="591" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B591" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C591" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D591" s="6">
+        <v>44167</v>
+      </c>
+      <c r="E591" s="5">
+        <v>126</v>
+      </c>
+      <c r="F591" s="5">
+        <v>298</v>
+      </c>
+      <c r="G591" s="5">
+        <v>1007</v>
+      </c>
+      <c r="H591" s="5">
+        <v>85</v>
+      </c>
+      <c r="I591" s="5">
+        <v>55</v>
+      </c>
+      <c r="J591" s="5">
+        <v>-349</v>
+      </c>
+      <c r="K591" s="5">
+        <v>-608</v>
+      </c>
+      <c r="L591" s="5">
+        <v>86</v>
+      </c>
+      <c r="M591" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N591" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="O591" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="592" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B592" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C592" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D592" s="6">
+        <v>44119</v>
+      </c>
+      <c r="E592" s="5">
+        <v>126</v>
+      </c>
+      <c r="F592" s="5">
+        <v>276</v>
+      </c>
+      <c r="G592" s="5">
+        <v>1610</v>
+      </c>
+      <c r="H592" s="5">
+        <v>86</v>
+      </c>
+      <c r="I592" s="5">
+        <v>110</v>
+      </c>
+      <c r="J592" s="5">
+        <v>514</v>
+      </c>
+      <c r="K592" s="5">
+        <v>1237</v>
+      </c>
+      <c r="L592" s="5">
+        <v>81</v>
+      </c>
+      <c r="M592" s="5" t="s">
+        <v>1506</v>
+      </c>
+      <c r="N592" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O592" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="593" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B593" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C593" s="5" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D593" s="6">
+        <v>44631</v>
+      </c>
+      <c r="E593" s="5">
+        <v>126</v>
+      </c>
+      <c r="F593" s="5">
+        <v>238</v>
+      </c>
+      <c r="G593" s="5">
+        <v>1091</v>
+      </c>
+      <c r="H593" s="5">
+        <v>85</v>
+      </c>
+      <c r="I593" s="5">
+        <v>77</v>
+      </c>
+      <c r="J593" s="5">
+        <v>-699</v>
+      </c>
+      <c r="K593" s="5">
+        <v>-894</v>
+      </c>
+      <c r="L593" s="5">
+        <v>91</v>
+      </c>
+      <c r="M593" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N593" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O593" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="594" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B594" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C594" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D594" s="6">
+        <v>45258</v>
+      </c>
+      <c r="E594" s="5">
+        <v>126</v>
+      </c>
+      <c r="F594" s="5">
+        <v>224</v>
+      </c>
+      <c r="G594" s="5">
+        <v>423</v>
+      </c>
+      <c r="H594" s="5">
+        <v>78</v>
+      </c>
+      <c r="I594" s="5">
+        <v>116</v>
+      </c>
+      <c r="J594" s="5">
+        <v>259</v>
+      </c>
+      <c r="K594" s="5">
+        <v>97</v>
+      </c>
+      <c r="L594" s="5">
+        <v>81</v>
+      </c>
+      <c r="M594" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N594" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="O594" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="595" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B595" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C595" s="5" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D595" s="6">
+        <v>44619</v>
+      </c>
+      <c r="E595" s="5">
+        <v>126</v>
+      </c>
+      <c r="F595" s="5">
+        <v>217</v>
+      </c>
+      <c r="G595" s="5">
+        <v>602</v>
+      </c>
+      <c r="H595" s="5">
+        <v>84</v>
+      </c>
+      <c r="I595" s="5">
+        <v>77</v>
+      </c>
+      <c r="J595" s="5">
+        <v>-699</v>
+      </c>
+      <c r="K595" s="5">
+        <v>-894</v>
+      </c>
+      <c r="L595" s="5">
+        <v>91</v>
+      </c>
+      <c r="M595" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N595" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="O595" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="596" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B596" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C596" s="5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D596" s="6">
+        <v>44118</v>
+      </c>
+      <c r="E596" s="5">
+        <v>126</v>
+      </c>
+      <c r="F596" s="5">
+        <v>50</v>
+      </c>
+      <c r="G596" s="5">
+        <v>273</v>
+      </c>
+      <c r="H596" s="5">
+        <v>85</v>
+      </c>
+      <c r="I596" s="5">
+        <v>70</v>
+      </c>
+      <c r="J596" s="5">
+        <v>-164</v>
+      </c>
+      <c r="K596" s="5">
+        <v>191</v>
+      </c>
+      <c r="L596" s="5">
+        <v>88</v>
+      </c>
+      <c r="M596" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N596" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="O596" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="597" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B597" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C597" s="5" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D597" s="6">
+        <v>44338</v>
+      </c>
+      <c r="E597" s="5">
+        <v>126</v>
+      </c>
+      <c r="F597" s="5">
+        <v>10</v>
+      </c>
+      <c r="G597" s="5">
+        <v>-325</v>
+      </c>
+      <c r="H597" s="5">
+        <v>74</v>
+      </c>
+      <c r="I597" s="5">
+        <v>94</v>
+      </c>
+      <c r="J597" s="5">
+        <v>-187</v>
+      </c>
+      <c r="K597" s="5">
+        <v>-54</v>
+      </c>
+      <c r="L597" s="5">
+        <v>81</v>
+      </c>
+      <c r="M597" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N597" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O597" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="598" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B598" s="5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C598" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D598" s="6">
+        <v>44497</v>
+      </c>
+      <c r="E598" s="5">
+        <v>126</v>
+      </c>
+      <c r="F598" s="5">
+        <v>-57</v>
+      </c>
+      <c r="G598" s="5">
+        <v>-99</v>
+      </c>
+      <c r="H598" s="5">
+        <v>84</v>
+      </c>
+      <c r="I598" s="5">
+        <v>77</v>
+      </c>
+      <c r="J598" s="5">
         <v>21</v>
       </c>
-      <c r="D5" s="7">
-[...11 lines deleted...]
-      <c r="H5" s="6">
+      <c r="K598" s="5">
+        <v>314</v>
+      </c>
+      <c r="L598" s="5">
+        <v>83</v>
+      </c>
+      <c r="M598" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="N598" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O598" s="5" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="599" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B599" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C599" s="5" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D599" s="6">
+        <v>44149</v>
+      </c>
+      <c r="E599" s="5">
+        <v>125</v>
+      </c>
+      <c r="F599" s="5">
+        <v>1113</v>
+      </c>
+      <c r="G599" s="5">
+        <v>2092</v>
+      </c>
+      <c r="H599" s="5">
+        <v>86</v>
+      </c>
+      <c r="I599" s="5">
+        <v>95</v>
+      </c>
+      <c r="J599" s="5">
+        <v>619</v>
+      </c>
+      <c r="K599" s="5">
+        <v>674</v>
+      </c>
+      <c r="L599" s="5">
+        <v>80</v>
+      </c>
+      <c r="M599" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N599" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O599" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="600" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B600" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C600" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D600" s="6">
+        <v>44458</v>
+      </c>
+      <c r="E600" s="5">
+        <v>125</v>
+      </c>
+      <c r="F600" s="5">
+        <v>1062</v>
+      </c>
+      <c r="G600" s="5">
+        <v>3382</v>
+      </c>
+      <c r="H600" s="5">
+        <v>84</v>
+      </c>
+      <c r="I600" s="5">
+        <v>101</v>
+      </c>
+      <c r="J600" s="5">
+        <v>985</v>
+      </c>
+      <c r="K600" s="5">
+        <v>2561</v>
+      </c>
+      <c r="L600" s="5">
+        <v>82</v>
+      </c>
+      <c r="M600" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N600" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O600" s="5" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="601" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B601" s="5" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C601" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D601" s="6">
+        <v>45075</v>
+      </c>
+      <c r="E601" s="5">
+        <v>125</v>
+      </c>
+      <c r="F601" s="5">
+        <v>1005</v>
+      </c>
+      <c r="G601" s="5">
+        <v>1825</v>
+      </c>
+      <c r="H601" s="5">
+        <v>77</v>
+      </c>
+      <c r="I601" s="5">
+        <v>102</v>
+      </c>
+      <c r="J601" s="5">
+        <v>1281</v>
+      </c>
+      <c r="K601" s="5">
+        <v>2480</v>
+      </c>
+      <c r="L601" s="5">
+        <v>84</v>
+      </c>
+      <c r="M601" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N601" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O601" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="602" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B602" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C602" s="5" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D602" s="6">
+        <v>45058</v>
+      </c>
+      <c r="E602" s="5">
+        <v>125</v>
+      </c>
+      <c r="F602" s="5">
+        <v>979</v>
+      </c>
+      <c r="G602" s="5">
+        <v>1671</v>
+      </c>
+      <c r="H602" s="5">
+        <v>80</v>
+      </c>
+      <c r="I602" s="5">
+        <v>111</v>
+      </c>
+      <c r="J602" s="5">
+        <v>813</v>
+      </c>
+      <c r="K602" s="5">
+        <v>1520</v>
+      </c>
+      <c r="L602" s="5">
+        <v>84</v>
+      </c>
+      <c r="M602" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N602" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O602" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="603" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B603" s="5" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C603" s="5" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D603" s="6">
+        <v>44513</v>
+      </c>
+      <c r="E603" s="5">
+        <v>125</v>
+      </c>
+      <c r="F603" s="5">
+        <v>952</v>
+      </c>
+      <c r="G603" s="5">
+        <v>2318</v>
+      </c>
+      <c r="H603" s="5">
         <v>87</v>
       </c>
-      <c r="I5" s="6">
-[...8 lines deleted...]
-      <c r="L5" s="6">
+      <c r="I603" s="5">
+        <v>118</v>
+      </c>
+      <c r="J603" s="5">
+        <v>574</v>
+      </c>
+      <c r="K603" s="5">
+        <v>1613</v>
+      </c>
+      <c r="L603" s="5">
+        <v>87</v>
+      </c>
+      <c r="M603" s="5" t="s">
+        <v>1529</v>
+      </c>
+      <c r="N603" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O603" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="604" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B604" s="5" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C604" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D604" s="6">
+        <v>44195</v>
+      </c>
+      <c r="E604" s="5">
+        <v>125</v>
+      </c>
+      <c r="F604" s="5">
+        <v>932</v>
+      </c>
+      <c r="G604" s="5">
+        <v>1946</v>
+      </c>
+      <c r="H604" s="5">
+        <v>87</v>
+      </c>
+      <c r="I604" s="5">
+        <v>95</v>
+      </c>
+      <c r="J604" s="5">
+        <v>945</v>
+      </c>
+      <c r="K604" s="5">
+        <v>1364</v>
+      </c>
+      <c r="L604" s="5">
+        <v>82</v>
+      </c>
+      <c r="M604" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="N604" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="O604" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="605" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B605" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C605" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D605" s="6">
+        <v>44369</v>
+      </c>
+      <c r="E605" s="5">
+        <v>125</v>
+      </c>
+      <c r="F605" s="5">
+        <v>892</v>
+      </c>
+      <c r="G605" s="5">
+        <v>3592</v>
+      </c>
+      <c r="H605" s="5">
+        <v>86</v>
+      </c>
+      <c r="I605" s="5">
+        <v>89</v>
+      </c>
+      <c r="J605" s="5">
+        <v>70</v>
+      </c>
+      <c r="K605" s="5">
+        <v>309</v>
+      </c>
+      <c r="L605" s="5">
+        <v>85</v>
+      </c>
+      <c r="M605" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N605" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="O605" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="606" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B606" s="5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C606" s="5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D606" s="6">
+        <v>44035</v>
+      </c>
+      <c r="E606" s="5">
+        <v>125</v>
+      </c>
+      <c r="F606" s="5">
+        <v>879</v>
+      </c>
+      <c r="G606" s="5">
+        <v>2053</v>
+      </c>
+      <c r="H606" s="5">
+        <v>74</v>
+      </c>
+      <c r="I606" s="5">
+        <v>119</v>
+      </c>
+      <c r="J606" s="5">
+        <v>154</v>
+      </c>
+      <c r="K606" s="5">
+        <v>988</v>
+      </c>
+      <c r="L606" s="5">
+        <v>86</v>
+      </c>
+      <c r="M606" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N606" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O606" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="607" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B607" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C607" s="5" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D607" s="6">
+        <v>44983</v>
+      </c>
+      <c r="E607" s="5">
+        <v>125</v>
+      </c>
+      <c r="F607" s="5">
+        <v>862</v>
+      </c>
+      <c r="G607" s="5">
+        <v>2728</v>
+      </c>
+      <c r="H607" s="5">
+        <v>81</v>
+      </c>
+      <c r="I607" s="5">
+        <v>105</v>
+      </c>
+      <c r="J607" s="5">
+        <v>749</v>
+      </c>
+      <c r="K607" s="5">
+        <v>1527</v>
+      </c>
+      <c r="L607" s="5">
+        <v>83</v>
+      </c>
+      <c r="M607" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N607" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O607" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="608" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B608" s="5" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C608" s="5" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D608" s="6">
+        <v>44080</v>
+      </c>
+      <c r="E608" s="5">
+        <v>125</v>
+      </c>
+      <c r="F608" s="5">
+        <v>852</v>
+      </c>
+      <c r="G608" s="5">
+        <v>2130</v>
+      </c>
+      <c r="H608" s="5">
+        <v>82</v>
+      </c>
+      <c r="I608" s="5">
+        <v>50</v>
+      </c>
+      <c r="J608" s="5">
+        <v>-67</v>
+      </c>
+      <c r="K608" s="5">
+        <v>-126</v>
+      </c>
+      <c r="L608" s="5">
+        <v>79</v>
+      </c>
+      <c r="M608" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N608" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="O608" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="609" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B609" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C609" s="5" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D609" s="6">
+        <v>45056</v>
+      </c>
+      <c r="E609" s="5">
+        <v>125</v>
+      </c>
+      <c r="F609" s="5">
+        <v>848</v>
+      </c>
+      <c r="G609" s="5">
+        <v>3072</v>
+      </c>
+      <c r="H609" s="5">
+        <v>77</v>
+      </c>
+      <c r="I609" s="5">
+        <v>89</v>
+      </c>
+      <c r="J609" s="5">
+        <v>457</v>
+      </c>
+      <c r="K609" s="5">
+        <v>2628</v>
+      </c>
+      <c r="L609" s="5">
+        <v>82</v>
+      </c>
+      <c r="M609" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N609" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O609" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="610" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B610" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C610" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D610" s="6">
+        <v>44962</v>
+      </c>
+      <c r="E610" s="5">
+        <v>125</v>
+      </c>
+      <c r="F610" s="5">
+        <v>829</v>
+      </c>
+      <c r="G610" s="5">
+        <v>651</v>
+      </c>
+      <c r="H610" s="5">
+        <v>83</v>
+      </c>
+      <c r="I610" s="5">
+        <v>88</v>
+      </c>
+      <c r="J610" s="5">
+        <v>961</v>
+      </c>
+      <c r="K610" s="5">
+        <v>1587</v>
+      </c>
+      <c r="L610" s="5">
+        <v>79</v>
+      </c>
+      <c r="M610" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N610" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O610" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="611" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B611" s="5" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C611" s="5" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D611" s="6">
+        <v>45090</v>
+      </c>
+      <c r="E611" s="5">
+        <v>125</v>
+      </c>
+      <c r="F611" s="5">
+        <v>789</v>
+      </c>
+      <c r="G611" s="5">
+        <v>2946</v>
+      </c>
+      <c r="H611" s="5">
+        <v>78</v>
+      </c>
+      <c r="I611" s="5">
+        <v>109</v>
+      </c>
+      <c r="J611" s="5">
+        <v>396</v>
+      </c>
+      <c r="K611" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L611" s="5">
+        <v>84</v>
+      </c>
+      <c r="M611" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N611" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O611" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="612" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B612" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C612" s="5" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D612" s="6">
+        <v>44809</v>
+      </c>
+      <c r="E612" s="5">
+        <v>125</v>
+      </c>
+      <c r="F612" s="5">
+        <v>772</v>
+      </c>
+      <c r="G612" s="5">
+        <v>1620</v>
+      </c>
+      <c r="H612" s="5">
+        <v>87</v>
+      </c>
+      <c r="I612" s="5">
+        <v>46</v>
+      </c>
+      <c r="J612" s="5">
+        <v>-477</v>
+      </c>
+      <c r="K612" s="5">
+        <v>-840</v>
+      </c>
+      <c r="L612" s="5">
+        <v>82</v>
+      </c>
+      <c r="M612" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N612" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="O612" s="5" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="613" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B613" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C613" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D613" s="6">
+        <v>44130</v>
+      </c>
+      <c r="E613" s="5">
+        <v>125</v>
+      </c>
+      <c r="F613" s="5">
+        <v>712</v>
+      </c>
+      <c r="G613" s="5">
+        <v>690</v>
+      </c>
+      <c r="H613" s="5">
+        <v>88</v>
+      </c>
+      <c r="I613" s="5">
+        <v>56</v>
+      </c>
+      <c r="J613" s="5">
+        <v>-46</v>
+      </c>
+      <c r="K613" s="5">
+        <v>-1877</v>
+      </c>
+      <c r="L613" s="5">
+        <v>77</v>
+      </c>
+      <c r="M613" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N613" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O613" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="614" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B614" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C614" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D614" s="6">
+        <v>44580</v>
+      </c>
+      <c r="E614" s="5">
+        <v>125</v>
+      </c>
+      <c r="F614" s="5">
+        <v>670</v>
+      </c>
+      <c r="G614" s="5">
+        <v>1574</v>
+      </c>
+      <c r="H614" s="5">
+        <v>83</v>
+      </c>
+      <c r="I614" s="5">
+        <v>83</v>
+      </c>
+      <c r="J614" s="5">
+        <v>535</v>
+      </c>
+      <c r="K614" s="5">
+        <v>1097</v>
+      </c>
+      <c r="L614" s="5">
+        <v>79</v>
+      </c>
+      <c r="M614" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N614" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O614" s="5" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="615" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B615" s="5" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C615" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D615" s="6">
+        <v>45070</v>
+      </c>
+      <c r="E615" s="5">
+        <v>125</v>
+      </c>
+      <c r="F615" s="5">
+        <v>649</v>
+      </c>
+      <c r="G615" s="5">
+        <v>-2324</v>
+      </c>
+      <c r="H615" s="5">
+        <v>81</v>
+      </c>
+      <c r="I615" s="5">
+        <v>99</v>
+      </c>
+      <c r="J615" s="5">
+        <v>594</v>
+      </c>
+      <c r="K615" s="5">
+        <v>2355</v>
+      </c>
+      <c r="L615" s="5">
         <v>80</v>
       </c>
-      <c r="M5" s="6" t="s">
+      <c r="M615" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N615" s="5" t="s">
+        <v>1555</v>
+      </c>
+      <c r="O615" s="5" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="616" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B616" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C616" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D616" s="6">
+        <v>45074</v>
+      </c>
+      <c r="E616" s="5">
+        <v>125</v>
+      </c>
+      <c r="F616" s="5">
+        <v>607</v>
+      </c>
+      <c r="G616" s="5">
+        <v>833</v>
+      </c>
+      <c r="H616" s="5">
+        <v>76</v>
+      </c>
+      <c r="I616" s="5">
+        <v>109</v>
+      </c>
+      <c r="J616" s="5">
+        <v>396</v>
+      </c>
+      <c r="K616" s="5">
+        <v>2594</v>
+      </c>
+      <c r="L616" s="5">
+        <v>84</v>
+      </c>
+      <c r="M616" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N616" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O616" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="617" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B617" s="5" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C617" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D617" s="6">
+        <v>44766</v>
+      </c>
+      <c r="E617" s="5">
+        <v>125</v>
+      </c>
+      <c r="F617" s="5">
+        <v>585</v>
+      </c>
+      <c r="G617" s="5">
+        <v>2539</v>
+      </c>
+      <c r="H617" s="5">
+        <v>82</v>
+      </c>
+      <c r="I617" s="5">
+        <v>96</v>
+      </c>
+      <c r="J617" s="5">
+        <v>885</v>
+      </c>
+      <c r="K617" s="5">
+        <v>3347</v>
+      </c>
+      <c r="L617" s="5">
+        <v>73</v>
+      </c>
+      <c r="M617" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="N617" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O617" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="618" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B618" s="5" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C618" s="5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D618" s="6">
+        <v>44445</v>
+      </c>
+      <c r="E618" s="5">
+        <v>125</v>
+      </c>
+      <c r="F618" s="5">
+        <v>409</v>
+      </c>
+      <c r="G618" s="5">
+        <v>995</v>
+      </c>
+      <c r="H618" s="5">
+        <v>85</v>
+      </c>
+      <c r="I618" s="5">
+        <v>61</v>
+      </c>
+      <c r="J618" s="5">
+        <v>-262</v>
+      </c>
+      <c r="K618" s="5">
+        <v>-913</v>
+      </c>
+      <c r="L618" s="5">
+        <v>87</v>
+      </c>
+      <c r="M618" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="N618" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="O618" s="5" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="619" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B619" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C619" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D619" s="6">
+        <v>44804</v>
+      </c>
+      <c r="E619" s="5">
+        <v>125</v>
+      </c>
+      <c r="F619" s="5">
+        <v>401</v>
+      </c>
+      <c r="G619" s="5">
+        <v>1579</v>
+      </c>
+      <c r="H619" s="5">
+        <v>82</v>
+      </c>
+      <c r="I619" s="5">
+        <v>77</v>
+      </c>
+      <c r="J619" s="5">
+        <v>-214</v>
+      </c>
+      <c r="K619" s="5">
+        <v>371</v>
+      </c>
+      <c r="L619" s="5">
+        <v>78</v>
+      </c>
+      <c r="M619" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N619" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="O619" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="620" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B620" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C620" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D620" s="6">
+        <v>44898</v>
+      </c>
+      <c r="E620" s="5">
+        <v>125</v>
+      </c>
+      <c r="F620" s="5">
+        <v>401</v>
+      </c>
+      <c r="G620" s="5">
+        <v>1607</v>
+      </c>
+      <c r="H620" s="5">
+        <v>76</v>
+      </c>
+      <c r="I620" s="5">
+        <v>102</v>
+      </c>
+      <c r="J620" s="5">
+        <v>415</v>
+      </c>
+      <c r="K620" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L620" s="5">
+        <v>93</v>
+      </c>
+      <c r="M620" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N620" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O620" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="621" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B621" s="5" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C621" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D621" s="6">
+        <v>44334</v>
+      </c>
+      <c r="E621" s="5">
+        <v>125</v>
+      </c>
+      <c r="F621" s="5">
+        <v>394</v>
+      </c>
+      <c r="G621" s="5">
+        <v>1297</v>
+      </c>
+      <c r="H621" s="5">
+        <v>74</v>
+      </c>
+      <c r="I621" s="5">
+        <v>115</v>
+      </c>
+      <c r="J621" s="5">
+        <v>224</v>
+      </c>
+      <c r="K621" s="5">
+        <v>431</v>
+      </c>
+      <c r="L621" s="5">
+        <v>81</v>
+      </c>
+      <c r="M621" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N621" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O621" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="622" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B622" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C622" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D622" s="6">
+        <v>44866</v>
+      </c>
+      <c r="E622" s="5">
+        <v>125</v>
+      </c>
+      <c r="F622" s="5">
+        <v>387</v>
+      </c>
+      <c r="G622" s="5">
+        <v>-335</v>
+      </c>
+      <c r="H622" s="5">
+        <v>79</v>
+      </c>
+      <c r="I622" s="5">
+        <v>127</v>
+      </c>
+      <c r="J622" s="5">
+        <v>341</v>
+      </c>
+      <c r="K622" s="5">
+        <v>181</v>
+      </c>
+      <c r="L622" s="5">
+        <v>85</v>
+      </c>
+      <c r="M622" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N622" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O622" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="623" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B623" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C623" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D623" s="6">
+        <v>45072</v>
+      </c>
+      <c r="E623" s="5">
+        <v>125</v>
+      </c>
+      <c r="F623" s="5">
+        <v>384</v>
+      </c>
+      <c r="G623" s="5">
+        <v>1434</v>
+      </c>
+      <c r="H623" s="5">
+        <v>78</v>
+      </c>
+      <c r="I623" s="5">
+        <v>117</v>
+      </c>
+      <c r="J623" s="5">
+        <v>418</v>
+      </c>
+      <c r="K623" s="5">
+        <v>1790</v>
+      </c>
+      <c r="L623" s="5">
+        <v>83</v>
+      </c>
+      <c r="M623" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N623" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O623" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="624" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B624" s="5" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C624" s="5" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D624" s="6">
+        <v>44586</v>
+      </c>
+      <c r="E624" s="5">
+        <v>125</v>
+      </c>
+      <c r="F624" s="5">
+        <v>367</v>
+      </c>
+      <c r="G624" s="5">
+        <v>1732</v>
+      </c>
+      <c r="H624" s="5">
+        <v>82</v>
+      </c>
+      <c r="I624" s="5">
+        <v>109</v>
+      </c>
+      <c r="J624" s="5">
+        <v>-25</v>
+      </c>
+      <c r="K624" s="5">
+        <v>414</v>
+      </c>
+      <c r="L624" s="5">
+        <v>87</v>
+      </c>
+      <c r="M624" s="5" t="s">
+        <v>1578</v>
+      </c>
+      <c r="N624" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O624" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="625" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B625" s="5" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C625" s="5" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D625" s="6">
+        <v>45027</v>
+      </c>
+      <c r="E625" s="5">
+        <v>125</v>
+      </c>
+      <c r="F625" s="5">
+        <v>358</v>
+      </c>
+      <c r="G625" s="5">
+        <v>497</v>
+      </c>
+      <c r="H625" s="5">
+        <v>82</v>
+      </c>
+      <c r="I625" s="5">
+        <v>95</v>
+      </c>
+      <c r="J625" s="5">
+        <v>297</v>
+      </c>
+      <c r="K625" s="5">
+        <v>113</v>
+      </c>
+      <c r="L625" s="5">
+        <v>79</v>
+      </c>
+      <c r="M625" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N625" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="O625" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="626" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B626" s="5" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C626" s="5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D626" s="6">
+        <v>45055</v>
+      </c>
+      <c r="E626" s="5">
+        <v>125</v>
+      </c>
+      <c r="F626" s="5">
+        <v>316</v>
+      </c>
+      <c r="G626" s="5">
+        <v>-2294</v>
+      </c>
+      <c r="H626" s="5">
+        <v>78</v>
+      </c>
+      <c r="I626" s="5">
+        <v>65</v>
+      </c>
+      <c r="J626" s="5">
+        <v>753</v>
+      </c>
+      <c r="K626" s="5">
+        <v>1107</v>
+      </c>
+      <c r="L626" s="5">
+        <v>81</v>
+      </c>
+      <c r="M626" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N626" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="O626" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="627" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B627" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C627" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D627" s="6">
+        <v>43471</v>
+      </c>
+      <c r="E627" s="5">
+        <v>125</v>
+      </c>
+      <c r="F627" s="5">
+        <v>203</v>
+      </c>
+      <c r="G627" s="5">
+        <v>1093</v>
+      </c>
+      <c r="H627" s="5">
+        <v>86</v>
+      </c>
+      <c r="I627" s="5">
+        <v>95</v>
+      </c>
+      <c r="J627" s="5">
+        <v>-44</v>
+      </c>
+      <c r="K627" s="5">
+        <v>-279</v>
+      </c>
+      <c r="L627" s="5">
+        <v>91</v>
+      </c>
+      <c r="M627" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="N627" s="5" t="s">
+        <v>1362</v>
+      </c>
+      <c r="O627" s="5" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="628" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B628" s="5" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C628" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D628" s="6">
+        <v>44740</v>
+      </c>
+      <c r="E628" s="5">
+        <v>125</v>
+      </c>
+      <c r="F628" s="5">
+        <v>-188</v>
+      </c>
+      <c r="G628" s="5">
+        <v>-4912</v>
+      </c>
+      <c r="H628" s="5">
+        <v>81</v>
+      </c>
+      <c r="I628" s="5">
+        <v>121</v>
+      </c>
+      <c r="J628" s="5">
+        <v>-1</v>
+      </c>
+      <c r="K628" s="5">
+        <v>-340</v>
+      </c>
+      <c r="L628" s="5">
+        <v>82</v>
+      </c>
+      <c r="M628" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="N628" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O628" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="629" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B629" s="5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C629" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D629" s="6">
+        <v>44738</v>
+      </c>
+      <c r="E629" s="5">
+        <v>124</v>
+      </c>
+      <c r="F629" s="5">
+        <v>1183</v>
+      </c>
+      <c r="G629" s="5">
+        <v>4165</v>
+      </c>
+      <c r="H629" s="5">
+        <v>84</v>
+      </c>
+      <c r="I629" s="5">
+        <v>97</v>
+      </c>
+      <c r="J629" s="5">
+        <v>575</v>
+      </c>
+      <c r="K629" s="5">
+        <v>2481</v>
+      </c>
+      <c r="L629" s="5">
+        <v>90</v>
+      </c>
+      <c r="M629" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N629" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O629" s="5" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="630" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B630" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C630" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D630" s="6">
+        <v>44847</v>
+      </c>
+      <c r="E630" s="5">
+        <v>124</v>
+      </c>
+      <c r="F630" s="5">
+        <v>1116</v>
+      </c>
+      <c r="G630" s="5">
+        <v>4409</v>
+      </c>
+      <c r="H630" s="5">
+        <v>83</v>
+      </c>
+      <c r="I630" s="5">
+        <v>118</v>
+      </c>
+      <c r="J630" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K630" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L630" s="5">
+        <v>64</v>
+      </c>
+      <c r="M630" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N630" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O630" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="631" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B631" s="5" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C631" s="5" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D631" s="6">
+        <v>44618</v>
+      </c>
+      <c r="E631" s="5">
+        <v>124</v>
+      </c>
+      <c r="F631" s="5">
+        <v>1039</v>
+      </c>
+      <c r="G631" s="5">
+        <v>2399</v>
+      </c>
+      <c r="H631" s="5">
+        <v>70</v>
+      </c>
+      <c r="I631" s="5">
+        <v>92</v>
+      </c>
+      <c r="J631" s="5">
+        <v>611</v>
+      </c>
+      <c r="K631" s="5">
+        <v>1337</v>
+      </c>
+      <c r="L631" s="5">
+        <v>82</v>
+      </c>
+      <c r="M631" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N631" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O631" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="632" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B632" s="5" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C632" s="5" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D632" s="6">
+        <v>45058</v>
+      </c>
+      <c r="E632" s="5">
+        <v>124</v>
+      </c>
+      <c r="F632" s="5">
+        <v>947</v>
+      </c>
+      <c r="G632" s="5">
+        <v>4473</v>
+      </c>
+      <c r="H632" s="5">
+        <v>80</v>
+      </c>
+      <c r="I632" s="5">
+        <v>105</v>
+      </c>
+      <c r="J632" s="5">
+        <v>594</v>
+      </c>
+      <c r="K632" s="5">
+        <v>1419</v>
+      </c>
+      <c r="L632" s="5">
+        <v>82</v>
+      </c>
+      <c r="M632" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N632" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O632" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="633" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B633" s="5" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C633" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D633" s="6">
+        <v>44961</v>
+      </c>
+      <c r="E633" s="5">
+        <v>124</v>
+      </c>
+      <c r="F633" s="5">
+        <v>942</v>
+      </c>
+      <c r="G633" s="5">
+        <v>3445</v>
+      </c>
+      <c r="H633" s="5">
+        <v>82</v>
+      </c>
+      <c r="I633" s="5">
+        <v>88</v>
+      </c>
+      <c r="J633" s="5">
+        <v>398</v>
+      </c>
+      <c r="K633" s="5">
+        <v>1187</v>
+      </c>
+      <c r="L633" s="5">
+        <v>90</v>
+      </c>
+      <c r="M633" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="N633" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O633" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="634" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B634" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C634" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D634" s="6">
+        <v>45179</v>
+      </c>
+      <c r="E634" s="5">
+        <v>124</v>
+      </c>
+      <c r="F634" s="5">
+        <v>910</v>
+      </c>
+      <c r="G634" s="5">
+        <v>342</v>
+      </c>
+      <c r="H634" s="5">
+        <v>77</v>
+      </c>
+      <c r="I634" s="5">
+        <v>101</v>
+      </c>
+      <c r="J634" s="5">
+        <v>461</v>
+      </c>
+      <c r="K634" s="5">
+        <v>1441</v>
+      </c>
+      <c r="L634" s="5">
+        <v>81</v>
+      </c>
+      <c r="M634" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="N634" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O634" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="635" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B635" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C635" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D635" s="6">
+        <v>45003</v>
+      </c>
+      <c r="E635" s="5">
+        <v>124</v>
+      </c>
+      <c r="F635" s="5">
+        <v>876</v>
+      </c>
+      <c r="G635" s="5">
+        <v>16</v>
+      </c>
+      <c r="H635" s="5">
+        <v>82</v>
+      </c>
+      <c r="I635" s="5">
+        <v>118</v>
+      </c>
+      <c r="J635" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K635" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L635" s="5">
+        <v>64</v>
+      </c>
+      <c r="M635" s="5" t="s">
+        <v>1603</v>
+      </c>
+      <c r="N635" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O635" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="636" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B636" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C636" s="5" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D636" s="6">
+        <v>44962</v>
+      </c>
+      <c r="E636" s="5">
+        <v>124</v>
+      </c>
+      <c r="F636" s="5">
+        <v>835</v>
+      </c>
+      <c r="G636" s="5">
+        <v>4518</v>
+      </c>
+      <c r="H636" s="5">
+        <v>79</v>
+      </c>
+      <c r="I636" s="5">
+        <v>83</v>
+      </c>
+      <c r="J636" s="5">
+        <v>594</v>
+      </c>
+      <c r="K636" s="5">
+        <v>295</v>
+      </c>
+      <c r="L636" s="5">
+        <v>87</v>
+      </c>
+      <c r="M636" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N636" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O636" s="5" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="637" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B637" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C637" s="5" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D637" s="6">
+        <v>43699</v>
+      </c>
+      <c r="E637" s="5">
+        <v>124</v>
+      </c>
+      <c r="F637" s="5">
+        <v>786</v>
+      </c>
+      <c r="G637" s="5">
+        <v>1966</v>
+      </c>
+      <c r="H637" s="5">
+        <v>88</v>
+      </c>
+      <c r="I637" s="5">
+        <v>85</v>
+      </c>
+      <c r="J637" s="5">
+        <v>-165</v>
+      </c>
+      <c r="K637" s="5">
+        <v>-1482</v>
+      </c>
+      <c r="L637" s="5">
+        <v>83</v>
+      </c>
+      <c r="M637" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N637" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O637" s="5" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="638" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B638" s="5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C638" s="5" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D638" s="6">
+        <v>44484</v>
+      </c>
+      <c r="E638" s="5">
+        <v>124</v>
+      </c>
+      <c r="F638" s="5">
+        <v>773</v>
+      </c>
+      <c r="G638" s="5">
+        <v>5469</v>
+      </c>
+      <c r="H638" s="5">
+        <v>78</v>
+      </c>
+      <c r="I638" s="5">
+        <v>110</v>
+      </c>
+      <c r="J638" s="5">
+        <v>638</v>
+      </c>
+      <c r="K638" s="5">
+        <v>1045</v>
+      </c>
+      <c r="L638" s="5">
+        <v>82</v>
+      </c>
+      <c r="M638" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="N638" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O638" s="5" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="639" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B639" s="5" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C639" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D639" s="6">
+        <v>45020</v>
+      </c>
+      <c r="E639" s="5">
+        <v>124</v>
+      </c>
+      <c r="F639" s="5">
+        <v>713</v>
+      </c>
+      <c r="G639" s="5">
+        <v>1028</v>
+      </c>
+      <c r="H639" s="5">
+        <v>82</v>
+      </c>
+      <c r="I639" s="5">
+        <v>68</v>
+      </c>
+      <c r="J639" s="5">
+        <v>239</v>
+      </c>
+      <c r="K639" s="5">
+        <v>-142</v>
+      </c>
+      <c r="L639" s="5">
+        <v>80</v>
+      </c>
+      <c r="M639" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N639" s="5" t="s">
+        <v>1613</v>
+      </c>
+      <c r="O639" s="5" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="640" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B640" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C640" s="5" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D640" s="6">
+        <v>45035</v>
+      </c>
+      <c r="E640" s="5">
+        <v>124</v>
+      </c>
+      <c r="F640" s="5">
+        <v>700</v>
+      </c>
+      <c r="G640" s="5">
+        <v>-207</v>
+      </c>
+      <c r="H640" s="5">
+        <v>82</v>
+      </c>
+      <c r="I640" s="5">
+        <v>104</v>
+      </c>
+      <c r="J640" s="5">
+        <v>-78</v>
+      </c>
+      <c r="K640" s="5">
+        <v>112</v>
+      </c>
+      <c r="L640" s="5">
+        <v>84</v>
+      </c>
+      <c r="M640" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N640" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="O640" s="5" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="641" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B641" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C641" s="5" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D641" s="6">
+        <v>45076</v>
+      </c>
+      <c r="E641" s="5">
+        <v>124</v>
+      </c>
+      <c r="F641" s="5">
+        <v>694</v>
+      </c>
+      <c r="G641" s="5">
+        <v>-421</v>
+      </c>
+      <c r="H641" s="5">
+        <v>80</v>
+      </c>
+      <c r="I641" s="5">
+        <v>101</v>
+      </c>
+      <c r="J641" s="5">
+        <v>357</v>
+      </c>
+      <c r="K641" s="5">
+        <v>887</v>
+      </c>
+      <c r="L641" s="5">
+        <v>86</v>
+      </c>
+      <c r="M641" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N641" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O641" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="642" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B642" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C642" s="5" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D642" s="6">
+        <v>44343</v>
+      </c>
+      <c r="E642" s="5">
+        <v>124</v>
+      </c>
+      <c r="F642" s="5">
+        <v>680</v>
+      </c>
+      <c r="G642" s="5">
+        <v>2278</v>
+      </c>
+      <c r="H642" s="5">
+        <v>86</v>
+      </c>
+      <c r="I642" s="5">
+        <v>92</v>
+      </c>
+      <c r="J642" s="5">
+        <v>243</v>
+      </c>
+      <c r="K642" s="5">
+        <v>10</v>
+      </c>
+      <c r="L642" s="5">
+        <v>82</v>
+      </c>
+      <c r="M642" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N642" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O642" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="643" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B643" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C643" s="5" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D643" s="6">
+        <v>44745</v>
+      </c>
+      <c r="E643" s="5">
+        <v>124</v>
+      </c>
+      <c r="F643" s="5">
+        <v>679</v>
+      </c>
+      <c r="G643" s="5">
+        <v>1611</v>
+      </c>
+      <c r="H643" s="5">
+        <v>84</v>
+      </c>
+      <c r="I643" s="5">
+        <v>83</v>
+      </c>
+      <c r="J643" s="5">
+        <v>535</v>
+      </c>
+      <c r="K643" s="5">
+        <v>1097</v>
+      </c>
+      <c r="L643" s="5">
+        <v>79</v>
+      </c>
+      <c r="M643" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N643" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O643" s="5" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="644" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B644" s="5" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C644" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D644" s="6">
+        <v>44336</v>
+      </c>
+      <c r="E644" s="5">
+        <v>124</v>
+      </c>
+      <c r="F644" s="5">
+        <v>678</v>
+      </c>
+      <c r="G644" s="5">
+        <v>168</v>
+      </c>
+      <c r="H644" s="5">
+        <v>80</v>
+      </c>
+      <c r="I644" s="5">
+        <v>62</v>
+      </c>
+      <c r="J644" s="5">
+        <v>142</v>
+      </c>
+      <c r="K644" s="5">
+        <v>220</v>
+      </c>
+      <c r="L644" s="5">
+        <v>82</v>
+      </c>
+      <c r="M644" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N644" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O644" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="645" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B645" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C645" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D645" s="6">
+        <v>45135</v>
+      </c>
+      <c r="E645" s="5">
+        <v>124</v>
+      </c>
+      <c r="F645" s="5">
+        <v>671</v>
+      </c>
+      <c r="G645" s="5">
+        <v>11752</v>
+      </c>
+      <c r="H645" s="5">
+        <v>81</v>
+      </c>
+      <c r="I645" s="5">
+        <v>79</v>
+      </c>
+      <c r="J645" s="5">
+        <v>753</v>
+      </c>
+      <c r="K645" s="5">
+        <v>2336</v>
+      </c>
+      <c r="L645" s="5">
+        <v>81</v>
+      </c>
+      <c r="M645" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N645" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="O645" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="646" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B646" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C646" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D646" s="6">
+        <v>45077</v>
+      </c>
+      <c r="E646" s="5">
+        <v>124</v>
+      </c>
+      <c r="F646" s="5">
+        <v>668</v>
+      </c>
+      <c r="G646" s="5">
+        <v>1928</v>
+      </c>
+      <c r="H646" s="5">
+        <v>79</v>
+      </c>
+      <c r="I646" s="5">
+        <v>81</v>
+      </c>
+      <c r="J646" s="5">
+        <v>265</v>
+      </c>
+      <c r="K646" s="5">
+        <v>-325</v>
+      </c>
+      <c r="L646" s="5">
+        <v>72</v>
+      </c>
+      <c r="M646" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N646" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O646" s="5" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="647" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B647" s="5" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C647" s="5" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D647" s="6">
+        <v>44458</v>
+      </c>
+      <c r="E647" s="5">
+        <v>124</v>
+      </c>
+      <c r="F647" s="5">
+        <v>665</v>
+      </c>
+      <c r="G647" s="5">
+        <v>2114</v>
+      </c>
+      <c r="H647" s="5">
+        <v>80</v>
+      </c>
+      <c r="I647" s="5">
+        <v>78</v>
+      </c>
+      <c r="J647" s="5">
+        <v>1050</v>
+      </c>
+      <c r="K647" s="5">
+        <v>2952</v>
+      </c>
+      <c r="L647" s="5">
+        <v>79</v>
+      </c>
+      <c r="M647" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N647" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="O647" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="648" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B648" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C648" s="5" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D648" s="6">
+        <v>44169</v>
+      </c>
+      <c r="E648" s="5">
+        <v>124</v>
+      </c>
+      <c r="F648" s="5">
+        <v>639</v>
+      </c>
+      <c r="G648" s="5">
+        <v>1246</v>
+      </c>
+      <c r="H648" s="5">
+        <v>80</v>
+      </c>
+      <c r="I648" s="5">
+        <v>73</v>
+      </c>
+      <c r="J648" s="5">
+        <v>398</v>
+      </c>
+      <c r="K648" s="5">
+        <v>1670</v>
+      </c>
+      <c r="L648" s="5">
+        <v>87</v>
+      </c>
+      <c r="M648" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N648" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O648" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="649" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B649" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C649" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D649" s="6">
+        <v>45036</v>
+      </c>
+      <c r="E649" s="5">
+        <v>124</v>
+      </c>
+      <c r="F649" s="5">
+        <v>636</v>
+      </c>
+      <c r="G649" s="5">
+        <v>1974</v>
+      </c>
+      <c r="H649" s="5">
+        <v>80</v>
+      </c>
+      <c r="I649" s="5">
+        <v>116</v>
+      </c>
+      <c r="J649" s="5">
+        <v>86</v>
+      </c>
+      <c r="K649" s="5">
+        <v>657</v>
+      </c>
+      <c r="L649" s="5">
+        <v>84</v>
+      </c>
+      <c r="M649" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N649" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O649" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="650" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B650" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C650" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D650" s="6">
+        <v>44515</v>
+      </c>
+      <c r="E650" s="5">
+        <v>124</v>
+      </c>
+      <c r="F650" s="5">
+        <v>623</v>
+      </c>
+      <c r="G650" s="5">
+        <v>1409</v>
+      </c>
+      <c r="H650" s="5">
+        <v>82</v>
+      </c>
+      <c r="I650" s="5">
+        <v>112</v>
+      </c>
+      <c r="J650" s="5">
+        <v>878</v>
+      </c>
+      <c r="K650" s="5">
+        <v>2239</v>
+      </c>
+      <c r="L650" s="5">
+        <v>76</v>
+      </c>
+      <c r="M650" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="N650" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O650" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="651" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B651" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C651" s="5" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D651" s="6">
+        <v>44013</v>
+      </c>
+      <c r="E651" s="5">
+        <v>124</v>
+      </c>
+      <c r="F651" s="5">
+        <v>599</v>
+      </c>
+      <c r="G651" s="5">
+        <v>3144</v>
+      </c>
+      <c r="H651" s="5">
+        <v>80</v>
+      </c>
+      <c r="I651" s="5">
+        <v>113</v>
+      </c>
+      <c r="J651" s="5">
+        <v>356</v>
+      </c>
+      <c r="K651" s="5">
+        <v>245</v>
+      </c>
+      <c r="L651" s="5">
+        <v>81</v>
+      </c>
+      <c r="M651" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="N651" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O651" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="652" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B652" s="5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C652" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D652" s="6">
+        <v>44983</v>
+      </c>
+      <c r="E652" s="5">
+        <v>124</v>
+      </c>
+      <c r="F652" s="5">
+        <v>588</v>
+      </c>
+      <c r="G652" s="5">
+        <v>-26</v>
+      </c>
+      <c r="H652" s="5">
+        <v>81</v>
+      </c>
+      <c r="I652" s="5">
+        <v>82</v>
+      </c>
+      <c r="J652" s="5">
+        <v>380</v>
+      </c>
+      <c r="K652" s="5">
+        <v>-206</v>
+      </c>
+      <c r="L652" s="5">
+        <v>83</v>
+      </c>
+      <c r="M652" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N652" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="O652" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="653" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B653" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C653" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D653" s="6">
+        <v>43715</v>
+      </c>
+      <c r="E653" s="5">
+        <v>124</v>
+      </c>
+      <c r="F653" s="5">
+        <v>588</v>
+      </c>
+      <c r="G653" s="5">
+        <v>1976</v>
+      </c>
+      <c r="H653" s="5">
+        <v>82</v>
+      </c>
+      <c r="I653" s="5">
+        <v>123</v>
+      </c>
+      <c r="J653" s="5">
+        <v>186</v>
+      </c>
+      <c r="K653" s="5">
+        <v>1276</v>
+      </c>
+      <c r="L653" s="5">
+        <v>90</v>
+      </c>
+      <c r="M653" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N653" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O653" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="654" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B654" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C654" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D654" s="6">
+        <v>45057</v>
+      </c>
+      <c r="E654" s="5">
+        <v>124</v>
+      </c>
+      <c r="F654" s="5">
+        <v>574</v>
+      </c>
+      <c r="G654" s="5">
+        <v>-1564</v>
+      </c>
+      <c r="H654" s="5">
+        <v>82</v>
+      </c>
+      <c r="I654" s="5">
+        <v>96</v>
+      </c>
+      <c r="J654" s="5">
+        <v>63</v>
+      </c>
+      <c r="K654" s="5">
+        <v>173</v>
+      </c>
+      <c r="L654" s="5">
+        <v>90</v>
+      </c>
+      <c r="M654" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N654" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="O654" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="655" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B655" s="5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C655" s="5" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D655" s="6">
+        <v>44776</v>
+      </c>
+      <c r="E655" s="5">
+        <v>124</v>
+      </c>
+      <c r="F655" s="5">
+        <v>537</v>
+      </c>
+      <c r="G655" s="5">
+        <v>2178</v>
+      </c>
+      <c r="H655" s="5">
+        <v>81</v>
+      </c>
+      <c r="I655" s="5">
+        <v>86</v>
+      </c>
+      <c r="J655" s="5">
+        <v>-183</v>
+      </c>
+      <c r="K655" s="5">
+        <v>-1391</v>
+      </c>
+      <c r="L655" s="5">
+        <v>78</v>
+      </c>
+      <c r="M655" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N655" s="5" t="s">
+        <v>1647</v>
+      </c>
+      <c r="O655" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="656" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B656" s="5" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C656" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D656" s="6">
+        <v>44119</v>
+      </c>
+      <c r="E656" s="5">
+        <v>124</v>
+      </c>
+      <c r="F656" s="5">
+        <v>536</v>
+      </c>
+      <c r="G656" s="5">
+        <v>1453</v>
+      </c>
+      <c r="H656" s="5">
+        <v>87</v>
+      </c>
+      <c r="I656" s="5">
+        <v>95</v>
+      </c>
+      <c r="J656" s="5">
+        <v>101</v>
+      </c>
+      <c r="K656" s="5">
+        <v>-282</v>
+      </c>
+      <c r="L656" s="5">
+        <v>90</v>
+      </c>
+      <c r="M656" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N656" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="O656" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="657" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B657" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C657" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D657" s="6">
+        <v>44239</v>
+      </c>
+      <c r="E657" s="5">
+        <v>124</v>
+      </c>
+      <c r="F657" s="5">
+        <v>526</v>
+      </c>
+      <c r="G657" s="5">
+        <v>2709</v>
+      </c>
+      <c r="H657" s="5">
+        <v>85</v>
+      </c>
+      <c r="I657" s="5">
+        <v>107</v>
+      </c>
+      <c r="J657" s="5">
+        <v>259</v>
+      </c>
+      <c r="K657" s="5">
+        <v>817</v>
+      </c>
+      <c r="L657" s="5">
+        <v>54</v>
+      </c>
+      <c r="M657" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N657" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O657" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="658" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B658" s="5" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C658" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D658" s="6">
+        <v>43521</v>
+      </c>
+      <c r="E658" s="5">
+        <v>124</v>
+      </c>
+      <c r="F658" s="5">
+        <v>515</v>
+      </c>
+      <c r="G658" s="5">
+        <v>1062</v>
+      </c>
+      <c r="H658" s="5">
+        <v>71</v>
+      </c>
+      <c r="I658" s="5">
+        <v>89</v>
+      </c>
+      <c r="J658" s="5">
+        <v>-159</v>
+      </c>
+      <c r="K658" s="5">
+        <v>116</v>
+      </c>
+      <c r="L658" s="5">
+        <v>79</v>
+      </c>
+      <c r="M658" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="N658" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="O658" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="659" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B659" s="5" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C659" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D659" s="6">
+        <v>45161</v>
+      </c>
+      <c r="E659" s="5">
+        <v>124</v>
+      </c>
+      <c r="F659" s="5">
+        <v>507</v>
+      </c>
+      <c r="G659" s="5">
+        <v>327</v>
+      </c>
+      <c r="H659" s="5">
+        <v>83</v>
+      </c>
+      <c r="I659" s="5">
+        <v>90</v>
+      </c>
+      <c r="J659" s="5">
+        <v>-211</v>
+      </c>
+      <c r="K659" s="5">
+        <v>-1106</v>
+      </c>
+      <c r="L659" s="5">
+        <v>86</v>
+      </c>
+      <c r="M659" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="N5" s="6" t="s">
+      <c r="N659" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="O659" s="5" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="660" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B660" s="5" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C660" s="5" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D660" s="6">
+        <v>44812</v>
+      </c>
+      <c r="E660" s="5">
+        <v>124</v>
+      </c>
+      <c r="F660" s="5">
+        <v>488</v>
+      </c>
+      <c r="G660" s="5">
+        <v>1187</v>
+      </c>
+      <c r="H660" s="5">
+        <v>81</v>
+      </c>
+      <c r="I660" s="5">
+        <v>93</v>
+      </c>
+      <c r="J660" s="5">
+        <v>-73</v>
+      </c>
+      <c r="K660" s="5">
+        <v>-1525</v>
+      </c>
+      <c r="L660" s="5">
+        <v>81</v>
+      </c>
+      <c r="M660" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="N660" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="O660" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="661" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B661" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C661" s="5" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D661" s="6">
+        <v>44966</v>
+      </c>
+      <c r="E661" s="5">
+        <v>124</v>
+      </c>
+      <c r="F661" s="5">
+        <v>485</v>
+      </c>
+      <c r="G661" s="5">
+        <v>762</v>
+      </c>
+      <c r="H661" s="5">
+        <v>81</v>
+      </c>
+      <c r="I661" s="5">
+        <v>96</v>
+      </c>
+      <c r="J661" s="5">
+        <v>360</v>
+      </c>
+      <c r="K661" s="5">
+        <v>2113</v>
+      </c>
+      <c r="L661" s="5">
+        <v>90</v>
+      </c>
+      <c r="M661" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N661" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="O661" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="662" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B662" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C662" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D662" s="6">
+        <v>44289</v>
+      </c>
+      <c r="E662" s="5">
+        <v>124</v>
+      </c>
+      <c r="F662" s="5">
+        <v>482</v>
+      </c>
+      <c r="G662" s="5">
+        <v>984</v>
+      </c>
+      <c r="H662" s="5">
+        <v>86</v>
+      </c>
+      <c r="I662" s="5">
+        <v>76</v>
+      </c>
+      <c r="J662" s="5">
+        <v>-63</v>
+      </c>
+      <c r="K662" s="5">
+        <v>123</v>
+      </c>
+      <c r="L662" s="5">
+        <v>82</v>
+      </c>
+      <c r="M662" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="N662" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="O662" s="5" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="663" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B663" s="5" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C663" s="5" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D663" s="6">
+        <v>44407</v>
+      </c>
+      <c r="E663" s="5">
+        <v>124</v>
+      </c>
+      <c r="F663" s="5">
+        <v>475</v>
+      </c>
+      <c r="G663" s="5">
+        <v>1273</v>
+      </c>
+      <c r="H663" s="5">
+        <v>77</v>
+      </c>
+      <c r="I663" s="5">
+        <v>77</v>
+      </c>
+      <c r="J663" s="5">
+        <v>522</v>
+      </c>
+      <c r="K663" s="5">
+        <v>1665</v>
+      </c>
+      <c r="L663" s="5">
+        <v>85</v>
+      </c>
+      <c r="M663" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="N663" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O663" s="5" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="664" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B664" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C664" s="5" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D664" s="6">
+        <v>44371</v>
+      </c>
+      <c r="E664" s="5">
+        <v>124</v>
+      </c>
+      <c r="F664" s="5">
+        <v>471</v>
+      </c>
+      <c r="G664" s="5">
+        <v>1970</v>
+      </c>
+      <c r="H664" s="5">
+        <v>82</v>
+      </c>
+      <c r="I664" s="5">
+        <v>97</v>
+      </c>
+      <c r="J664" s="5">
+        <v>454</v>
+      </c>
+      <c r="K664" s="5">
+        <v>992</v>
+      </c>
+      <c r="L664" s="5">
+        <v>80</v>
+      </c>
+      <c r="M664" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N664" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O664" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="665" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B665" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C665" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D665" s="6">
+        <v>44968</v>
+      </c>
+      <c r="E665" s="5">
+        <v>124</v>
+      </c>
+      <c r="F665" s="5">
+        <v>415</v>
+      </c>
+      <c r="G665" s="5">
+        <v>1377</v>
+      </c>
+      <c r="H665" s="5">
+        <v>78</v>
+      </c>
+      <c r="I665" s="5">
+        <v>81</v>
+      </c>
+      <c r="J665" s="5">
+        <v>516</v>
+      </c>
+      <c r="K665" s="5">
+        <v>2688</v>
+      </c>
+      <c r="L665" s="5">
+        <v>87</v>
+      </c>
+      <c r="M665" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N665" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O665" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="666" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B666" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C666" s="5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D666" s="6">
+        <v>44024</v>
+      </c>
+      <c r="E666" s="5">
+        <v>124</v>
+      </c>
+      <c r="F666" s="5">
+        <v>384</v>
+      </c>
+      <c r="G666" s="5">
+        <v>812</v>
+      </c>
+      <c r="H666" s="5">
+        <v>74</v>
+      </c>
+      <c r="I666" s="5">
+        <v>139</v>
+      </c>
+      <c r="J666" s="5">
+        <v>942</v>
+      </c>
+      <c r="K666" s="5">
+        <v>2324</v>
+      </c>
+      <c r="L666" s="5">
+        <v>84</v>
+      </c>
+      <c r="M666" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="N666" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O666" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="667" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B667" s="5" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C667" s="5" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D667" s="6">
+        <v>43807</v>
+      </c>
+      <c r="E667" s="5">
+        <v>124</v>
+      </c>
+      <c r="F667" s="5">
+        <v>332</v>
+      </c>
+      <c r="G667" s="5">
+        <v>2136</v>
+      </c>
+      <c r="H667" s="5">
+        <v>77</v>
+      </c>
+      <c r="I667" s="5">
+        <v>145</v>
+      </c>
+      <c r="J667" s="5">
+        <v>308</v>
+      </c>
+      <c r="K667" s="5">
+        <v>-683</v>
+      </c>
+      <c r="L667" s="5">
+        <v>85</v>
+      </c>
+      <c r="M667" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="N667" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O667" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="668" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B668" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C668" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D668" s="6">
+        <v>44160</v>
+      </c>
+      <c r="E668" s="5">
+        <v>124</v>
+      </c>
+      <c r="F668" s="5">
+        <v>311</v>
+      </c>
+      <c r="G668" s="5">
+        <v>-36</v>
+      </c>
+      <c r="H668" s="5">
+        <v>77</v>
+      </c>
+      <c r="I668" s="5">
+        <v>111</v>
+      </c>
+      <c r="J668" s="5">
+        <v>269</v>
+      </c>
+      <c r="K668" s="5">
+        <v>534</v>
+      </c>
+      <c r="L668" s="5">
+        <v>86</v>
+      </c>
+      <c r="M668" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="N668" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O668" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="669" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B669" s="5" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C669" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D669" s="6">
+        <v>45016</v>
+      </c>
+      <c r="E669" s="5">
+        <v>124</v>
+      </c>
+      <c r="F669" s="5">
+        <v>301</v>
+      </c>
+      <c r="G669" s="5">
+        <v>609</v>
+      </c>
+      <c r="H669" s="5">
+        <v>83</v>
+      </c>
+      <c r="I669" s="5">
+        <v>105</v>
+      </c>
+      <c r="J669" s="5">
+        <v>238</v>
+      </c>
+      <c r="K669" s="5">
+        <v>1082</v>
+      </c>
+      <c r="L669" s="5">
+        <v>88</v>
+      </c>
+      <c r="M669" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N669" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O669" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="670" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B670" s="5" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C670" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D670" s="6">
+        <v>44954</v>
+      </c>
+      <c r="E670" s="5">
+        <v>124</v>
+      </c>
+      <c r="F670" s="5">
+        <v>284</v>
+      </c>
+      <c r="G670" s="5">
+        <v>4263</v>
+      </c>
+      <c r="H670" s="5">
+        <v>76</v>
+      </c>
+      <c r="I670" s="5">
+        <v>98</v>
+      </c>
+      <c r="J670" s="5">
+        <v>-235</v>
+      </c>
+      <c r="K670" s="5">
+        <v>-944</v>
+      </c>
+      <c r="L670" s="5">
+        <v>83</v>
+      </c>
+      <c r="M670" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="N670" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O670" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="671" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B671" s="5" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C671" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D671" s="6">
+        <v>44876</v>
+      </c>
+      <c r="E671" s="5">
+        <v>124</v>
+      </c>
+      <c r="F671" s="5">
+        <v>237</v>
+      </c>
+      <c r="G671" s="5">
+        <v>-1119</v>
+      </c>
+      <c r="H671" s="5">
+        <v>77</v>
+      </c>
+      <c r="I671" s="5">
+        <v>93</v>
+      </c>
+      <c r="J671" s="5">
+        <v>82</v>
+      </c>
+      <c r="K671" s="5">
+        <v>406</v>
+      </c>
+      <c r="L671" s="5">
+        <v>82</v>
+      </c>
+      <c r="M671" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N671" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="O671" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="672" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B672" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C672" s="5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D672" s="6">
+        <v>44285</v>
+      </c>
+      <c r="E672" s="5">
+        <v>124</v>
+      </c>
+      <c r="F672" s="5">
+        <v>213</v>
+      </c>
+      <c r="G672" s="5">
+        <v>313</v>
+      </c>
+      <c r="H672" s="5">
+        <v>87</v>
+      </c>
+      <c r="I672" s="5">
+        <v>78</v>
+      </c>
+      <c r="J672" s="5">
+        <v>-199</v>
+      </c>
+      <c r="K672" s="5">
+        <v>-154</v>
+      </c>
+      <c r="L672" s="5">
+        <v>81</v>
+      </c>
+      <c r="M672" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="N672" s="5" t="s">
+        <v>1687</v>
+      </c>
+      <c r="O672" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="673" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B673" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C673" s="5" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D673" s="6">
+        <v>45199</v>
+      </c>
+      <c r="E673" s="5">
+        <v>123</v>
+      </c>
+      <c r="F673" s="5">
+        <v>1134</v>
+      </c>
+      <c r="G673" s="5">
+        <v>949</v>
+      </c>
+      <c r="H673" s="5">
+        <v>78</v>
+      </c>
+      <c r="I673" s="5">
+        <v>146</v>
+      </c>
+      <c r="J673" s="5">
+        <v>985</v>
+      </c>
+      <c r="K673" s="5">
+        <v>3566</v>
+      </c>
+      <c r="L673" s="5">
+        <v>74</v>
+      </c>
+      <c r="M673" s="5" t="s">
+        <v>1413</v>
+      </c>
+      <c r="N673" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="O5" s="6" t="s">
+      <c r="O673" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="674" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B674" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C674" s="5" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D674" s="6">
+        <v>45096</v>
+      </c>
+      <c r="E674" s="5">
+        <v>123</v>
+      </c>
+      <c r="F674" s="5">
+        <v>1132</v>
+      </c>
+      <c r="G674" s="5">
+        <v>2873</v>
+      </c>
+      <c r="H674" s="5">
+        <v>77</v>
+      </c>
+      <c r="I674" s="5">
+        <v>123</v>
+      </c>
+      <c r="J674" s="5">
+        <v>650</v>
+      </c>
+      <c r="K674" s="5">
+        <v>1780</v>
+      </c>
+      <c r="L674" s="5">
+        <v>85</v>
+      </c>
+      <c r="M674" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N674" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O674" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="675" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B675" s="5" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C675" s="5" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D675" s="6">
+        <v>44450</v>
+      </c>
+      <c r="E675" s="5">
+        <v>123</v>
+      </c>
+      <c r="F675" s="5">
+        <v>1089</v>
+      </c>
+      <c r="G675" s="5">
+        <v>2642</v>
+      </c>
+      <c r="H675" s="5">
+        <v>77</v>
+      </c>
+      <c r="I675" s="5">
+        <v>91</v>
+      </c>
+      <c r="J675" s="5">
+        <v>437</v>
+      </c>
+      <c r="K675" s="5">
+        <v>1257</v>
+      </c>
+      <c r="L675" s="5">
+        <v>78</v>
+      </c>
+      <c r="M675" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N675" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="O675" s="5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="676" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B676" s="5" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C676" s="5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D676" s="6">
+        <v>44746</v>
+      </c>
+      <c r="E676" s="5">
+        <v>123</v>
+      </c>
+      <c r="F676" s="5">
+        <v>1048</v>
+      </c>
+      <c r="G676" s="5">
+        <v>2947</v>
+      </c>
+      <c r="H676" s="5">
+        <v>77</v>
+      </c>
+      <c r="I676" s="5">
+        <v>89</v>
+      </c>
+      <c r="J676" s="5">
+        <v>1029</v>
+      </c>
+      <c r="K676" s="5">
+        <v>1978</v>
+      </c>
+      <c r="L676" s="5">
+        <v>87</v>
+      </c>
+      <c r="M676" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N676" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O676" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="677" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B677" s="5" t="s">
+        <v>1696</v>
+      </c>
+      <c r="C677" s="5" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D677" s="6">
+        <v>44733</v>
+      </c>
+      <c r="E677" s="5">
+        <v>123</v>
+      </c>
+      <c r="F677" s="5">
+        <v>1026</v>
+      </c>
+      <c r="G677" s="5">
+        <v>4069</v>
+      </c>
+      <c r="H677" s="5">
+        <v>78</v>
+      </c>
+      <c r="I677" s="5">
+        <v>89</v>
+      </c>
+      <c r="J677" s="5">
+        <v>1029</v>
+      </c>
+      <c r="K677" s="5">
+        <v>1978</v>
+      </c>
+      <c r="L677" s="5">
+        <v>87</v>
+      </c>
+      <c r="M677" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N677" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O677" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="678" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B678" s="5" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C678" s="5" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D678" s="6">
+        <v>44885</v>
+      </c>
+      <c r="E678" s="5">
+        <v>123</v>
+      </c>
+      <c r="F678" s="5">
+        <v>1011</v>
+      </c>
+      <c r="G678" s="5">
+        <v>2172</v>
+      </c>
+      <c r="H678" s="5">
+        <v>87</v>
+      </c>
+      <c r="I678" s="5">
+        <v>48</v>
+      </c>
+      <c r="J678" s="5">
+        <v>178</v>
+      </c>
+      <c r="K678" s="5">
+        <v>1379</v>
+      </c>
+      <c r="L678" s="5">
+        <v>61</v>
+      </c>
+      <c r="M678" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N678" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="O678" s="5" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="679" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B679" s="5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C679" s="5" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D679" s="6">
+        <v>44961</v>
+      </c>
+      <c r="E679" s="5">
+        <v>123</v>
+      </c>
+      <c r="F679" s="5">
+        <v>882</v>
+      </c>
+      <c r="G679" s="5">
+        <v>272</v>
+      </c>
+      <c r="H679" s="5">
+        <v>82</v>
+      </c>
+      <c r="I679" s="5">
+        <v>137</v>
+      </c>
+      <c r="J679" s="5">
+        <v>842</v>
+      </c>
+      <c r="K679" s="5">
+        <v>877</v>
+      </c>
+      <c r="L679" s="5">
+        <v>76</v>
+      </c>
+      <c r="M679" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N679" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O679" s="5" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="680" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B680" s="5" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C680" s="5" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D680" s="6">
+        <v>44967</v>
+      </c>
+      <c r="E680" s="5">
+        <v>123</v>
+      </c>
+      <c r="F680" s="5">
+        <v>858</v>
+      </c>
+      <c r="G680" s="5">
+        <v>4893</v>
+      </c>
+      <c r="H680" s="5">
+        <v>83</v>
+      </c>
+      <c r="I680" s="5">
+        <v>84</v>
+      </c>
+      <c r="J680" s="5">
+        <v>97</v>
+      </c>
+      <c r="K680" s="5">
+        <v>913</v>
+      </c>
+      <c r="L680" s="5">
+        <v>75</v>
+      </c>
+      <c r="M680" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N680" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O680" s="5" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C6" s="6" t="s">
+    <row r="681" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B681" s="5" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C681" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D681" s="6">
+        <v>45191</v>
+      </c>
+      <c r="E681" s="5">
+        <v>123</v>
+      </c>
+      <c r="F681" s="5">
+        <v>817</v>
+      </c>
+      <c r="G681" s="5">
+        <v>3625</v>
+      </c>
+      <c r="H681" s="5">
+        <v>82</v>
+      </c>
+      <c r="I681" s="5">
+        <v>88</v>
+      </c>
+      <c r="J681" s="5">
+        <v>287</v>
+      </c>
+      <c r="K681" s="5">
+        <v>1145</v>
+      </c>
+      <c r="L681" s="5">
+        <v>86</v>
+      </c>
+      <c r="M681" s="5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="N681" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O681" s="5" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="682" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B682" s="5" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C682" s="5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D682" s="6">
+        <v>44859</v>
+      </c>
+      <c r="E682" s="5">
+        <v>123</v>
+      </c>
+      <c r="F682" s="5">
+        <v>806</v>
+      </c>
+      <c r="G682" s="5">
+        <v>2506</v>
+      </c>
+      <c r="H682" s="5">
+        <v>83</v>
+      </c>
+      <c r="I682" s="5">
+        <v>113</v>
+      </c>
+      <c r="J682" s="5">
+        <v>883</v>
+      </c>
+      <c r="K682" s="5">
+        <v>1874</v>
+      </c>
+      <c r="L682" s="5">
+        <v>86</v>
+      </c>
+      <c r="M682" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N682" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O682" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="683" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B683" s="5" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C683" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D683" s="6">
+        <v>44875</v>
+      </c>
+      <c r="E683" s="5">
+        <v>123</v>
+      </c>
+      <c r="F683" s="5">
+        <v>787</v>
+      </c>
+      <c r="G683" s="5">
+        <v>3747</v>
+      </c>
+      <c r="H683" s="5">
+        <v>80</v>
+      </c>
+      <c r="I683" s="5">
+        <v>118</v>
+      </c>
+      <c r="J683" s="5">
+        <v>386</v>
+      </c>
+      <c r="K683" s="5">
+        <v>1070</v>
+      </c>
+      <c r="L683" s="5">
+        <v>84</v>
+      </c>
+      <c r="M683" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N683" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O683" s="5" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="684" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B684" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C684" s="5" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D684" s="6">
+        <v>44611</v>
+      </c>
+      <c r="E684" s="5">
+        <v>123</v>
+      </c>
+      <c r="F684" s="5">
+        <v>760</v>
+      </c>
+      <c r="G684" s="5">
+        <v>1729</v>
+      </c>
+      <c r="H684" s="5">
+        <v>85</v>
+      </c>
+      <c r="I684" s="5">
+        <v>60</v>
+      </c>
+      <c r="J684" s="5">
+        <v>-206</v>
+      </c>
+      <c r="K684" s="5">
+        <v>-799</v>
+      </c>
+      <c r="L684" s="5">
+        <v>87</v>
+      </c>
+      <c r="M684" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N684" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="O684" s="5" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="685" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B685" s="5" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C685" s="5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D685" s="6">
+        <v>44847</v>
+      </c>
+      <c r="E685" s="5">
+        <v>123</v>
+      </c>
+      <c r="F685" s="5">
+        <v>759</v>
+      </c>
+      <c r="G685" s="5">
+        <v>3007</v>
+      </c>
+      <c r="H685" s="5">
+        <v>77</v>
+      </c>
+      <c r="I685" s="5">
+        <v>118</v>
+      </c>
+      <c r="J685" s="5">
+        <v>1082</v>
+      </c>
+      <c r="K685" s="5">
+        <v>2932</v>
+      </c>
+      <c r="L685" s="5">
+        <v>64</v>
+      </c>
+      <c r="M685" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N685" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O685" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="686" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B686" s="5" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C686" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D686" s="6">
+        <v>45132</v>
+      </c>
+      <c r="E686" s="5">
+        <v>123</v>
+      </c>
+      <c r="F686" s="5">
+        <v>751</v>
+      </c>
+      <c r="G686" s="5">
+        <v>1485</v>
+      </c>
+      <c r="H686" s="5">
+        <v>79</v>
+      </c>
+      <c r="I686" s="5">
+        <v>89</v>
+      </c>
+      <c r="J686" s="5">
+        <v>11</v>
+      </c>
+      <c r="K686" s="5">
+        <v>448</v>
+      </c>
+      <c r="L686" s="5">
+        <v>78</v>
+      </c>
+      <c r="M686" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="N686" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O686" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="687" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B687" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C687" s="5" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D687" s="6">
+        <v>45061</v>
+      </c>
+      <c r="E687" s="5">
+        <v>123</v>
+      </c>
+      <c r="F687" s="5">
+        <v>736</v>
+      </c>
+      <c r="G687" s="5">
+        <v>335</v>
+      </c>
+      <c r="H687" s="5">
+        <v>80</v>
+      </c>
+      <c r="I687" s="5">
+        <v>112</v>
+      </c>
+      <c r="J687" s="5">
+        <v>828</v>
+      </c>
+      <c r="K687" s="5">
+        <v>1217</v>
+      </c>
+      <c r="L687" s="5">
+        <v>83</v>
+      </c>
+      <c r="M687" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N687" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O687" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="688" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B688" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C688" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D688" s="6">
+        <v>44552</v>
+      </c>
+      <c r="E688" s="5">
+        <v>123</v>
+      </c>
+      <c r="F688" s="5">
+        <v>735</v>
+      </c>
+      <c r="G688" s="5">
+        <v>4138</v>
+      </c>
+      <c r="H688" s="5">
+        <v>86</v>
+      </c>
+      <c r="I688" s="5">
+        <v>88</v>
+      </c>
+      <c r="J688" s="5">
+        <v>435</v>
+      </c>
+      <c r="K688" s="5">
+        <v>460</v>
+      </c>
+      <c r="L688" s="5">
+        <v>83</v>
+      </c>
+      <c r="M688" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N688" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="O688" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="689" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B689" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C689" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D689" s="6">
+        <v>44102</v>
+      </c>
+      <c r="E689" s="5">
+        <v>123</v>
+      </c>
+      <c r="F689" s="5">
+        <v>686</v>
+      </c>
+      <c r="G689" s="5">
+        <v>2340</v>
+      </c>
+      <c r="H689" s="5">
+        <v>81</v>
+      </c>
+      <c r="I689" s="5">
+        <v>55</v>
+      </c>
+      <c r="J689" s="5">
+        <v>-51</v>
+      </c>
+      <c r="K689" s="5">
+        <v>-331</v>
+      </c>
+      <c r="L689" s="5">
+        <v>83</v>
+      </c>
+      <c r="M689" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N689" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O689" s="5" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="690" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B690" s="5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C690" s="5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D690" s="6">
+        <v>44856</v>
+      </c>
+      <c r="E690" s="5">
+        <v>123</v>
+      </c>
+      <c r="F690" s="5">
+        <v>679</v>
+      </c>
+      <c r="G690" s="5">
+        <v>2775</v>
+      </c>
+      <c r="H690" s="5">
+        <v>81</v>
+      </c>
+      <c r="I690" s="5">
+        <v>112</v>
+      </c>
+      <c r="J690" s="5">
+        <v>403</v>
+      </c>
+      <c r="K690" s="5">
+        <v>737</v>
+      </c>
+      <c r="L690" s="5">
+        <v>73</v>
+      </c>
+      <c r="M690" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N690" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O690" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="691" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B691" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C691" s="5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D691" s="6">
+        <v>45078</v>
+      </c>
+      <c r="E691" s="5">
+        <v>123</v>
+      </c>
+      <c r="F691" s="5">
+        <v>669</v>
+      </c>
+      <c r="G691" s="5">
+        <v>2581</v>
+      </c>
+      <c r="H691" s="5">
+        <v>86</v>
+      </c>
+      <c r="I691" s="5">
+        <v>146</v>
+      </c>
+      <c r="J691" s="5">
+        <v>1006</v>
+      </c>
+      <c r="K691" s="5">
+        <v>3450</v>
+      </c>
+      <c r="L691" s="5">
+        <v>87</v>
+      </c>
+      <c r="M691" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="N691" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O691" s="5" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="692" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B692" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C692" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D692" s="6">
+        <v>44434</v>
+      </c>
+      <c r="E692" s="5">
+        <v>123</v>
+      </c>
+      <c r="F692" s="5">
+        <v>650</v>
+      </c>
+      <c r="G692" s="5">
+        <v>1780</v>
+      </c>
+      <c r="H692" s="5">
+        <v>85</v>
+      </c>
+      <c r="I692" s="5">
+        <v>105</v>
+      </c>
+      <c r="J692" s="5">
+        <v>1076</v>
+      </c>
+      <c r="K692" s="5">
+        <v>2245</v>
+      </c>
+      <c r="L692" s="5">
+        <v>85</v>
+      </c>
+      <c r="M692" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="N692" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O692" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="693" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B693" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C693" s="5" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D693" s="6">
+        <v>44584</v>
+      </c>
+      <c r="E693" s="5">
+        <v>123</v>
+      </c>
+      <c r="F693" s="5">
+        <v>622</v>
+      </c>
+      <c r="G693" s="5">
+        <v>1749</v>
+      </c>
+      <c r="H693" s="5">
+        <v>85</v>
+      </c>
+      <c r="I693" s="5">
+        <v>83</v>
+      </c>
+      <c r="J693" s="5">
+        <v>238</v>
+      </c>
+      <c r="K693" s="5">
+        <v>351</v>
+      </c>
+      <c r="L693" s="5">
+        <v>91</v>
+      </c>
+      <c r="M693" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N693" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O693" s="5" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="694" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B694" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C694" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D694" s="6">
+        <v>45131</v>
+      </c>
+      <c r="E694" s="5">
+        <v>123</v>
+      </c>
+      <c r="F694" s="5">
+        <v>575</v>
+      </c>
+      <c r="G694" s="5">
+        <v>-90</v>
+      </c>
+      <c r="H694" s="5">
+        <v>79</v>
+      </c>
+      <c r="I694" s="5">
+        <v>99</v>
+      </c>
+      <c r="J694" s="5">
+        <v>716</v>
+      </c>
+      <c r="K694" s="5">
+        <v>-1270</v>
+      </c>
+      <c r="L694" s="5">
+        <v>76</v>
+      </c>
+      <c r="M694" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N694" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="O694" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="695" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B695" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C695" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D695" s="6">
+        <v>44547</v>
+      </c>
+      <c r="E695" s="5">
+        <v>123</v>
+      </c>
+      <c r="F695" s="5">
+        <v>550</v>
+      </c>
+      <c r="G695" s="5">
+        <v>2362</v>
+      </c>
+      <c r="H695" s="5">
+        <v>81</v>
+      </c>
+      <c r="I695" s="5">
+        <v>131</v>
+      </c>
+      <c r="J695" s="5">
+        <v>844</v>
+      </c>
+      <c r="K695" s="5">
+        <v>2074</v>
+      </c>
+      <c r="L695" s="5">
+        <v>84</v>
+      </c>
+      <c r="M695" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="N695" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="O695" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="696" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B696" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C696" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D696" s="6">
+        <v>44576</v>
+      </c>
+      <c r="E696" s="5">
+        <v>123</v>
+      </c>
+      <c r="F696" s="5">
+        <v>527</v>
+      </c>
+      <c r="G696" s="5">
+        <v>-2</v>
+      </c>
+      <c r="H696" s="5">
+        <v>81</v>
+      </c>
+      <c r="I696" s="5">
+        <v>83</v>
+      </c>
+      <c r="J696" s="5">
+        <v>-229</v>
+      </c>
+      <c r="K696" s="5">
+        <v>-153</v>
+      </c>
+      <c r="L696" s="5">
+        <v>82</v>
+      </c>
+      <c r="M696" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N696" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="O696" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="697" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B697" s="5" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C697" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D697" s="6">
+        <v>43395</v>
+      </c>
+      <c r="E697" s="5">
+        <v>123</v>
+      </c>
+      <c r="F697" s="5">
+        <v>472</v>
+      </c>
+      <c r="G697" s="5">
+        <v>1772</v>
+      </c>
+      <c r="H697" s="5">
+        <v>87</v>
+      </c>
+      <c r="I697" s="5">
+        <v>139</v>
+      </c>
+      <c r="J697" s="5">
+        <v>233</v>
+      </c>
+      <c r="K697" s="5">
+        <v>751</v>
+      </c>
+      <c r="L697" s="5">
+        <v>82</v>
+      </c>
+      <c r="M697" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="N697" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="O697" s="5" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="698" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B698" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C698" s="5" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D698" s="6">
+        <v>44147</v>
+      </c>
+      <c r="E698" s="5">
+        <v>123</v>
+      </c>
+      <c r="F698" s="5">
+        <v>471</v>
+      </c>
+      <c r="G698" s="5">
+        <v>2493</v>
+      </c>
+      <c r="H698" s="5">
+        <v>80</v>
+      </c>
+      <c r="I698" s="5">
+        <v>42</v>
+      </c>
+      <c r="J698" s="5">
+        <v>215</v>
+      </c>
+      <c r="K698" s="5">
+        <v>329</v>
+      </c>
+      <c r="L698" s="5">
+        <v>85</v>
+      </c>
+      <c r="M698" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N698" s="5" t="s">
+        <v>1747</v>
+      </c>
+      <c r="O698" s="5" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="699" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B699" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C699" s="5" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D699" s="6">
+        <v>44858</v>
+      </c>
+      <c r="E699" s="5">
+        <v>123</v>
+      </c>
+      <c r="F699" s="5">
+        <v>460</v>
+      </c>
+      <c r="G699" s="5">
+        <v>1669</v>
+      </c>
+      <c r="H699" s="5">
+        <v>84</v>
+      </c>
+      <c r="I699" s="5">
+        <v>62</v>
+      </c>
+      <c r="J699" s="5">
+        <v>-268</v>
+      </c>
+      <c r="K699" s="5">
+        <v>325</v>
+      </c>
+      <c r="L699" s="5">
+        <v>71</v>
+      </c>
+      <c r="M699" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N699" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="O699" s="5" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="700" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B700" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C700" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D700" s="6">
+        <v>44445</v>
+      </c>
+      <c r="E700" s="5">
+        <v>123</v>
+      </c>
+      <c r="F700" s="5">
+        <v>459</v>
+      </c>
+      <c r="G700" s="5">
+        <v>888</v>
+      </c>
+      <c r="H700" s="5">
+        <v>79</v>
+      </c>
+      <c r="I700" s="5">
+        <v>68</v>
+      </c>
+      <c r="J700" s="5">
+        <v>386</v>
+      </c>
+      <c r="K700" s="5">
+        <v>1259</v>
+      </c>
+      <c r="L700" s="5">
+        <v>79</v>
+      </c>
+      <c r="M700" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N700" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="O700" s="5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="701" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B701" s="5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C701" s="5" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D701" s="6">
+        <v>44369</v>
+      </c>
+      <c r="E701" s="5">
+        <v>123</v>
+      </c>
+      <c r="F701" s="5">
+        <v>382</v>
+      </c>
+      <c r="G701" s="5">
+        <v>856</v>
+      </c>
+      <c r="H701" s="5">
+        <v>74</v>
+      </c>
+      <c r="I701" s="5">
+        <v>108</v>
+      </c>
+      <c r="J701" s="5">
+        <v>603</v>
+      </c>
+      <c r="K701" s="5">
+        <v>2367</v>
+      </c>
+      <c r="L701" s="5">
+        <v>80</v>
+      </c>
+      <c r="M701" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N701" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="O701" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="702" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B702" s="5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C702" s="5" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D702" s="6">
+        <v>44383</v>
+      </c>
+      <c r="E702" s="5">
+        <v>123</v>
+      </c>
+      <c r="F702" s="5">
+        <v>347</v>
+      </c>
+      <c r="G702" s="5">
+        <v>2821</v>
+      </c>
+      <c r="H702" s="5">
+        <v>86</v>
+      </c>
+      <c r="I702" s="5">
+        <v>62</v>
+      </c>
+      <c r="J702" s="5">
+        <v>435</v>
+      </c>
+      <c r="K702" s="5">
+        <v>1934</v>
+      </c>
+      <c r="L702" s="5">
+        <v>82</v>
+      </c>
+      <c r="M702" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N702" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="O702" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="703" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B703" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C703" s="5" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D703" s="6">
+        <v>45159</v>
+      </c>
+      <c r="E703" s="5">
+        <v>123</v>
+      </c>
+      <c r="F703" s="5">
+        <v>324</v>
+      </c>
+      <c r="G703" s="5">
+        <v>-1206</v>
+      </c>
+      <c r="H703" s="5">
+        <v>76</v>
+      </c>
+      <c r="I703" s="5">
+        <v>88</v>
+      </c>
+      <c r="J703" s="5">
+        <v>271</v>
+      </c>
+      <c r="K703" s="5">
+        <v>1470</v>
+      </c>
+      <c r="L703" s="5">
+        <v>82</v>
+      </c>
+      <c r="M703" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="N703" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="O703" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="704" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B704" s="5" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C704" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D704" s="6">
+        <v>44609</v>
+      </c>
+      <c r="E704" s="5">
+        <v>123</v>
+      </c>
+      <c r="F704" s="5">
+        <v>312</v>
+      </c>
+      <c r="G704" s="5">
+        <v>1</v>
+      </c>
+      <c r="H704" s="5">
+        <v>82</v>
+      </c>
+      <c r="I704" s="5">
+        <v>84</v>
+      </c>
+      <c r="J704" s="5">
+        <v>200</v>
+      </c>
+      <c r="K704" s="5">
+        <v>-344</v>
+      </c>
+      <c r="L704" s="5">
+        <v>85</v>
+      </c>
+      <c r="M704" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N704" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="O704" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="705" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B705" s="5" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C705" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D705" s="6">
+        <v>44734</v>
+      </c>
+      <c r="E705" s="5">
+        <v>123</v>
+      </c>
+      <c r="F705" s="5">
+        <v>309</v>
+      </c>
+      <c r="G705" s="5">
+        <v>3911</v>
+      </c>
+      <c r="H705" s="5">
+        <v>85</v>
+      </c>
+      <c r="I705" s="5">
+        <v>119</v>
+      </c>
+      <c r="J705" s="5">
+        <v>905</v>
+      </c>
+      <c r="K705" s="5">
+        <v>1447</v>
+      </c>
+      <c r="L705" s="5">
+        <v>75</v>
+      </c>
+      <c r="M705" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="N705" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O705" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="706" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B706" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C706" s="5" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D706" s="6">
+        <v>43776</v>
+      </c>
+      <c r="E706" s="5">
+        <v>123</v>
+      </c>
+      <c r="F706" s="5">
+        <v>286</v>
+      </c>
+      <c r="G706" s="5">
+        <v>920</v>
+      </c>
+      <c r="H706" s="5">
+        <v>85</v>
+      </c>
+      <c r="I706" s="5">
+        <v>115</v>
+      </c>
+      <c r="J706" s="5">
+        <v>111</v>
+      </c>
+      <c r="K706" s="5">
+        <v>327</v>
+      </c>
+      <c r="L706" s="5">
+        <v>85</v>
+      </c>
+      <c r="M706" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="N706" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="O706" s="5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="707" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B707" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C707" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D707" s="6">
+        <v>43310</v>
+      </c>
+      <c r="E707" s="5">
+        <v>123</v>
+      </c>
+      <c r="F707" s="5">
+        <v>218</v>
+      </c>
+      <c r="G707" s="5">
+        <v>1076</v>
+      </c>
+      <c r="H707" s="5">
+        <v>84</v>
+      </c>
+      <c r="I707" s="5">
+        <v>76</v>
+      </c>
+      <c r="J707" s="5">
+        <v>-436</v>
+      </c>
+      <c r="K707" s="5">
         <v>24</v>
       </c>
-      <c r="D6" s="7">
-[...11 lines deleted...]
-      <c r="H6" s="6">
+      <c r="L707" s="5">
+        <v>82</v>
+      </c>
+      <c r="M707" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N707" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="O707" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="708" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B708" s="5" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C708" s="5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D708" s="6">
+        <v>45005</v>
+      </c>
+      <c r="E708" s="5">
+        <v>123</v>
+      </c>
+      <c r="F708" s="5">
+        <v>210</v>
+      </c>
+      <c r="G708" s="5">
+        <v>2404</v>
+      </c>
+      <c r="H708" s="5">
         <v>81</v>
       </c>
-      <c r="I6" s="6">
-[...8 lines deleted...]
-      <c r="L6" s="6">
+      <c r="I708" s="5">
+        <v>58</v>
+      </c>
+      <c r="J708" s="5">
+        <v>-365</v>
+      </c>
+      <c r="K708" s="5">
+        <v>24</v>
+      </c>
+      <c r="L708" s="5">
+        <v>82</v>
+      </c>
+      <c r="M708" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N708" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="O708" s="5" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="709" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B709" s="5" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C709" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D709" s="6">
+        <v>43071</v>
+      </c>
+      <c r="E709" s="5">
+        <v>123</v>
+      </c>
+      <c r="F709" s="5">
+        <v>186</v>
+      </c>
+      <c r="G709" s="5">
+        <v>1276</v>
+      </c>
+      <c r="H709" s="5">
+        <v>90</v>
+      </c>
+      <c r="I709" s="5">
+        <v>49</v>
+      </c>
+      <c r="J709" s="5">
+        <v>-599</v>
+      </c>
+      <c r="K709" s="5">
+        <v>-1105</v>
+      </c>
+      <c r="L709" s="5">
+        <v>92</v>
+      </c>
+      <c r="M709" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N709" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="O709" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="710" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B710" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C710" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D710" s="6">
+        <v>44736</v>
+      </c>
+      <c r="E710" s="5">
+        <v>123</v>
+      </c>
+      <c r="F710" s="5">
+        <v>166</v>
+      </c>
+      <c r="G710" s="5">
+        <v>2397</v>
+      </c>
+      <c r="H710" s="5">
+        <v>75</v>
+      </c>
+      <c r="I710" s="5">
+        <v>109</v>
+      </c>
+      <c r="J710" s="5">
+        <v>401</v>
+      </c>
+      <c r="K710" s="5">
+        <v>1119</v>
+      </c>
+      <c r="L710" s="5">
+        <v>84</v>
+      </c>
+      <c r="M710" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N710" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="O710" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="711" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B711" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C711" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D711" s="6">
+        <v>44555</v>
+      </c>
+      <c r="E711" s="5">
+        <v>123</v>
+      </c>
+      <c r="F711" s="5">
+        <v>136</v>
+      </c>
+      <c r="G711" s="5">
+        <v>733</v>
+      </c>
+      <c r="H711" s="5">
+        <v>77</v>
+      </c>
+      <c r="I711" s="5">
+        <v>121</v>
+      </c>
+      <c r="J711" s="5">
+        <v>195</v>
+      </c>
+      <c r="K711" s="5">
+        <v>-197</v>
+      </c>
+      <c r="L711" s="5">
+        <v>90</v>
+      </c>
+      <c r="M711" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="N711" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O711" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="712" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B712" s="5" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C712" s="5" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D712" s="6">
+        <v>44283</v>
+      </c>
+      <c r="E712" s="5">
+        <v>123</v>
+      </c>
+      <c r="F712" s="5">
+        <v>94</v>
+      </c>
+      <c r="G712" s="5">
+        <v>-120</v>
+      </c>
+      <c r="H712" s="5">
+        <v>80</v>
+      </c>
+      <c r="I712" s="5">
+        <v>94</v>
+      </c>
+      <c r="J712" s="5">
+        <v>-187</v>
+      </c>
+      <c r="K712" s="5">
+        <v>-54</v>
+      </c>
+      <c r="L712" s="5">
+        <v>81</v>
+      </c>
+      <c r="M712" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N712" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O712" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="713" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B713" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C713" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D713" s="6">
+        <v>43709</v>
+      </c>
+      <c r="E713" s="5">
+        <v>123</v>
+      </c>
+      <c r="F713" s="5">
+        <v>81</v>
+      </c>
+      <c r="G713" s="5">
+        <v>906</v>
+      </c>
+      <c r="H713" s="5">
+        <v>85</v>
+      </c>
+      <c r="I713" s="5">
+        <v>70</v>
+      </c>
+      <c r="J713" s="5">
+        <v>-615</v>
+      </c>
+      <c r="K713" s="5">
+        <v>-1926</v>
+      </c>
+      <c r="L713" s="5">
+        <v>85</v>
+      </c>
+      <c r="M713" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="N713" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="O713" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="714" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B714" s="5" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C714" s="5" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D714" s="6">
+        <v>44106</v>
+      </c>
+      <c r="E714" s="5">
+        <v>123</v>
+      </c>
+      <c r="F714" s="5">
+        <v>-19</v>
+      </c>
+      <c r="G714" s="5">
+        <v>142</v>
+      </c>
+      <c r="H714" s="5">
+        <v>82</v>
+      </c>
+      <c r="I714" s="5">
+        <v>96</v>
+      </c>
+      <c r="J714" s="5">
+        <v>208</v>
+      </c>
+      <c r="K714" s="5">
+        <v>-181</v>
+      </c>
+      <c r="L714" s="5">
+        <v>84</v>
+      </c>
+      <c r="M714" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N714" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O714" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="715" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B715" s="5" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C715" s="5" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D715" s="6">
+        <v>44555</v>
+      </c>
+      <c r="E715" s="5">
+        <v>123</v>
+      </c>
+      <c r="F715" s="5">
+        <v>-33</v>
+      </c>
+      <c r="G715" s="5">
+        <v>-743</v>
+      </c>
+      <c r="H715" s="5">
+        <v>86</v>
+      </c>
+      <c r="I715" s="5">
+        <v>91</v>
+      </c>
+      <c r="J715" s="5">
+        <v>241</v>
+      </c>
+      <c r="K715" s="5">
+        <v>-274</v>
+      </c>
+      <c r="L715" s="5">
+        <v>77</v>
+      </c>
+      <c r="M715" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="N715" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="O715" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="716" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B716" s="5" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C716" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D716" s="6">
+        <v>44984</v>
+      </c>
+      <c r="E716" s="5">
+        <v>122</v>
+      </c>
+      <c r="F716" s="5">
+        <v>1213</v>
+      </c>
+      <c r="G716" s="5">
+        <v>2584</v>
+      </c>
+      <c r="H716" s="5">
+        <v>85</v>
+      </c>
+      <c r="I716" s="5">
+        <v>66</v>
+      </c>
+      <c r="J716" s="5">
+        <v>163</v>
+      </c>
+      <c r="K716" s="5">
+        <v>1014</v>
+      </c>
+      <c r="L716" s="5">
+        <v>81</v>
+      </c>
+      <c r="M716" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N716" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O716" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="717" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B717" s="5" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C717" s="5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D717" s="6">
+        <v>44853</v>
+      </c>
+      <c r="E717" s="5">
+        <v>122</v>
+      </c>
+      <c r="F717" s="5">
+        <v>1187</v>
+      </c>
+      <c r="G717" s="5">
+        <v>1707</v>
+      </c>
+      <c r="H717" s="5">
+        <v>78</v>
+      </c>
+      <c r="I717" s="5">
+        <v>104</v>
+      </c>
+      <c r="J717" s="5">
+        <v>495</v>
+      </c>
+      <c r="K717" s="5">
+        <v>1994</v>
+      </c>
+      <c r="L717" s="5">
+        <v>86</v>
+      </c>
+      <c r="M717" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N717" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O717" s="5" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="718" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B718" s="5" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C718" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D718" s="6">
+        <v>45179</v>
+      </c>
+      <c r="E718" s="5">
+        <v>122</v>
+      </c>
+      <c r="F718" s="5">
+        <v>1102</v>
+      </c>
+      <c r="G718" s="5">
+        <v>1649</v>
+      </c>
+      <c r="H718" s="5">
+        <v>80</v>
+      </c>
+      <c r="I718" s="5">
+        <v>95</v>
+      </c>
+      <c r="J718" s="5">
+        <v>493</v>
+      </c>
+      <c r="K718" s="5">
+        <v>680</v>
+      </c>
+      <c r="L718" s="5">
+        <v>83</v>
+      </c>
+      <c r="M718" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N718" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="O718" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="719" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B719" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C719" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D719" s="6">
+        <v>44979</v>
+      </c>
+      <c r="E719" s="5">
+        <v>122</v>
+      </c>
+      <c r="F719" s="5">
+        <v>1092</v>
+      </c>
+      <c r="G719" s="5">
+        <v>1830</v>
+      </c>
+      <c r="H719" s="5">
+        <v>83</v>
+      </c>
+      <c r="I719" s="5">
+        <v>96</v>
+      </c>
+      <c r="J719" s="5">
+        <v>411</v>
+      </c>
+      <c r="K719" s="5">
+        <v>1193</v>
+      </c>
+      <c r="L719" s="5">
+        <v>80</v>
+      </c>
+      <c r="M719" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="N719" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O719" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="720" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B720" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C720" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D720" s="6">
+        <v>44544</v>
+      </c>
+      <c r="E720" s="5">
+        <v>122</v>
+      </c>
+      <c r="F720" s="5">
+        <v>1016</v>
+      </c>
+      <c r="G720" s="5">
+        <v>450</v>
+      </c>
+      <c r="H720" s="5">
+        <v>82</v>
+      </c>
+      <c r="I720" s="5">
+        <v>104</v>
+      </c>
+      <c r="J720" s="5">
+        <v>728</v>
+      </c>
+      <c r="K720" s="5">
+        <v>1872</v>
+      </c>
+      <c r="L720" s="5">
+        <v>83</v>
+      </c>
+      <c r="M720" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N720" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="O720" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="721" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B721" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C721" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D721" s="6">
+        <v>44867</v>
+      </c>
+      <c r="E721" s="5">
+        <v>122</v>
+      </c>
+      <c r="F721" s="5">
+        <v>1015</v>
+      </c>
+      <c r="G721" s="5">
+        <v>832</v>
+      </c>
+      <c r="H721" s="5">
+        <v>77</v>
+      </c>
+      <c r="I721" s="5">
+        <v>71</v>
+      </c>
+      <c r="J721" s="5">
+        <v>278</v>
+      </c>
+      <c r="K721" s="5">
+        <v>491</v>
+      </c>
+      <c r="L721" s="5">
         <v>79</v>
       </c>
-      <c r="M6" s="6" t="s">
+      <c r="M721" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N721" s="5" t="s">
+        <v>1801</v>
+      </c>
+      <c r="O721" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="722" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B722" s="5" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C722" s="5" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D722" s="6">
+        <v>44727</v>
+      </c>
+      <c r="E722" s="5">
+        <v>122</v>
+      </c>
+      <c r="F722" s="5">
+        <v>993</v>
+      </c>
+      <c r="G722" s="5">
+        <v>3632</v>
+      </c>
+      <c r="H722" s="5">
+        <v>73</v>
+      </c>
+      <c r="I722" s="5">
+        <v>88</v>
+      </c>
+      <c r="J722" s="5">
+        <v>418</v>
+      </c>
+      <c r="K722" s="5">
+        <v>1219</v>
+      </c>
+      <c r="L722" s="5">
+        <v>76</v>
+      </c>
+      <c r="M722" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N722" s="5" t="s">
+        <v>1804</v>
+      </c>
+      <c r="O722" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="723" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B723" s="5" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C723" s="5" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D723" s="6">
+        <v>44985</v>
+      </c>
+      <c r="E723" s="5">
+        <v>122</v>
+      </c>
+      <c r="F723" s="5">
+        <v>976</v>
+      </c>
+      <c r="G723" s="5">
+        <v>2794</v>
+      </c>
+      <c r="H723" s="5">
+        <v>80</v>
+      </c>
+      <c r="I723" s="5">
+        <v>117</v>
+      </c>
+      <c r="J723" s="5">
+        <v>115</v>
+      </c>
+      <c r="K723" s="5">
+        <v>470</v>
+      </c>
+      <c r="L723" s="5">
+        <v>80</v>
+      </c>
+      <c r="M723" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N723" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O723" s="5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="724" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B724" s="5" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C724" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D724" s="6">
+        <v>44976</v>
+      </c>
+      <c r="E724" s="5">
+        <v>122</v>
+      </c>
+      <c r="F724" s="5">
+        <v>960</v>
+      </c>
+      <c r="G724" s="5">
+        <v>5931</v>
+      </c>
+      <c r="H724" s="5">
+        <v>83</v>
+      </c>
+      <c r="I724" s="5">
+        <v>91</v>
+      </c>
+      <c r="J724" s="5">
+        <v>690</v>
+      </c>
+      <c r="K724" s="5">
+        <v>2082</v>
+      </c>
+      <c r="L724" s="5">
+        <v>85</v>
+      </c>
+      <c r="M724" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="N724" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O724" s="5" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="725" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B725" s="5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C725" s="5" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D725" s="6">
+        <v>44861</v>
+      </c>
+      <c r="E725" s="5">
+        <v>122</v>
+      </c>
+      <c r="F725" s="5">
+        <v>949</v>
+      </c>
+      <c r="G725" s="5">
+        <v>2947</v>
+      </c>
+      <c r="H725" s="5">
+        <v>82</v>
+      </c>
+      <c r="I725" s="5">
+        <v>87</v>
+      </c>
+      <c r="J725" s="5">
+        <v>745</v>
+      </c>
+      <c r="K725" s="5">
+        <v>702</v>
+      </c>
+      <c r="L725" s="5">
+        <v>79</v>
+      </c>
+      <c r="M725" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N725" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O725" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="726" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B726" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C726" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D726" s="6">
+        <v>45054</v>
+      </c>
+      <c r="E726" s="5">
+        <v>122</v>
+      </c>
+      <c r="F726" s="5">
+        <v>917</v>
+      </c>
+      <c r="G726" s="5">
+        <v>2368</v>
+      </c>
+      <c r="H726" s="5">
+        <v>80</v>
+      </c>
+      <c r="I726" s="5">
+        <v>58</v>
+      </c>
+      <c r="J726" s="5">
+        <v>237</v>
+      </c>
+      <c r="K726" s="5">
+        <v>832</v>
+      </c>
+      <c r="L726" s="5">
+        <v>87</v>
+      </c>
+      <c r="M726" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N726" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O726" s="5" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="727" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B727" s="5" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C727" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D727" s="6">
+        <v>44793</v>
+      </c>
+      <c r="E727" s="5">
+        <v>122</v>
+      </c>
+      <c r="F727" s="5">
+        <v>881</v>
+      </c>
+      <c r="G727" s="5">
+        <v>777</v>
+      </c>
+      <c r="H727" s="5">
+        <v>80</v>
+      </c>
+      <c r="I727" s="5">
+        <v>110</v>
+      </c>
+      <c r="J727" s="5">
+        <v>692</v>
+      </c>
+      <c r="K727" s="5">
+        <v>3817</v>
+      </c>
+      <c r="L727" s="5">
+        <v>81</v>
+      </c>
+      <c r="M727" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N727" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O727" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="728" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B728" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C728" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D728" s="6">
+        <v>44616</v>
+      </c>
+      <c r="E728" s="5">
+        <v>122</v>
+      </c>
+      <c r="F728" s="5">
+        <v>809</v>
+      </c>
+      <c r="G728" s="5">
+        <v>2042</v>
+      </c>
+      <c r="H728" s="5">
+        <v>86</v>
+      </c>
+      <c r="I728" s="5">
+        <v>120</v>
+      </c>
+      <c r="J728" s="5">
+        <v>502</v>
+      </c>
+      <c r="K728" s="5">
+        <v>1352</v>
+      </c>
+      <c r="L728" s="5">
+        <v>90</v>
+      </c>
+      <c r="M728" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="N728" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O728" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="729" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B729" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C729" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D729" s="6">
+        <v>44011</v>
+      </c>
+      <c r="E729" s="5">
+        <v>122</v>
+      </c>
+      <c r="F729" s="5">
+        <v>806</v>
+      </c>
+      <c r="G729" s="5">
+        <v>2061</v>
+      </c>
+      <c r="H729" s="5">
+        <v>74</v>
+      </c>
+      <c r="I729" s="5">
+        <v>105</v>
+      </c>
+      <c r="J729" s="5">
+        <v>610</v>
+      </c>
+      <c r="K729" s="5">
+        <v>1673</v>
+      </c>
+      <c r="L729" s="5">
+        <v>80</v>
+      </c>
+      <c r="M729" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N729" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="O729" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="730" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B730" s="5" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C730" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D730" s="6">
+        <v>43873</v>
+      </c>
+      <c r="E730" s="5">
+        <v>122</v>
+      </c>
+      <c r="F730" s="5">
+        <v>776</v>
+      </c>
+      <c r="G730" s="5">
+        <v>3008</v>
+      </c>
+      <c r="H730" s="5">
+        <v>87</v>
+      </c>
+      <c r="I730" s="5">
+        <v>78</v>
+      </c>
+      <c r="J730" s="5">
+        <v>202</v>
+      </c>
+      <c r="K730" s="5">
+        <v>799</v>
+      </c>
+      <c r="L730" s="5">
+        <v>86</v>
+      </c>
+      <c r="M730" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="N730" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="O730" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="731" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B731" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C731" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D731" s="6">
+        <v>44795</v>
+      </c>
+      <c r="E731" s="5">
+        <v>122</v>
+      </c>
+      <c r="F731" s="5">
+        <v>768</v>
+      </c>
+      <c r="G731" s="5">
+        <v>4195</v>
+      </c>
+      <c r="H731" s="5">
+        <v>80</v>
+      </c>
+      <c r="I731" s="5">
+        <v>90</v>
+      </c>
+      <c r="J731" s="5">
+        <v>609</v>
+      </c>
+      <c r="K731" s="5">
+        <v>1289</v>
+      </c>
+      <c r="L731" s="5">
+        <v>84</v>
+      </c>
+      <c r="M731" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="N6" s="6" t="s">
+      <c r="N731" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="O731" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="732" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B732" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C732" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D732" s="6">
+        <v>44865</v>
+      </c>
+      <c r="E732" s="5">
+        <v>122</v>
+      </c>
+      <c r="F732" s="5">
+        <v>757</v>
+      </c>
+      <c r="G732" s="5">
+        <v>1680</v>
+      </c>
+      <c r="H732" s="5">
+        <v>79</v>
+      </c>
+      <c r="I732" s="5">
+        <v>61</v>
+      </c>
+      <c r="J732" s="5">
+        <v>915</v>
+      </c>
+      <c r="K732" s="5">
+        <v>-2019</v>
+      </c>
+      <c r="L732" s="5">
+        <v>80</v>
+      </c>
+      <c r="M732" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N732" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O732" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="733" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B733" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C733" s="5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D733" s="6">
+        <v>44492</v>
+      </c>
+      <c r="E733" s="5">
+        <v>122</v>
+      </c>
+      <c r="F733" s="5">
+        <v>755</v>
+      </c>
+      <c r="G733" s="5">
+        <v>1102</v>
+      </c>
+      <c r="H733" s="5">
+        <v>87</v>
+      </c>
+      <c r="I733" s="5">
+        <v>116</v>
+      </c>
+      <c r="J733" s="5">
+        <v>266</v>
+      </c>
+      <c r="K733" s="5">
+        <v>841</v>
+      </c>
+      <c r="L733" s="5">
+        <v>83</v>
+      </c>
+      <c r="M733" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N733" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="O733" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="734" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B734" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C734" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D734" s="6">
+        <v>45005</v>
+      </c>
+      <c r="E734" s="5">
+        <v>122</v>
+      </c>
+      <c r="F734" s="5">
+        <v>744</v>
+      </c>
+      <c r="G734" s="5">
+        <v>1651</v>
+      </c>
+      <c r="H734" s="5">
+        <v>77</v>
+      </c>
+      <c r="I734" s="5">
+        <v>131</v>
+      </c>
+      <c r="J734" s="5">
+        <v>511</v>
+      </c>
+      <c r="K734" s="5">
+        <v>1531</v>
+      </c>
+      <c r="L734" s="5">
+        <v>84</v>
+      </c>
+      <c r="M734" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N734" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O734" s="5" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="735" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B735" s="5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C735" s="5" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D735" s="6">
+        <v>44891</v>
+      </c>
+      <c r="E735" s="5">
+        <v>122</v>
+      </c>
+      <c r="F735" s="5">
+        <v>714</v>
+      </c>
+      <c r="G735" s="5">
+        <v>1567</v>
+      </c>
+      <c r="H735" s="5">
+        <v>80</v>
+      </c>
+      <c r="I735" s="5">
+        <v>102</v>
+      </c>
+      <c r="J735" s="5">
+        <v>1281</v>
+      </c>
+      <c r="K735" s="5">
+        <v>2480</v>
+      </c>
+      <c r="L735" s="5">
+        <v>84</v>
+      </c>
+      <c r="M735" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N735" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O735" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="736" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B736" s="5" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C736" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D736" s="6">
+        <v>43835</v>
+      </c>
+      <c r="E736" s="5">
+        <v>122</v>
+      </c>
+      <c r="F736" s="5">
+        <v>709</v>
+      </c>
+      <c r="G736" s="5">
+        <v>2386</v>
+      </c>
+      <c r="H736" s="5">
+        <v>80</v>
+      </c>
+      <c r="I736" s="5">
+        <v>76</v>
+      </c>
+      <c r="J736" s="5">
+        <v>311</v>
+      </c>
+      <c r="K736" s="5">
+        <v>825</v>
+      </c>
+      <c r="L736" s="5">
+        <v>81</v>
+      </c>
+      <c r="M736" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N736" s="5" t="s">
+        <v>1835</v>
+      </c>
+      <c r="O736" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="737" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B737" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C737" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D737" s="6">
+        <v>44853</v>
+      </c>
+      <c r="E737" s="5">
+        <v>122</v>
+      </c>
+      <c r="F737" s="5">
+        <v>706</v>
+      </c>
+      <c r="G737" s="5">
+        <v>1590</v>
+      </c>
+      <c r="H737" s="5">
+        <v>80</v>
+      </c>
+      <c r="I737" s="5">
+        <v>114</v>
+      </c>
+      <c r="J737" s="5">
+        <v>643</v>
+      </c>
+      <c r="K737" s="5">
+        <v>1678</v>
+      </c>
+      <c r="L737" s="5">
+        <v>75</v>
+      </c>
+      <c r="M737" s="5" t="s">
+        <v>1838</v>
+      </c>
+      <c r="N737" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O737" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="738" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B738" s="5" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C738" s="5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D738" s="6">
+        <v>44984</v>
+      </c>
+      <c r="E738" s="5">
+        <v>122</v>
+      </c>
+      <c r="F738" s="5">
+        <v>680</v>
+      </c>
+      <c r="G738" s="5">
+        <v>465</v>
+      </c>
+      <c r="H738" s="5">
+        <v>86</v>
+      </c>
+      <c r="I738" s="5">
+        <v>110</v>
+      </c>
+      <c r="J738" s="5">
+        <v>381</v>
+      </c>
+      <c r="K738" s="5">
+        <v>905</v>
+      </c>
+      <c r="L738" s="5">
+        <v>82</v>
+      </c>
+      <c r="M738" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N738" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="O738" s="5" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="739" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B739" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C739" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D739" s="6">
+        <v>44866</v>
+      </c>
+      <c r="E739" s="5">
+        <v>122</v>
+      </c>
+      <c r="F739" s="5">
+        <v>643</v>
+      </c>
+      <c r="G739" s="5">
+        <v>1489</v>
+      </c>
+      <c r="H739" s="5">
+        <v>82</v>
+      </c>
+      <c r="I739" s="5">
+        <v>105</v>
+      </c>
+      <c r="J739" s="5">
+        <v>787</v>
+      </c>
+      <c r="K739" s="5">
+        <v>3472</v>
+      </c>
+      <c r="L739" s="5">
+        <v>72</v>
+      </c>
+      <c r="M739" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="N739" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="O739" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="740" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B740" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C740" s="5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D740" s="6">
+        <v>44943</v>
+      </c>
+      <c r="E740" s="5">
+        <v>122</v>
+      </c>
+      <c r="F740" s="5">
+        <v>633</v>
+      </c>
+      <c r="G740" s="5">
+        <v>3190</v>
+      </c>
+      <c r="H740" s="5">
+        <v>76</v>
+      </c>
+      <c r="I740" s="5">
+        <v>50</v>
+      </c>
+      <c r="J740" s="5">
+        <v>42</v>
+      </c>
+      <c r="K740" s="5">
+        <v>1248</v>
+      </c>
+      <c r="L740" s="5">
+        <v>79</v>
+      </c>
+      <c r="M740" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="N740" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="O740" s="5" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="741" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B741" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C741" s="5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D741" s="6">
+        <v>45056</v>
+      </c>
+      <c r="E741" s="5">
+        <v>122</v>
+      </c>
+      <c r="F741" s="5">
+        <v>625</v>
+      </c>
+      <c r="G741" s="5">
+        <v>2648</v>
+      </c>
+      <c r="H741" s="5">
+        <v>85</v>
+      </c>
+      <c r="I741" s="5">
+        <v>67</v>
+      </c>
+      <c r="J741" s="5">
+        <v>427</v>
+      </c>
+      <c r="K741" s="5">
+        <v>2050</v>
+      </c>
+      <c r="L741" s="5">
+        <v>84</v>
+      </c>
+      <c r="M741" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N741" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="O741" s="5" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="742" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B742" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C742" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D742" s="6">
+        <v>44999</v>
+      </c>
+      <c r="E742" s="5">
+        <v>122</v>
+      </c>
+      <c r="F742" s="5">
+        <v>625</v>
+      </c>
+      <c r="G742" s="5">
+        <v>1069</v>
+      </c>
+      <c r="H742" s="5">
+        <v>71</v>
+      </c>
+      <c r="I742" s="5">
+        <v>46</v>
+      </c>
+      <c r="J742" s="5">
+        <v>-11</v>
+      </c>
+      <c r="K742" s="5">
+        <v>517</v>
+      </c>
+      <c r="L742" s="5">
+        <v>87</v>
+      </c>
+      <c r="M742" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N742" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O742" s="5" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="743" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B743" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C743" s="5" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D743" s="6">
+        <v>44925</v>
+      </c>
+      <c r="E743" s="5">
+        <v>122</v>
+      </c>
+      <c r="F743" s="5">
+        <v>618</v>
+      </c>
+      <c r="G743" s="5">
+        <v>4760</v>
+      </c>
+      <c r="H743" s="5">
+        <v>86</v>
+      </c>
+      <c r="I743" s="5">
+        <v>84</v>
+      </c>
+      <c r="J743" s="5">
+        <v>-99</v>
+      </c>
+      <c r="K743" s="5">
+        <v>142</v>
+      </c>
+      <c r="L743" s="5">
+        <v>85</v>
+      </c>
+      <c r="M743" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N743" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="O743" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="744" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B744" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C744" s="5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D744" s="6">
+        <v>43963</v>
+      </c>
+      <c r="E744" s="5">
+        <v>122</v>
+      </c>
+      <c r="F744" s="5">
+        <v>616</v>
+      </c>
+      <c r="G744" s="5">
+        <v>2595</v>
+      </c>
+      <c r="H744" s="5">
+        <v>88</v>
+      </c>
+      <c r="I744" s="5">
+        <v>90</v>
+      </c>
+      <c r="J744" s="5">
+        <v>358</v>
+      </c>
+      <c r="K744" s="5">
+        <v>1380</v>
+      </c>
+      <c r="L744" s="5">
+        <v>88</v>
+      </c>
+      <c r="M744" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N744" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="O744" s="5" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="745" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B745" s="5" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C745" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D745" s="6">
+        <v>44912</v>
+      </c>
+      <c r="E745" s="5">
+        <v>122</v>
+      </c>
+      <c r="F745" s="5">
+        <v>615</v>
+      </c>
+      <c r="G745" s="5">
+        <v>1852</v>
+      </c>
+      <c r="H745" s="5">
+        <v>76</v>
+      </c>
+      <c r="I745" s="5">
+        <v>111</v>
+      </c>
+      <c r="J745" s="5">
+        <v>551</v>
+      </c>
+      <c r="K745" s="5">
+        <v>1321</v>
+      </c>
+      <c r="L745" s="5">
+        <v>80</v>
+      </c>
+      <c r="M745" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="N745" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="O745" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="746" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B746" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C746" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D746" s="6">
+        <v>45031</v>
+      </c>
+      <c r="E746" s="5">
+        <v>122</v>
+      </c>
+      <c r="F746" s="5">
+        <v>608</v>
+      </c>
+      <c r="G746" s="5">
+        <v>2788</v>
+      </c>
+      <c r="H746" s="5">
+        <v>81</v>
+      </c>
+      <c r="I746" s="5">
+        <v>106</v>
+      </c>
+      <c r="J746" s="5">
+        <v>160</v>
+      </c>
+      <c r="K746" s="5">
+        <v>299</v>
+      </c>
+      <c r="L746" s="5">
+        <v>80</v>
+      </c>
+      <c r="M746" s="5" t="s">
+        <v>1603</v>
+      </c>
+      <c r="N746" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O746" s="5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="747" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B747" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C747" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D747" s="6">
+        <v>44888</v>
+      </c>
+      <c r="E747" s="5">
+        <v>122</v>
+      </c>
+      <c r="F747" s="5">
+        <v>591</v>
+      </c>
+      <c r="G747" s="5">
+        <v>1786</v>
+      </c>
+      <c r="H747" s="5">
+        <v>83</v>
+      </c>
+      <c r="I747" s="5">
+        <v>102</v>
+      </c>
+      <c r="J747" s="5">
+        <v>415</v>
+      </c>
+      <c r="K747" s="5">
+        <v>1074</v>
+      </c>
+      <c r="L747" s="5">
+        <v>93</v>
+      </c>
+      <c r="M747" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="N747" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="O747" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="748" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B748" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C748" s="5" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D748" s="6">
+        <v>44282</v>
+      </c>
+      <c r="E748" s="5">
+        <v>122</v>
+      </c>
+      <c r="F748" s="5">
+        <v>589</v>
+      </c>
+      <c r="G748" s="5">
+        <v>1750</v>
+      </c>
+      <c r="H748" s="5">
+        <v>83</v>
+      </c>
+      <c r="I748" s="5">
+        <v>36</v>
+      </c>
+      <c r="J748" s="5">
+        <v>-184</v>
+      </c>
+      <c r="K748" s="5">
+        <v>394</v>
+      </c>
+      <c r="L748" s="5">
+        <v>78</v>
+      </c>
+      <c r="M748" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N748" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="O748" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="749" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B749" s="5" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C749" s="5" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D749" s="6">
+        <v>44551</v>
+      </c>
+      <c r="E749" s="5">
+        <v>122</v>
+      </c>
+      <c r="F749" s="5">
+        <v>584</v>
+      </c>
+      <c r="G749" s="5">
+        <v>-510</v>
+      </c>
+      <c r="H749" s="5">
+        <v>81</v>
+      </c>
+      <c r="I749" s="5">
+        <v>123</v>
+      </c>
+      <c r="J749" s="5">
+        <v>314</v>
+      </c>
+      <c r="K749" s="5">
+        <v>3065</v>
+      </c>
+      <c r="L749" s="5">
+        <v>80</v>
+      </c>
+      <c r="M749" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N749" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="O749" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="750" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B750" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C750" s="5" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D750" s="6">
+        <v>44535</v>
+      </c>
+      <c r="E750" s="5">
+        <v>122</v>
+      </c>
+      <c r="F750" s="5">
+        <v>575</v>
+      </c>
+      <c r="G750" s="5">
+        <v>850</v>
+      </c>
+      <c r="H750" s="5">
+        <v>84</v>
+      </c>
+      <c r="I750" s="5">
+        <v>97</v>
+      </c>
+      <c r="J750" s="5">
+        <v>249</v>
+      </c>
+      <c r="K750" s="5">
+        <v>1453</v>
+      </c>
+      <c r="L750" s="5">
+        <v>91</v>
+      </c>
+      <c r="M750" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N750" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="O6" s="6" t="s">
+      <c r="O750" s="5" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="751" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B751" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C751" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D751" s="6">
+        <v>44990</v>
+      </c>
+      <c r="E751" s="5">
+        <v>122</v>
+      </c>
+      <c r="F751" s="5">
+        <v>573</v>
+      </c>
+      <c r="G751" s="5">
+        <v>-3685</v>
+      </c>
+      <c r="H751" s="5">
+        <v>78</v>
+      </c>
+      <c r="I751" s="5">
+        <v>88</v>
+      </c>
+      <c r="J751" s="5">
+        <v>-67</v>
+      </c>
+      <c r="K751" s="5">
+        <v>-1379</v>
+      </c>
+      <c r="L751" s="5">
+        <v>77</v>
+      </c>
+      <c r="M751" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N751" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O751" s="5" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="752" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B752" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C752" s="5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D752" s="6">
+        <v>44762</v>
+      </c>
+      <c r="E752" s="5">
+        <v>122</v>
+      </c>
+      <c r="F752" s="5">
+        <v>566</v>
+      </c>
+      <c r="G752" s="5">
+        <v>1321</v>
+      </c>
+      <c r="H752" s="5">
+        <v>85</v>
+      </c>
+      <c r="I752" s="5">
+        <v>76</v>
+      </c>
+      <c r="J752" s="5">
+        <v>410</v>
+      </c>
+      <c r="K752" s="5">
+        <v>701</v>
+      </c>
+      <c r="L752" s="5">
+        <v>83</v>
+      </c>
+      <c r="M752" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="N752" s="5" t="s">
+        <v>1875</v>
+      </c>
+      <c r="O752" s="5" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="753" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B753" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C753" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D753" s="6">
+        <v>44115</v>
+      </c>
+      <c r="E753" s="5">
+        <v>122</v>
+      </c>
+      <c r="F753" s="5">
+        <v>561</v>
+      </c>
+      <c r="G753" s="5">
+        <v>2617</v>
+      </c>
+      <c r="H753" s="5">
+        <v>84</v>
+      </c>
+      <c r="I753" s="5">
+        <v>108</v>
+      </c>
+      <c r="J753" s="5">
+        <v>296</v>
+      </c>
+      <c r="K753" s="5">
+        <v>2285</v>
+      </c>
+      <c r="L753" s="5">
+        <v>81</v>
+      </c>
+      <c r="M753" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="N753" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="O753" s="5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="754" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B754" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C754" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D754" s="6">
+        <v>45151</v>
+      </c>
+      <c r="E754" s="5">
+        <v>122</v>
+      </c>
+      <c r="F754" s="5">
+        <v>545</v>
+      </c>
+      <c r="G754" s="5">
+        <v>2843</v>
+      </c>
+      <c r="H754" s="5">
+        <v>76</v>
+      </c>
+      <c r="I754" s="5">
+        <v>73</v>
+      </c>
+      <c r="J754" s="5">
+        <v>306</v>
+      </c>
+      <c r="K754" s="5">
+        <v>2872</v>
+      </c>
+      <c r="L754" s="5">
+        <v>85</v>
+      </c>
+      <c r="M754" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="N754" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O754" s="5" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="755" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B755" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C755" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D755" s="6">
+        <v>44704</v>
+      </c>
+      <c r="E755" s="5">
+        <v>122</v>
+      </c>
+      <c r="F755" s="5">
+        <v>496</v>
+      </c>
+      <c r="G755" s="5">
+        <v>108</v>
+      </c>
+      <c r="H755" s="5">
+        <v>83</v>
+      </c>
+      <c r="I755" s="5">
+        <v>96</v>
+      </c>
+      <c r="J755" s="5">
+        <v>187</v>
+      </c>
+      <c r="K755" s="5">
+        <v>260</v>
+      </c>
+      <c r="L755" s="5">
+        <v>84</v>
+      </c>
+      <c r="M755" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N755" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="O755" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="756" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B756" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C756" s="5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D756" s="6">
+        <v>44454</v>
+      </c>
+      <c r="E756" s="5">
+        <v>122</v>
+      </c>
+      <c r="F756" s="5">
+        <v>494</v>
+      </c>
+      <c r="G756" s="5">
+        <v>1171</v>
+      </c>
+      <c r="H756" s="5">
+        <v>79</v>
+      </c>
+      <c r="I756" s="5">
+        <v>115</v>
+      </c>
+      <c r="J756" s="5">
+        <v>816</v>
+      </c>
+      <c r="K756" s="5">
+        <v>820</v>
+      </c>
+      <c r="L756" s="5">
+        <v>80</v>
+      </c>
+      <c r="M756" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="N756" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O756" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="757" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B757" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C757" s="5" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D757" s="6">
+        <v>44334</v>
+      </c>
+      <c r="E757" s="5">
+        <v>122</v>
+      </c>
+      <c r="F757" s="5">
+        <v>493</v>
+      </c>
+      <c r="G757" s="5">
+        <v>1306</v>
+      </c>
+      <c r="H757" s="5">
+        <v>82</v>
+      </c>
+      <c r="I757" s="5">
+        <v>69</v>
+      </c>
+      <c r="J757" s="5">
+        <v>450</v>
+      </c>
+      <c r="K757" s="5">
+        <v>2324</v>
+      </c>
+      <c r="L757" s="5">
+        <v>81</v>
+      </c>
+      <c r="M757" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N757" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="O757" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="758" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B758" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C758" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D758" s="6">
+        <v>45076</v>
+      </c>
+      <c r="E758" s="5">
+        <v>122</v>
+      </c>
+      <c r="F758" s="5">
+        <v>482</v>
+      </c>
+      <c r="G758" s="5">
+        <v>3487</v>
+      </c>
+      <c r="H758" s="5">
+        <v>83</v>
+      </c>
+      <c r="I758" s="5">
+        <v>104</v>
+      </c>
+      <c r="J758" s="5">
+        <v>361</v>
+      </c>
+      <c r="K758" s="5">
+        <v>73</v>
+      </c>
+      <c r="L758" s="5">
+        <v>81</v>
+      </c>
+      <c r="M758" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N758" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O758" s="5" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="H7" s="6">
+    <row r="759" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B759" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C759" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D759" s="6">
+        <v>44287</v>
+      </c>
+      <c r="E759" s="5">
+        <v>122</v>
+      </c>
+      <c r="F759" s="5">
+        <v>475</v>
+      </c>
+      <c r="G759" s="5">
+        <v>772</v>
+      </c>
+      <c r="H759" s="5">
+        <v>78</v>
+      </c>
+      <c r="I759" s="5">
+        <v>124</v>
+      </c>
+      <c r="J759" s="5">
+        <v>515</v>
+      </c>
+      <c r="K759" s="5">
+        <v>1062</v>
+      </c>
+      <c r="L759" s="5">
+        <v>71</v>
+      </c>
+      <c r="M759" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="N759" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="O759" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="760" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B760" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C760" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D760" s="6">
+        <v>43997</v>
+      </c>
+      <c r="E760" s="5">
+        <v>122</v>
+      </c>
+      <c r="F760" s="5">
+        <v>469</v>
+      </c>
+      <c r="G760" s="5">
+        <v>1977</v>
+      </c>
+      <c r="H760" s="5">
+        <v>82</v>
+      </c>
+      <c r="I760" s="5">
+        <v>108</v>
+      </c>
+      <c r="J760" s="5">
+        <v>757</v>
+      </c>
+      <c r="K760" s="5">
+        <v>2269</v>
+      </c>
+      <c r="L760" s="5">
+        <v>83</v>
+      </c>
+      <c r="M760" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="N760" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="O760" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="761" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B761" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C761" s="5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D761" s="6">
+        <v>44331</v>
+      </c>
+      <c r="E761" s="5">
+        <v>122</v>
+      </c>
+      <c r="F761" s="5">
+        <v>457</v>
+      </c>
+      <c r="G761" s="5">
+        <v>1776</v>
+      </c>
+      <c r="H761" s="5">
+        <v>82</v>
+      </c>
+      <c r="I761" s="5">
+        <v>70</v>
+      </c>
+      <c r="J761" s="5">
+        <v>208</v>
+      </c>
+      <c r="K761" s="5">
+        <v>5</v>
+      </c>
+      <c r="L761" s="5">
+        <v>79</v>
+      </c>
+      <c r="M761" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N761" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="O761" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="762" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B762" s="5" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C762" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D762" s="6">
+        <v>43333</v>
+      </c>
+      <c r="E762" s="5">
+        <v>122</v>
+      </c>
+      <c r="F762" s="5">
+        <v>441</v>
+      </c>
+      <c r="G762" s="5">
+        <v>1973</v>
+      </c>
+      <c r="H762" s="5">
+        <v>80</v>
+      </c>
+      <c r="I762" s="5">
+        <v>76</v>
+      </c>
+      <c r="J762" s="5">
+        <v>-519</v>
+      </c>
+      <c r="K762" s="5">
+        <v>-576</v>
+      </c>
+      <c r="L762" s="5">
+        <v>87</v>
+      </c>
+      <c r="M762" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N762" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="O762" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="763" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B763" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C763" s="5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D763" s="6">
+        <v>44249</v>
+      </c>
+      <c r="E763" s="5">
+        <v>122</v>
+      </c>
+      <c r="F763" s="5">
+        <v>438</v>
+      </c>
+      <c r="G763" s="5">
+        <v>1416</v>
+      </c>
+      <c r="H763" s="5">
+        <v>85</v>
+      </c>
+      <c r="I763" s="5">
+        <v>55</v>
+      </c>
+      <c r="J763" s="5">
+        <v>-505</v>
+      </c>
+      <c r="K763" s="5">
+        <v>97</v>
+      </c>
+      <c r="L763" s="5">
+        <v>84</v>
+      </c>
+      <c r="M763" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N763" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="O763" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="764" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B764" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C764" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D764" s="6">
+        <v>44579</v>
+      </c>
+      <c r="E764" s="5">
+        <v>122</v>
+      </c>
+      <c r="F764" s="5">
+        <v>432</v>
+      </c>
+      <c r="G764" s="5">
+        <v>501</v>
+      </c>
+      <c r="H764" s="5">
+        <v>83</v>
+      </c>
+      <c r="I764" s="5">
         <v>90</v>
       </c>
-      <c r="I7" s="6">
-[...8 lines deleted...]
-      <c r="L7" s="6">
+      <c r="J764" s="5">
+        <v>638</v>
+      </c>
+      <c r="K764" s="5">
+        <v>2852</v>
+      </c>
+      <c r="L764" s="5">
         <v>83</v>
       </c>
-      <c r="M7" s="6" t="s">
-[...28 lines deleted...]
-      <c r="H8" s="6">
+      <c r="M764" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N764" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="O764" s="5" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="765" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B765" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C765" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D765" s="6">
+        <v>43950</v>
+      </c>
+      <c r="E765" s="5">
+        <v>122</v>
+      </c>
+      <c r="F765" s="5">
+        <v>406</v>
+      </c>
+      <c r="G765" s="5">
+        <v>1638</v>
+      </c>
+      <c r="H765" s="5">
+        <v>77</v>
+      </c>
+      <c r="I765" s="5">
+        <v>109</v>
+      </c>
+      <c r="J765" s="5">
+        <v>308</v>
+      </c>
+      <c r="K765" s="5">
+        <v>1989</v>
+      </c>
+      <c r="L765" s="5">
+        <v>78</v>
+      </c>
+      <c r="M765" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="N765" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O765" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="766" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B766" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C766" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D766" s="6">
+        <v>44863</v>
+      </c>
+      <c r="E766" s="5">
+        <v>122</v>
+      </c>
+      <c r="F766" s="5">
+        <v>402</v>
+      </c>
+      <c r="G766" s="5">
+        <v>2554</v>
+      </c>
+      <c r="H766" s="5">
+        <v>77</v>
+      </c>
+      <c r="I766" s="5">
+        <v>105</v>
+      </c>
+      <c r="J766" s="5">
+        <v>532</v>
+      </c>
+      <c r="K766" s="5">
+        <v>561</v>
+      </c>
+      <c r="L766" s="5">
         <v>83</v>
       </c>
-      <c r="I8" s="6">
-[...8 lines deleted...]
-      <c r="L8" s="6">
+      <c r="M766" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="N766" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O766" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="767" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B767" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C767" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D767" s="6">
+        <v>44895</v>
+      </c>
+      <c r="E767" s="5">
+        <v>122</v>
+      </c>
+      <c r="F767" s="5">
+        <v>382</v>
+      </c>
+      <c r="G767" s="5">
+        <v>1979</v>
+      </c>
+      <c r="H767" s="5">
+        <v>80</v>
+      </c>
+      <c r="I767" s="5">
+        <v>115</v>
+      </c>
+      <c r="J767" s="5">
+        <v>438</v>
+      </c>
+      <c r="K767" s="5">
+        <v>1351</v>
+      </c>
+      <c r="L767" s="5">
+        <v>87</v>
+      </c>
+      <c r="M767" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="N767" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="O767" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="768" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B768" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C768" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D768" s="6">
+        <v>45041</v>
+      </c>
+      <c r="E768" s="5">
+        <v>122</v>
+      </c>
+      <c r="F768" s="5">
+        <v>371</v>
+      </c>
+      <c r="G768" s="5">
+        <v>3060</v>
+      </c>
+      <c r="H768" s="5">
+        <v>71</v>
+      </c>
+      <c r="I768" s="5">
+        <v>92</v>
+      </c>
+      <c r="J768" s="5">
+        <v>-3</v>
+      </c>
+      <c r="K768" s="5">
+        <v>315</v>
+      </c>
+      <c r="L768" s="5">
+        <v>78</v>
+      </c>
+      <c r="M768" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N768" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="O768" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="769" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B769" s="5" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C769" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D769" s="6">
+        <v>44832</v>
+      </c>
+      <c r="E769" s="5">
+        <v>122</v>
+      </c>
+      <c r="F769" s="5">
+        <v>365</v>
+      </c>
+      <c r="G769" s="5">
+        <v>-387</v>
+      </c>
+      <c r="H769" s="5">
+        <v>78</v>
+      </c>
+      <c r="I769" s="5">
+        <v>87</v>
+      </c>
+      <c r="J769" s="5">
+        <v>233</v>
+      </c>
+      <c r="K769" s="5">
+        <v>131</v>
+      </c>
+      <c r="L769" s="5">
+        <v>80</v>
+      </c>
+      <c r="M769" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="N769" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O769" s="5" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="770" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B770" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C770" s="5" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D770" s="6">
+        <v>43881</v>
+      </c>
+      <c r="E770" s="5">
+        <v>122</v>
+      </c>
+      <c r="F770" s="5">
+        <v>317</v>
+      </c>
+      <c r="G770" s="5">
+        <v>555</v>
+      </c>
+      <c r="H770" s="5">
+        <v>87</v>
+      </c>
+      <c r="I770" s="5">
+        <v>85</v>
+      </c>
+      <c r="J770" s="5">
+        <v>304</v>
+      </c>
+      <c r="K770" s="5">
+        <v>56</v>
+      </c>
+      <c r="L770" s="5">
+        <v>85</v>
+      </c>
+      <c r="M770" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="N770" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O770" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="771" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B771" s="5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C771" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D771" s="6">
+        <v>44474</v>
+      </c>
+      <c r="E771" s="5">
+        <v>122</v>
+      </c>
+      <c r="F771" s="5">
+        <v>315</v>
+      </c>
+      <c r="G771" s="5">
+        <v>263</v>
+      </c>
+      <c r="H771" s="5">
+        <v>80</v>
+      </c>
+      <c r="I771" s="5">
+        <v>95</v>
+      </c>
+      <c r="J771" s="5">
+        <v>-204</v>
+      </c>
+      <c r="K771" s="5">
+        <v>-719</v>
+      </c>
+      <c r="L771" s="5">
+        <v>81</v>
+      </c>
+      <c r="M771" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="N771" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="O771" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="772" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B772" s="5" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C772" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D772" s="6">
+        <v>44763</v>
+      </c>
+      <c r="E772" s="5">
+        <v>122</v>
+      </c>
+      <c r="F772" s="5">
+        <v>265</v>
+      </c>
+      <c r="G772" s="5">
+        <v>825</v>
+      </c>
+      <c r="H772" s="5">
+        <v>80</v>
+      </c>
+      <c r="I772" s="5">
+        <v>90</v>
+      </c>
+      <c r="J772" s="5">
+        <v>-296</v>
+      </c>
+      <c r="K772" s="5">
+        <v>-2233</v>
+      </c>
+      <c r="L772" s="5">
+        <v>69</v>
+      </c>
+      <c r="M772" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N772" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="O772" s="5" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="773" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B773" s="5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C773" s="5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D773" s="6">
+        <v>44880</v>
+      </c>
+      <c r="E773" s="5">
+        <v>122</v>
+      </c>
+      <c r="F773" s="5">
+        <v>218</v>
+      </c>
+      <c r="G773" s="5">
+        <v>-1013</v>
+      </c>
+      <c r="H773" s="5">
+        <v>84</v>
+      </c>
+      <c r="I773" s="5">
+        <v>99</v>
+      </c>
+      <c r="J773" s="5">
+        <v>-316</v>
+      </c>
+      <c r="K773" s="5">
+        <v>-842</v>
+      </c>
+      <c r="L773" s="5">
+        <v>88</v>
+      </c>
+      <c r="M773" s="5" t="s">
+        <v>1922</v>
+      </c>
+      <c r="N773" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O773" s="5" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="774" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B774" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C774" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D774" s="6">
+        <v>45033</v>
+      </c>
+      <c r="E774" s="5">
+        <v>122</v>
+      </c>
+      <c r="F774" s="5">
+        <v>169</v>
+      </c>
+      <c r="G774" s="5">
+        <v>-1038</v>
+      </c>
+      <c r="H774" s="5">
+        <v>81</v>
+      </c>
+      <c r="I774" s="5">
+        <v>92</v>
+      </c>
+      <c r="J774" s="5">
+        <v>267</v>
+      </c>
+      <c r="K774" s="5">
+        <v>1170</v>
+      </c>
+      <c r="L774" s="5">
+        <v>88</v>
+      </c>
+      <c r="M774" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="N774" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="O774" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="775" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B775" s="5" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C775" s="5" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D775" s="6">
+        <v>44294</v>
+      </c>
+      <c r="E775" s="5">
+        <v>122</v>
+      </c>
+      <c r="F775" s="5">
+        <v>143</v>
+      </c>
+      <c r="G775" s="5">
+        <v>483</v>
+      </c>
+      <c r="H775" s="5">
+        <v>77</v>
+      </c>
+      <c r="I775" s="5">
+        <v>85</v>
+      </c>
+      <c r="J775" s="5">
+        <v>-979</v>
+      </c>
+      <c r="K775" s="5">
+        <v>-2017</v>
+      </c>
+      <c r="L775" s="5">
+        <v>87</v>
+      </c>
+      <c r="M775" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="N775" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="O775" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="776" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B776" s="5" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C776" s="5" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D776" s="6">
+        <v>43822</v>
+      </c>
+      <c r="E776" s="5">
+        <v>122</v>
+      </c>
+      <c r="F776" s="5">
+        <v>133</v>
+      </c>
+      <c r="G776" s="5">
+        <v>222</v>
+      </c>
+      <c r="H776" s="5">
+        <v>78</v>
+      </c>
+      <c r="I776" s="5">
+        <v>80</v>
+      </c>
+      <c r="J776" s="5">
+        <v>158</v>
+      </c>
+      <c r="K776" s="5">
+        <v>1461</v>
+      </c>
+      <c r="L776" s="5">
         <v>75</v>
       </c>
-      <c r="M8" s="6" t="s">
-[...163 lines deleted...]
-      <c r="I12" s="6">
+      <c r="M776" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N776" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="O776" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="J12" s="6">
-[...33400 lines deleted...]
-      <c r="O772" s="4"/>
+    </row>
+    <row r="777" spans="2:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B777" s="7"/>
+      <c r="C777" s="7"/>
+      <c r="D777" s="7"/>
+      <c r="E777" s="7"/>
+      <c r="F777" s="7"/>
+      <c r="G777" s="7"/>
+      <c r="H777" s="7"/>
+      <c r="I777" s="7"/>
+      <c r="J777" s="7"/>
+      <c r="K777" s="7"/>
+      <c r="L777" s="7"/>
+      <c r="M777" s="7"/>
+      <c r="N777" s="7"/>
+      <c r="O777" s="7"/>
+    </row>
+    <row r="778" spans="2:15" ht="97.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B778" s="7"/>
+      <c r="C778" s="7"/>
+      <c r="D778" s="7"/>
+      <c r="E778" s="7"/>
+      <c r="F778" s="7"/>
+      <c r="G778" s="7"/>
+      <c r="H778" s="7"/>
+      <c r="I778" s="7"/>
+      <c r="J778" s="7"/>
+      <c r="K778" s="7"/>
+      <c r="L778" s="7"/>
+      <c r="M778" s="7"/>
+      <c r="N778" s="7"/>
+      <c r="O778" s="7"/>
     </row>
   </sheetData>
   <autoFilter ref="B3:O3" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:O1"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="1.45" header="1" footer="1"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;R&amp;"Segoe UI,Regular"&amp;10 1/6/2026 10:37:56 AM</oddFooter>
+    <oddFooter>&amp;R&amp;"Segoe UI,Regular"&amp;10 3/3/2026 9:39:58 AM</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>